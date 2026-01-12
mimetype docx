--- v0 (2025-12-10)
+++ v1 (2026-01-12)
@@ -92,4916 +92,4767 @@
         <w:gridCol w:w="9010"/>
       </w:tblGrid>
       <w:tr w:rsidR="00126611" w14:paraId="75C6F588" w14:textId="77777777" w:rsidTr="00F349D2">
         <w:trPr>
           <w:trHeight w:val="2098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FCFCFA"/>
           </w:tcPr>
           <w:p w14:paraId="29C99C18" w14:textId="77777777" w:rsidR="00126611" w:rsidRPr="00365E34" w:rsidRDefault="00126611" w:rsidP="00ED2C01">
             <w:pPr>
               <w:pStyle w:val="Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Principles</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36761438" w14:textId="50616816" w:rsidR="00663830" w:rsidRPr="00ED2C01" w:rsidRDefault="002E5756" w:rsidP="00ED2C01">
+          <w:p w14:paraId="36761438" w14:textId="0DDEAD9B" w:rsidR="00663830" w:rsidRPr="00ED2C01" w:rsidRDefault="002E5756" w:rsidP="00ED2C01">
             <w:r w:rsidRPr="00ED2C01">
               <w:t xml:space="preserve">As referenced in the </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00ED2C01">
+              <w:r w:rsidRPr="0032676E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Guiding Principles for Corrections Australia 2018</w:t>
+                <w:t xml:space="preserve">Guiding Principles for Corrections </w:t>
+              </w:r>
+              <w:r w:rsidR="00EA50D4" w:rsidRPr="0032676E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in </w:t>
+              </w:r>
+              <w:r w:rsidRPr="0032676E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Australia </w:t>
+              </w:r>
+              <w:r w:rsidR="00EA50D4" w:rsidRPr="0032676E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Revised 2025</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00ED2C01">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00565D55" w:rsidRPr="00ED2C01">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7278325B" w14:textId="6ED54850" w:rsidR="00565D55" w:rsidRPr="00ED2C01" w:rsidRDefault="00565D55" w:rsidP="00ED2C01"/>
-[...2 lines deleted...]
-              <w:t>1.1.3 Conditions and penalties imposed by courts and releasing authorities are administered consistently.</w:t>
+          <w:p w14:paraId="7278325B" w14:textId="6ED54850" w:rsidR="00565D55" w:rsidRDefault="00565D55" w:rsidP="00ED2C01"/>
+          <w:p w14:paraId="13F3AEC4" w14:textId="68EA5DDD" w:rsidR="00EA50D4" w:rsidRDefault="00EA50D4" w:rsidP="00ED2C01">
+            <w:r w:rsidRPr="00EA50D4">
+              <w:t>4.2.3 Prisoners can access relevant staff, external services/agencies, family and community groups to assist in meeting their reintegration needs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="040D04DD" w14:textId="77777777" w:rsidR="00EA50D4" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA50D4" w:rsidP="00ED2C01"/>
+          <w:p w14:paraId="0BE7AED9" w14:textId="705B6995" w:rsidR="00565D55" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA50D4" w:rsidP="00ED2C01">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00565D55" w:rsidRPr="00ED2C01">
+              <w:t>.1.3 Conditions and penalties imposed by courts and releasing authorities are administered consistently.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="522B6BAF" w14:textId="77777777" w:rsidR="00565D55" w:rsidRPr="00ED2C01" w:rsidRDefault="00565D55" w:rsidP="00ED2C01"/>
-          <w:p w14:paraId="07440C18" w14:textId="66CF02E5" w:rsidR="00565D55" w:rsidRPr="00ED2C01" w:rsidRDefault="00565D55" w:rsidP="00ED2C01">
-[...1 lines deleted...]
-              <w:t>1.5.2 Records of sentence details, administration and personal information are maintained, used for legitimate purposes and secured from unauthorised access and use.</w:t>
+          <w:p w14:paraId="07440C18" w14:textId="3A84DD86" w:rsidR="00565D55" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA50D4" w:rsidP="00ED2C01">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00565D55" w:rsidRPr="00ED2C01">
+              <w:t>.5.2 Records of sentence details, administration and personal information are maintained, used for legitimate purposes and secured from unauthorised access and use.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AF27777" w14:textId="77777777" w:rsidR="00EA09D1" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA09D1" w:rsidP="00ED2C01"/>
-          <w:p w14:paraId="72DE093D" w14:textId="77777777" w:rsidR="00EA09D1" w:rsidRDefault="00EA09D1" w:rsidP="00ED2C01">
-[...13 lines deleted...]
-          <w:p w14:paraId="0708C053" w14:textId="0879B8D0" w:rsidR="00EA09D1" w:rsidRPr="007068D3" w:rsidRDefault="00EA09D1" w:rsidP="00ED2C01"/>
+          <w:p w14:paraId="0708C053" w14:textId="0879B8D0" w:rsidR="00EA09D1" w:rsidRPr="007068D3" w:rsidRDefault="00EA09D1" w:rsidP="00EA50D4"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CC66A40" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="12E6FF3B" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="42DA3627" w14:textId="77777777" w:rsidR="00663830" w:rsidRDefault="00663830" w:rsidP="00ED2C01">
       <w:pPr>
         <w:sectPr w:rsidR="00663830" w:rsidSect="002E5756">
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="485C4717" w14:textId="77777777" w:rsidR="00EA09D1" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA09D1" w:rsidP="00ED2C01">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17201DCA" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00ED2C01" w:rsidRDefault="00FA1D8B" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED2C01">
-        <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21589B8B" w14:textId="4438ED7C" w:rsidR="005D44F2" w:rsidRDefault="004E38F0">
+    <w:p w14:paraId="27FD08A0" w14:textId="5DB0BB5A" w:rsidR="00AA6490" w:rsidRDefault="004E38F0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00204AA0">
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc211845757" w:history="1">
-        <w:r w:rsidR="005D44F2" w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064755" w:history="1">
+        <w:r w:rsidR="00AA6490" w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="005D44F2">
+        <w:r w:rsidR="00AA6490">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005D44F2" w:rsidRPr="003F1E8C">
+        <w:r w:rsidR="00AA6490" w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="005D44F2">
+        <w:r w:rsidR="00AA6490">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005D44F2">
+        <w:r w:rsidR="00AA6490">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005D44F2">
-[...12 lines deleted...]
-        <w:r w:rsidR="005D44F2">
+        <w:r w:rsidR="00AA6490">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064755 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00AA6490">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00AA6490">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005D44F2">
+        <w:r w:rsidR="00AA6490">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="005D44F2">
+        <w:r w:rsidR="00AA6490">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F53F4A4" w14:textId="52D85889" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="3140B3B9" w14:textId="28018801" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845758" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064756" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845758 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064756 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32DD2CEB" w14:textId="545EF86C" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="1A3B92A1" w14:textId="1490B865" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845759" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064757" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release Types</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845759 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064757 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A10F814" w14:textId="37FBE30F" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="7A74FCD5" w14:textId="7F54C005" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845760" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064758" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preparation for the Release of a Prisoner</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845760 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064758 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="280A06C3" w14:textId="18941042" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="7514691E" w14:textId="3554D2A6" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845761" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064759" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845761 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064759 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23B2251B" w14:textId="7C887435" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="2B1199E9" w14:textId="00917640" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845762" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064760" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transfer and discharge sheet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845762 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064760 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0446547B" w14:textId="0257243E" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="5D4A5CC7" w14:textId="32260BF8" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845763" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064761" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transport</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845763 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064761 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="192393BB" w14:textId="78E794F9" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="08D63608" w14:textId="5EA47C4A" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845764" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064762" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Australian National Child (sex) Offender Register (ANCOR) reporting requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845764 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064762 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04E72462" w14:textId="4AAC8416" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="1CE38E6D" w14:textId="7D65A2DD" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845765" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064763" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Victim Notification Register (VNR) reporting requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845765 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064763 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="326B86F7" w14:textId="1C71495C" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="60DBA3F1" w14:textId="27944D86" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845766" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064764" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Electronic Monitoring (EM)</w:t>
+          <w:t>Exit interview</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845766 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064764 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62257085" w14:textId="56A84BA9" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="652D452B" w14:textId="61B18C60" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845767" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064765" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>4.7</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Exit interview</w:t>
+          <w:t>Actions Prior to Release</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845767 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064765 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="515A8066" w14:textId="55E9BEF6" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="14C35CB0" w14:textId="7D10FE11" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064766" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>5.1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>General requirements</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064766 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="25C78C27" w14:textId="42B23AED" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845768" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064767" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Actions Prior to Release</w:t>
+          <w:t>Release from Court</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845768 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064767 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17FC99FB" w14:textId="16B6264D" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="73588131" w14:textId="1A52C582" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845769" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064768" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>5.1</w:t>
+          <w:t>6.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>General requirements</w:t>
+          <w:t>General Requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845769 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064768 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50ABEC41" w14:textId="66D08989" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="25612A84" w14:textId="707BCA2C" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845770" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064769" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release from Court</w:t>
+          <w:t>Other Release Considerations</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845770 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064769 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E934AAF" w14:textId="5001D61D" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="1BA8CB38" w14:textId="547D46F6" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845771" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064770" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>6.1</w:t>
+          <w:t>7.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>General Requirements</w:t>
+          <w:t>Bail release</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845771 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064770 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23A509F2" w14:textId="5FF54309" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="3588DED6" w14:textId="3565BA9C" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064771" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Release to home detention bail</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064771 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5ED99A1F" w14:textId="18B0B050" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064772" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Release on appeal</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064772 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5CFA840E" w14:textId="67B99E13" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064773" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Release to parole</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064773 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="11A90367" w14:textId="10CA093F" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064774" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Immigration</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064774 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1BF432A1" w14:textId="4DBCA0B7" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064775" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Extradition</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064775 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="02470469" w14:textId="74803444" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064776" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>International or interstate transfers</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064776 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7980F347" w14:textId="04EAAD00" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064777" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Freedom without supervision</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064777 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6301E168" w14:textId="690EA39F" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064778" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Prisoners undergoing punishment</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064778 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5A3131DD" w14:textId="7ECC7385" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064779" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.10</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Release of fine defaulters</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064779 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2C52D862" w14:textId="0B4E5C99" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064780" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Release to WAPF custody</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064780 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0143ED10" w14:textId="3BC43B60" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064781" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>High Risk Serious Offenders Act 2020</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064781 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="25EA40E7" w14:textId="2F555B2F" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064782" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Release following court appearance via video-link</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064782 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="26C89957" w14:textId="6B13C731" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064783" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>7.14</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Release from external unit (excluding workcamps)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064783 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="78AF5F27" w14:textId="562AEDD7" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845772" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064784" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Other Release Considerations</w:t>
+          <w:t>Custodial Orders</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845772 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064784 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D7B51D3" w14:textId="66F5F927" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="7AE25ABB" w14:textId="520B92EE" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845773" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064785" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.1</w:t>
+          <w:t>8.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:noProof/>
-[...1 lines deleted...]
-          <w:t>Bail release</w:t>
+            <w:i/>
+            <w:iCs/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Criminal Law (Mentally Impairment) Act 2023</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845773 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064785 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4EFEB503" w14:textId="3411E3E4" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="58BFAE65" w14:textId="6BDA3787" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845774" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064786" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.2</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release to home detention bail</w:t>
+          <w:t>Hospital Orders</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845774 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064786 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C73181F" w14:textId="2005D02C" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="4C923946" w14:textId="3F5CA639" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845775" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064787" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.3</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release on appeal</w:t>
+          <w:t>Early Discharge</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845775 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064787 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0671238C" w14:textId="647B74A4" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="20AC1171" w14:textId="0A278634" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845776" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064788" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.4</w:t>
+          <w:t>10.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release to parole</w:t>
+          <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845776 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064788 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D6D73DF" w14:textId="61456E8A" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="0425DBD2" w14:textId="6BBA96A8" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845777" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064789" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.5</w:t>
+          <w:t>10.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Immigration</w:t>
+          <w:t>Prisoners eligible for up to 30 days early discharge</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845777 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064789 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B030CD4" w14:textId="1456E07D" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="3B6EAA82" w14:textId="519BDBCE" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845778" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064790" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.6</w:t>
+          <w:t>10.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Extradition</w:t>
+          <w:t>Prisoners ineligible for up to 30 days early discharge</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845778 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064790 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F0FDA30" w14:textId="06412D9F" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="1F8FFEF1" w14:textId="57879BDF" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845779" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064791" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.7</w:t>
+          <w:t>10.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>International or interstate transfers</w:t>
+          <w:t>Application process</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845779 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064791 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E322D9F" w14:textId="0F46303A" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="7234227D" w14:textId="0D7C53DB" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845780" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064792" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.8</w:t>
+          <w:t>10.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Freedom without supervision</w:t>
+          <w:t>Appeals process</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845780 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064792 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="360CD97F" w14:textId="0BFE35CE" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="551C056D" w14:textId="2AA9E20B" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845781" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064793" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.9</w:t>
+          <w:t>10.6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Prisoners undergoing punishment</w:t>
+          <w:t>Early discharge on licence</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845781 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064793 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2600A179" w14:textId="4AB5B8A6" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="2F0915B8" w14:textId="120C67C0" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845782" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064794" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.10</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release of fine defaulters</w:t>
+          <w:t>Permission for a Prisoner to Remain Overnight</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845782 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064794 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="013F6B9D" w14:textId="6372E9A7" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="0A92F5A2" w14:textId="30472EAA" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845783" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064795" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.11</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release to WAPF custody</w:t>
+          <w:t>Prisoner Released in Error</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845783 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064795 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7910128A" w14:textId="09A02C81" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="42E60DC3" w14:textId="5F934E79" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845784" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064796" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.12</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:i/>
-[...3 lines deleted...]
-          <w:t>High Risk Serious Offenders Act 2020</w:t>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Prisoner Detained in Error</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845784 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064796 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78A43449" w14:textId="07749FE0" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="0EAAB760" w14:textId="3FFC003E" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845785" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064797" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.13</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release following court appearance via video-link</w:t>
+          <w:t>Annexures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845785 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064797 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E76DF83" w14:textId="3105BA70" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="4649A6EE" w14:textId="73A52CC8" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845786" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064798" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>7.14</w:t>
+          <w:t>14.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Release from external unit (excluding workcamps)</w:t>
+          <w:t>Related COPPS and documents</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845786 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064798 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41697C55" w14:textId="3CEEF38E" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="1295D620" w14:textId="4FCB0DE1" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064799" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>14.2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Definitions and acronyms</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064799 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="19443F0D" w14:textId="0A04D815" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc218064800" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>14.3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="005A3C1B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Related legislation</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064800 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6A339CC1" w14:textId="60EE6A1B" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845787" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064801" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Custodial Orders</w:t>
+          <w:t>Assurance</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845787 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064801 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06D39742" w14:textId="57D222D9" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="59117972" w14:textId="49004EC4" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845788" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064802" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
-          <w:t>8.1</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:i/>
-[...3 lines deleted...]
-          <w:t>Criminal Law (Mentally Impairment) Act 2023</w:t>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Document Version History</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845788 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064802 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E5E724D" w14:textId="381C07D7" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
+    <w:p w14:paraId="0E6CE262" w14:textId="4D266B33" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211845789" w:history="1">
-        <w:r w:rsidRPr="003F1E8C">
+      <w:hyperlink w:anchor="_Toc218064803" w:history="1">
+        <w:r w:rsidRPr="005A3C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w14:scene3d>
-[...15 lines deleted...]
-            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>Appendix A: Expiry of a Sentence</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F1E8C">
-[...12 lines deleted...]
-        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211845789 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218064803 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>27</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0853DE13" w14:textId="29C27B5E" w:rsidR="005D44F2" w:rsidRDefault="005D44F2">
-[...1634 lines deleted...]
-    <w:p w14:paraId="18D09432" w14:textId="4EAC067B" w:rsidR="00634C54" w:rsidRDefault="004E38F0" w:rsidP="00ED2C01">
+    <w:p w14:paraId="18D09432" w14:textId="02358686" w:rsidR="00634C54" w:rsidRDefault="004E38F0" w:rsidP="00ED2C01">
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D1FB56" w14:textId="77777777" w:rsidR="00634C54" w:rsidRDefault="00634C54" w:rsidP="00ED2C01">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A3DC6C" w14:textId="77777777" w:rsidR="00C8272F" w:rsidRPr="003E5E6D" w:rsidRDefault="00C8272F" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc211845757"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc218064755"/>
       <w:r w:rsidRPr="003E5E6D">
-        <w:lastRenderedPageBreak/>
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6702F736" w14:textId="64A54C14" w:rsidR="00B15072" w:rsidRPr="00ED2C01" w:rsidRDefault="00B15072" w:rsidP="00ED2C01">
       <w:r w:rsidRPr="00ED2C01">
         <w:t>This Commissioner’s Operating Policy and Procedure (COPP) applies to all public and private prisons administered by or on behalf of the Department of Justice (the Department).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D2C5A1" w14:textId="157243FE" w:rsidR="00B15072" w:rsidRPr="00ED2C01" w:rsidRDefault="00B15072" w:rsidP="00ED2C01">
       <w:r w:rsidRPr="00ED2C01">
         <w:t>It also applies to any organisation contracted to the Department for the provision of custodial services</w:t>
       </w:r>
       <w:r w:rsidR="00406DA3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00224A74">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00ED2C01">
         <w:t xml:space="preserve"> to the extent that this COPP informs the development of that</w:t>
       </w:r>
       <w:r w:rsidR="001232E0" w:rsidRPr="00ED2C01">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2C01">
         <w:t>organisation</w:t>
       </w:r>
       <w:r w:rsidR="0002059A" w:rsidRPr="00ED2C01">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2C01">
         <w:t>s operating policy and procedures consistent with legislation and contract obligations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF4AAB8" w14:textId="74DB90AC" w:rsidR="00EC5AF1" w:rsidRPr="003E5E6D" w:rsidRDefault="00EC5AF1" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc211845758"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc218064756"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="24465127" w14:textId="75A77295" w:rsidR="009F26EA" w:rsidRDefault="009818D5" w:rsidP="00ED2C01">
       <w:r w:rsidRPr="00F81F96">
         <w:t>Prisoners shall be released from lawful custody</w:t>
       </w:r>
       <w:r w:rsidR="00261D08" w:rsidRPr="00261D08">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00261D08" w:rsidRPr="005451CF">
         <w:t>at any time during the day</w:t>
       </w:r>
       <w:r w:rsidR="00261D08">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidRPr="00F81F96">
         <w:t xml:space="preserve"> their sentence expires but not earlier than that </w:t>
       </w:r>
       <w:r w:rsidR="000F2C66" w:rsidRPr="00F81F96">
         <w:t>day</w:t>
       </w:r>
       <w:r w:rsidR="000F2C66">
@@ -5243,60 +5094,60 @@
       <w:r w:rsidR="00406DA3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00765342">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D945981" w14:textId="6C2BD2B4" w:rsidR="003E7FA3" w:rsidRPr="00CE3795" w:rsidRDefault="00EF51A7" w:rsidP="00CE3795">
       <w:r w:rsidRPr="00EF51A7">
         <w:t>The prison, where appropriate should assist the prisoner by providing options to hide the insignia, such as provision of band-aids or makeup to hide the prohibited insignia where such items cannot be accessed by the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00765342" w:rsidRPr="00765342">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E7FA3">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3A5A32" w14:textId="77777777" w:rsidR="002651A8" w:rsidRPr="003E5E6D" w:rsidRDefault="002651A8" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc211845759"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc218064757"/>
       <w:r w:rsidRPr="003E5E6D">
-        <w:lastRenderedPageBreak/>
         <w:t>Release Types</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="4CA2E9B5" w14:textId="77777777" w:rsidR="002651A8" w:rsidRPr="00AA49BB" w:rsidRDefault="002651A8" w:rsidP="00ED2C01">
+    <w:p w14:paraId="4CA2E9B5" w14:textId="77777777" w:rsidR="002651A8" w:rsidRPr="00AA49BB" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA49BB">
         <w:t>The e</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">xpiry of a sentence for the purpose of </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:t>releasing</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> a prisoner is </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:t>defined</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -5325,259 +5176,259 @@
       <w:r w:rsidRPr="00AA49BB">
         <w:t>. Prisoners may be released</w:t>
       </w:r>
       <w:r w:rsidR="009F26EA" w:rsidRPr="00AA49BB">
         <w:t xml:space="preserve"> from prison</w:t>
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00AA49BB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00AA49BB">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00AA49BB">
         <w:t>refer section 6</w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00AA49BB">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00AA49BB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:t xml:space="preserve"> as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20ECB1C7" w14:textId="209652CF" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="00EE4229">
+    <w:p w14:paraId="20ECB1C7" w14:textId="209652CF" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">release to </w:t>
       </w:r>
       <w:r w:rsidR="002651A8">
         <w:t>bail</w:t>
       </w:r>
       <w:r w:rsidR="00EE4229">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336CDDC9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="00EE4229">
+    <w:p w14:paraId="336CDDC9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">release to </w:t>
       </w:r>
       <w:r w:rsidR="002651A8">
         <w:t>home detention bail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72852E39" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="72852E39" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release on appeal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4B4879" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="7A4B4879" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release to parole</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35284F41" w14:textId="29F1F0F2" w:rsidR="002651A8" w:rsidRDefault="00C60D53" w:rsidP="00EE4229">
+    <w:p w14:paraId="35284F41" w14:textId="29F1F0F2" w:rsidR="002651A8" w:rsidRDefault="00C60D53" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>immigration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66754FD8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="66754FD8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>extradition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D850C80" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="3D850C80" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>interstate/international transfers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343D6E15" w14:textId="02780F5E" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="343D6E15" w14:textId="02780F5E" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>freedom without supervision</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F22924" w14:textId="25DCECD8" w:rsidR="006C3F1F" w:rsidRDefault="006C3F1F" w:rsidP="00EE4229">
+    <w:p w14:paraId="52F22924" w14:textId="25DCECD8" w:rsidR="006C3F1F" w:rsidRDefault="006C3F1F" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>freedom with supervision</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B4DE77" w14:textId="33CB9719" w:rsidR="002651A8" w:rsidRDefault="002321F3" w:rsidP="00EE4229">
+    <w:p w14:paraId="33B4DE77" w14:textId="33CB9719" w:rsidR="002651A8" w:rsidRDefault="002321F3" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release following a period of</w:t>
       </w:r>
       <w:r w:rsidR="002651A8">
         <w:t xml:space="preserve"> punishment</w:t>
       </w:r>
       <w:r w:rsidR="00EE4229">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC755F8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="3CC755F8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release of fine defaulters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4639E3A9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="4639E3A9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release to police custody</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DF98B2" w14:textId="463E17BF" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="35DF98B2" w14:textId="463E17BF" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">release under the </w:t>
       </w:r>
       <w:r w:rsidR="008E75FE" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>High Risk Serious Offenders Act WA 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF1B762" w14:textId="2867F328" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="00406DA3">
+    <w:p w14:paraId="5DF1B762" w14:textId="2867F328" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE4229">
         <w:t xml:space="preserve">release under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Criminal Law </w:t>
       </w:r>
       <w:r w:rsidR="00D63B38" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
@@ -5585,522 +5436,531 @@
         </w:rPr>
         <w:t>Mental</w:t>
       </w:r>
       <w:r w:rsidR="00471B16" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Impairment</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">) Act </w:t>
       </w:r>
       <w:r w:rsidR="00471B16" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1518D3" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="1D1518D3" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release following court appearance via video link</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D66118C" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="4D66118C" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release from external unit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBBF8DB" w14:textId="0B92FD96" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00EE4229">
+    <w:p w14:paraId="5FBBF8DB" w14:textId="0B92FD96" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release from court</w:t>
       </w:r>
       <w:r w:rsidR="00024E77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5463771A" w14:textId="1AFD07E2" w:rsidR="00024E77" w:rsidRPr="002651A8" w:rsidRDefault="00024E77" w:rsidP="00EE4229">
+    <w:p w14:paraId="5463771A" w14:textId="1AFD07E2" w:rsidR="00024E77" w:rsidRPr="002651A8" w:rsidRDefault="00024E77" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>hospital order</w:t>
       </w:r>
       <w:r w:rsidR="007F7AD0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4946D0F6" w14:textId="77777777" w:rsidR="002651A8" w:rsidRPr="003E5E6D" w:rsidRDefault="004977EB" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc211845760"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc218064758"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Preparation for the Release of a Prisoner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="3CCB3A52" w14:textId="77777777" w:rsidR="001B222E" w:rsidRPr="00FA4F5F" w:rsidRDefault="004977EB" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc211845761"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc218064759"/>
       <w:r w:rsidRPr="00FA4F5F">
         <w:t>General requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="5B89242B" w14:textId="242C1823" w:rsidR="003F22D1" w:rsidRDefault="009074BF" w:rsidP="00ED2C01">
+    <w:p w14:paraId="5B89242B" w14:textId="242C1823" w:rsidR="003F22D1" w:rsidRDefault="009074BF" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>Preparation for the release of</w:t>
       </w:r>
       <w:r w:rsidR="00E2750C">
         <w:t xml:space="preserve"> sentenced</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00E2750C">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall occur </w:t>
       </w:r>
       <w:r w:rsidR="004152AB">
         <w:t xml:space="preserve">within 2 weeks </w:t>
       </w:r>
       <w:r w:rsidR="009F0C6F">
         <w:t>prior to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> their release date</w:t>
       </w:r>
       <w:r w:rsidR="00F80F79">
         <w:t xml:space="preserve">, where </w:t>
       </w:r>
       <w:r w:rsidR="006B174D">
         <w:t>practicable</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="00D75D58">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F22D1">
         <w:t>The Superintendent shall ensure the following documents are checked to enable verification of a sentenced prisoner’s eligibility and legal entitlement for release:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373D714B" w14:textId="77777777" w:rsidR="003F22D1" w:rsidRPr="00F532A8" w:rsidRDefault="00666679" w:rsidP="00EE4229">
+    <w:p w14:paraId="373D714B" w14:textId="77777777" w:rsidR="003F22D1" w:rsidRPr="00F532A8" w:rsidRDefault="00666679" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00F532A8">
         <w:t>entence summary sheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3024C2" w14:textId="240AAE9E" w:rsidR="003F22D1" w:rsidRPr="00DE42FE" w:rsidRDefault="009074BF" w:rsidP="00EE4229">
+    <w:p w14:paraId="4B3024C2" w14:textId="240AAE9E" w:rsidR="003F22D1" w:rsidRPr="00DE42FE" w:rsidRDefault="009074BF" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00F532A8">
         <w:t>ard copies of warrants (warrant file and T</w:t>
       </w:r>
       <w:r w:rsidR="00DE1FCA" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve">otal </w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00F532A8">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DE1FCA" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve">ffender Management </w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00DE42FE">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00DE1FCA" w:rsidRPr="00DE42FE">
         <w:t>olution (TOMS</w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00DE42FE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00244A2A" w:rsidRPr="00DE42FE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006B174D" w:rsidRPr="00DE42FE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FF1081" w14:textId="17261474" w:rsidR="00663216" w:rsidRPr="00DE42FE" w:rsidRDefault="00663216" w:rsidP="00ED2C01">
+    <w:p w14:paraId="10FF1081" w14:textId="17261474" w:rsidR="00663216" w:rsidRPr="00DE42FE" w:rsidRDefault="00663216" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">The officer </w:t>
       </w:r>
       <w:r w:rsidR="006B174D" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">authorised </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>by the Superintendent</w:t>
       </w:r>
       <w:r w:rsidR="00104BA4" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> (Authorised Officer)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> shall c</w:t>
       </w:r>
       <w:r w:rsidR="00033EDF" w:rsidRPr="00DE42FE">
         <w:t>onfirm</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0079491D" w:rsidRPr="00DE42FE">
         <w:t>the prisoner is the same as indicated on any bail conditions or community orders (</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00DE42FE">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="0079491D" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> parole order). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E15ADC9" w14:textId="30166DD8" w:rsidR="00C90208" w:rsidRDefault="00F34A85" w:rsidP="00ED2C01">
+    <w:p w14:paraId="2E15ADC9" w14:textId="6971B23C" w:rsidR="00C90208" w:rsidRDefault="00F34A85" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="003253AA">
         <w:t xml:space="preserve">utstanding </w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t xml:space="preserve">remand warrants should </w:t>
       </w:r>
       <w:r w:rsidR="00ED60AC">
         <w:t>match the</w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t xml:space="preserve"> information held on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00D2183C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t>and charge numbers matched with the signed bail documentation</w:t>
       </w:r>
       <w:r w:rsidR="00D10BED" w:rsidRPr="003253AA">
         <w:t xml:space="preserve"> (if there are no signed bail papers, the prisoner shall not be released)</w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FBA564" w14:textId="059AF793" w:rsidR="000B57D6" w:rsidRPr="004C1D64" w:rsidRDefault="00746ADB" w:rsidP="00ED2C01">
+    <w:p w14:paraId="04FBA564" w14:textId="059AF793" w:rsidR="000B57D6" w:rsidRPr="004C1D64" w:rsidRDefault="00746ADB" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="008E75FE">
         <w:t>Authorised</w:t>
       </w:r>
       <w:r w:rsidRPr="006B174D">
         <w:t xml:space="preserve"> Officer shall add prisoners due for release to the Transfer</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00167DC1" w:rsidRPr="004C1D64">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve"> Discharge (T</w:t>
       </w:r>
       <w:r w:rsidR="00565D55" w:rsidRPr="004C1D64">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve">D) sheet the day prior to discharge, where </w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="004C1D64">
         <w:t>possible</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C9163A0" w14:textId="68D42115" w:rsidR="00E55B56" w:rsidRDefault="00E55B56" w:rsidP="00ED2C01">
+    <w:p w14:paraId="2C9163A0" w14:textId="68D42115" w:rsidR="00E55B56" w:rsidRDefault="00E55B56" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF20A1">
         <w:t xml:space="preserve">Health Services </w:t>
       </w:r>
       <w:r w:rsidR="00366CED">
         <w:t>and t</w:t>
       </w:r>
       <w:r w:rsidR="000B57D6">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00366CED">
         <w:t xml:space="preserve">Mental Health </w:t>
       </w:r>
       <w:r w:rsidR="00FF2D03">
         <w:t>and Other Drugs (MHAOD)</w:t>
       </w:r>
       <w:r w:rsidR="000B57D6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall obtain </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF20A1">
         <w:t>a copy of the T</w:t>
       </w:r>
       <w:r w:rsidR="00565D55">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF20A1">
         <w:t xml:space="preserve">D sheet, the day prior </w:t>
       </w:r>
       <w:r w:rsidRPr="003253AA">
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> scheduled releases</w:t>
       </w:r>
       <w:r w:rsidRPr="003253AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3C9056" w14:textId="034B5F39" w:rsidR="00EC0381" w:rsidRPr="00EC0381" w:rsidRDefault="008E75FE" w:rsidP="00EC0381">
+    <w:p w14:paraId="6F235B00" w14:textId="62B19EBB" w:rsidR="00E55B56" w:rsidRPr="004C1D64" w:rsidRDefault="008E75FE" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="00E55B56">
         <w:t xml:space="preserve">Health </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00E55B56">
         <w:t>ervices</w:t>
       </w:r>
       <w:r w:rsidR="002161B9">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="004E3B94">
         <w:t>HAOD</w:t>
       </w:r>
       <w:r w:rsidR="0002059A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E55B56">
         <w:t>shall liaise with external</w:t>
       </w:r>
       <w:r w:rsidR="001C23BC">
         <w:t xml:space="preserve"> agencies, family contacts, medical staff and </w:t>
       </w:r>
       <w:r w:rsidR="00366CED">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="001C23BC">
         <w:t xml:space="preserve">edical </w:t>
       </w:r>
       <w:r w:rsidR="00366CED">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00E55B56">
         <w:t>ractitioners to ensure a</w:t>
       </w:r>
       <w:r w:rsidR="00E55B56" w:rsidRPr="004152AB">
         <w:t xml:space="preserve"> prisoner’s continuity of care upon release</w:t>
       </w:r>
       <w:r w:rsidR="00E55B56" w:rsidRPr="004C1D64">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E431C00" w14:textId="39FA8CE3" w:rsidR="0017604B" w:rsidRDefault="00E55B56" w:rsidP="00ED2C01">
+    <w:p w14:paraId="3E431C00" w14:textId="39FA8CE3" w:rsidR="0017604B" w:rsidRDefault="00E55B56" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00366CED">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall </w:t>
       </w:r>
       <w:r w:rsidRPr="00160131">
         <w:t xml:space="preserve">work on a </w:t>
       </w:r>
       <w:r w:rsidR="002161B9">
         <w:t xml:space="preserve">release </w:t>
       </w:r>
       <w:r w:rsidRPr="00160131">
         <w:t>plan with the prisoner to prepare them for release, and link support s</w:t>
       </w:r>
       <w:r w:rsidR="002161B9">
         <w:t>ervices as appropriate, if the release</w:t>
       </w:r>
       <w:r w:rsidRPr="00160131">
         <w:t xml:space="preserve"> date is known</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671064BA" w14:textId="6836E670" w:rsidR="0017604B" w:rsidRPr="0017604B" w:rsidRDefault="0017604B" w:rsidP="00ED2C01">
+    <w:p w14:paraId="671064BA" w14:textId="29850B80" w:rsidR="0017604B" w:rsidRPr="0017604B" w:rsidRDefault="0017604B" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>Should a prisoner refuse to sign documents relevant for release, an Authorised Officer shall document this on the relevant document, then sign and date the document. This shall be witnessed by another Authorised Officer who shall also sign and date the document. An offender note shall also be placed on TOMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55596566" w14:textId="5BFBA82B" w:rsidR="00167DC1" w:rsidRPr="003E5E6D" w:rsidRDefault="00167DC1" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc211845762"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc218064760"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Transfer and discharge sheet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="4002F74D" w14:textId="3497528D" w:rsidR="00167DC1" w:rsidRDefault="006D5978" w:rsidP="00ED2C01">
+    <w:p w14:paraId="4002F74D" w14:textId="3497528D" w:rsidR="00167DC1" w:rsidRDefault="006D5978" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00167DC1">
         <w:t>risoner movements</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall be</w:t>
       </w:r>
       <w:r w:rsidR="00167DC1">
         <w:t xml:space="preserve"> entered on the T</w:t>
       </w:r>
       <w:r w:rsidR="000C54EB">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00167DC1">
         <w:t xml:space="preserve">D sheet by </w:t>
       </w:r>
       <w:r w:rsidR="005D7F7E">
         <w:t>1700</w:t>
       </w:r>
       <w:r w:rsidR="00167DC1">
         <w:t xml:space="preserve"> hrs the day </w:t>
       </w:r>
       <w:r w:rsidR="00167DC1" w:rsidRPr="006C339A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidR="00167DC1">
         <w:t xml:space="preserve"> to the scheduled movement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD4592A" w14:textId="7043FF2A" w:rsidR="0004589D" w:rsidRDefault="00167DC1" w:rsidP="00ED2C01">
+    <w:p w14:paraId="3DD4592A" w14:textId="7043FF2A" w:rsidR="0004589D" w:rsidRDefault="00167DC1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">The completed </w:t>
       </w:r>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000C54EB">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">D </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">heet </w:t>
       </w:r>
       <w:r>
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> be approved</w:t>
       </w:r>
@@ -6131,53 +5991,54 @@
       <w:r w:rsidR="00122456" w:rsidRPr="00DE42FE">
         <w:t>Officer in Charge (</w:t>
       </w:r>
       <w:r w:rsidR="00046D1B" w:rsidRPr="00DE42FE">
         <w:t>OIC</w:t>
       </w:r>
       <w:r w:rsidR="00122456" w:rsidRPr="00DE42FE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00046D1B" w:rsidRPr="00DE42FE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> prior to the scheduled movement (this duty cannot be delegated).</w:t>
       </w:r>
       <w:r w:rsidR="00D4650D" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> This signature shall</w:t>
       </w:r>
       <w:r w:rsidR="00D4650D">
         <w:t xml:space="preserve"> be the </w:t>
       </w:r>
       <w:r w:rsidR="0004589D">
         <w:t>authorisation for the release of a prisoner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029EF0B0" w14:textId="2660D112" w:rsidR="00167DC1" w:rsidRPr="003E0195" w:rsidRDefault="00167DC1" w:rsidP="00ED2C01">
+    <w:p w14:paraId="029EF0B0" w14:textId="2660D112" w:rsidR="00167DC1" w:rsidRPr="003E0195" w:rsidRDefault="00167DC1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">If additions or deletions are made </w:t>
       </w:r>
       <w:r w:rsidR="006D5978">
         <w:t>after normal business hours</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r>
         <w:t>OIC</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> sign a new </w:t>
       </w:r>
       <w:r w:rsidR="006D5978">
         <w:t>T</w:t>
       </w:r>
@@ -6199,53 +6060,54 @@
       <w:r w:rsidRPr="003E0195">
         <w:t>. The signed cop</w:t>
       </w:r>
       <w:r>
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D5978">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> be kept for future records and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">forwarded to </w:t>
       </w:r>
       <w:r>
         <w:t>Operational Information Management each week.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A1FE49" w14:textId="2C70D7C4" w:rsidR="00444095" w:rsidRDefault="00167DC1" w:rsidP="00444095">
+    <w:p w14:paraId="39A1FE49" w14:textId="2C70D7C4" w:rsidR="00444095" w:rsidRDefault="00167DC1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="003E0195">
         <w:t>If additions are required after</w:t>
       </w:r>
       <w:r w:rsidR="0004589D">
         <w:t xml:space="preserve"> the departure of the Superintendent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> the day prior to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> escort, </w:t>
       </w:r>
       <w:r w:rsidR="0002059A">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>Movements/Reception Officers or OIC</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6282,918 +6144,938 @@
         <w:t>ie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">for late returns from </w:t>
       </w:r>
       <w:r>
         <w:t>court</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> due in </w:t>
       </w:r>
       <w:r>
         <w:t>court</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> again the following day).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60172AA0" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="003E5E6D" w:rsidRDefault="00444095" w:rsidP="00444095">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc211845763"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc218064761"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Transport</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73CB1AC2" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="009A660D" w:rsidRDefault="00444095" w:rsidP="00444095">
+    <w:p w14:paraId="73CB1AC2" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="009A660D" w:rsidRDefault="00444095" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="009A660D">
         <w:t>Prisons shall assist prisoners to arrange transport if necessary and/or refer the prisoner to the appropriate community agency where applicable</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51CE6E20" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="00444095" w:rsidRDefault="00444095" w:rsidP="00444095">
+    <w:p w14:paraId="51CE6E20" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="00444095" w:rsidRDefault="00444095" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="009A660D">
         <w:t>The Superintendent or Authorised Officer shall be notified if no transport has been arranged</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77639FF5" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="009A660D" w:rsidRDefault="00444095" w:rsidP="00444095">
+    <w:p w14:paraId="77639FF5" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="009A660D" w:rsidRDefault="00444095" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="009A660D">
         <w:t>A prisoner approaching scheduled release shall be provided the opportunity to arrange pickup from the prison.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4596B3BC" w14:textId="77777777" w:rsidR="00444095" w:rsidRDefault="00444095" w:rsidP="00444095">
+    <w:p w14:paraId="4596B3BC" w14:textId="77777777" w:rsidR="00444095" w:rsidRDefault="00444095" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="009A660D">
         <w:t>Prison may provide fares or assistance with transport arrangements (</w:t>
       </w:r>
       <w:r>
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:t xml:space="preserve"> non-refundable bus/rail/plane voucher)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to assist a prisoner</w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> return to</w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> their home, usual place of residence within the State </w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
-        <w:t xml:space="preserve">(where available support </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">services have been confirmed) </w:t>
+        <w:t xml:space="preserve">(where available support services have been confirmed) </w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>or to the place of their arrest</w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:t xml:space="preserve">, when </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC65A8">
         <w:t>released from prison.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039CE43C" w14:textId="35E1E0C4" w:rsidR="009A660D" w:rsidRPr="00B5451A" w:rsidRDefault="009A660D" w:rsidP="00ED2C01">
+    <w:p w14:paraId="039CE43C" w14:textId="35E1E0C4" w:rsidR="009A660D" w:rsidRPr="007224BC" w:rsidRDefault="009A660D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00B5451A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve">The Superintendent of the releasing prison shall be responsible for the cost of the transport and </w:t>
       </w:r>
-      <w:r w:rsidR="009E201C">
+      <w:r w:rsidR="009E201C" w:rsidRPr="007224BC">
         <w:t>this shall be recorded on the discharge interview</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5451A">
+      <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35743699" w14:textId="4F91A977" w:rsidR="00940397" w:rsidRPr="006A0278" w:rsidRDefault="009A660D" w:rsidP="00ED2C01">
+    <w:p w14:paraId="35743699" w14:textId="4F91A977" w:rsidR="00940397" w:rsidRPr="007224BC" w:rsidRDefault="009A660D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00B5451A">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve">Routine prison transport shall be used where </w:t>
       </w:r>
-      <w:r w:rsidR="004667C8">
+      <w:r w:rsidR="004667C8" w:rsidRPr="007224BC">
         <w:t>possible</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5451A">
+      <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> to return a prisoner to a prison nearer to the place of residence, prior to their release.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4D269B" w14:textId="74FADE5B" w:rsidR="00FE0D5B" w:rsidRPr="009A660D" w:rsidRDefault="004746D0" w:rsidP="00ED2C01">
+    <w:p w14:paraId="1A4D269B" w14:textId="74FADE5B" w:rsidR="00FE0D5B" w:rsidRPr="007224BC" w:rsidRDefault="004746D0" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009A660D">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve">The Transport Options Program (TOP) is </w:t>
       </w:r>
-      <w:r w:rsidR="00366CED" w:rsidRPr="009A660D">
+      <w:r w:rsidR="00366CED" w:rsidRPr="007224BC">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="004812E9" w:rsidRPr="009A660D">
+      <w:r w:rsidR="004812E9" w:rsidRPr="007224BC">
         <w:t xml:space="preserve">contracted </w:t>
       </w:r>
-      <w:r w:rsidR="00366CED" w:rsidRPr="009A660D">
+      <w:r w:rsidR="00366CED" w:rsidRPr="007224BC">
         <w:t xml:space="preserve">service provider </w:t>
       </w:r>
-      <w:r w:rsidR="004812E9" w:rsidRPr="009A660D">
+      <w:r w:rsidR="004812E9" w:rsidRPr="007224BC">
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="009A660D" w:rsidRPr="009A660D">
+      <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t xml:space="preserve">hat may </w:t>
       </w:r>
-      <w:r w:rsidR="00AF1C92" w:rsidRPr="009A660D">
+      <w:r w:rsidR="00AF1C92" w:rsidRPr="007224BC">
         <w:t>assist</w:t>
       </w:r>
-      <w:r w:rsidR="009A660D" w:rsidRPr="009A660D">
+      <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF1C92" w:rsidRPr="009A660D">
+      <w:r w:rsidR="00AF1C92" w:rsidRPr="007224BC">
         <w:t xml:space="preserve">prisoners </w:t>
       </w:r>
-      <w:r w:rsidR="009A660D" w:rsidRPr="009A660D">
+      <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t>having</w:t>
       </w:r>
-      <w:r w:rsidR="00AF1C92" w:rsidRPr="009A660D">
+      <w:r w:rsidR="00AF1C92" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> difficulty returning from a prison or work camp to a remote location.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27856CF4" w14:textId="5A5D7A86" w:rsidR="00B54BB1" w:rsidRPr="004C1D64" w:rsidRDefault="00D41FEE" w:rsidP="00ED2C01">
+    <w:p w14:paraId="27856CF4" w14:textId="5A5D7A86" w:rsidR="00B54BB1" w:rsidRPr="007224BC" w:rsidRDefault="00D41FEE" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
         <w:t>Prisoners who are eligible</w:t>
       </w:r>
-      <w:r w:rsidR="00AF1C92" w:rsidRPr="009A660D">
+      <w:r w:rsidR="00AF1C92" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> for TOP shall be referred </w:t>
       </w:r>
-      <w:r w:rsidR="009A660D" w:rsidRPr="009A660D">
+      <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00AF1C92" w:rsidRPr="009A660D">
+      <w:r w:rsidR="00AF1C92" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A660D">
+      <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t>the Transitional Manager</w:t>
       </w:r>
-      <w:r w:rsidR="004667C8">
+      <w:r w:rsidR="004667C8" w:rsidRPr="007224BC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009A660D">
+      <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Hlk87349450"/>
       <w:bookmarkStart w:id="9" w:name="_Toc384883344"/>
     </w:p>
-    <w:p w14:paraId="6A4CCFAA" w14:textId="77777777" w:rsidR="00CF631A" w:rsidRPr="003E5E6D" w:rsidRDefault="00E87709" w:rsidP="00ED2C01">
+    <w:p w14:paraId="6A4CCFAA" w14:textId="77777777" w:rsidR="00CF631A" w:rsidRPr="003E5E6D" w:rsidRDefault="00E87709" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc211845764"/>
+        <w:ind w:left="567"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc218064762"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Australian National Child (sex) Offender Register (ANCOR) </w:t>
       </w:r>
       <w:r w:rsidR="0093210C" w:rsidRPr="003E5E6D">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="003E5E6D">
         <w:t>eporting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00CF631A" w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B222E" w:rsidRPr="003E5E6D">
         <w:t>requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="73FB87E1" w14:textId="2ABD3166" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="00E87709" w:rsidP="00ED2C01">
+    <w:p w14:paraId="73FB87E1" w14:textId="2D71A9B2" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="00E87709" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E87709">
         <w:t xml:space="preserve">ANCOR is managed by the </w:t>
       </w:r>
+      <w:r w:rsidR="001A3F63">
+        <w:t xml:space="preserve">Serious </w:t>
+      </w:r>
       <w:r w:rsidR="001B6AB8">
-        <w:t xml:space="preserve">Sex Offender Management Squad (SOMS), </w:t>
+        <w:t xml:space="preserve">Offender Management Squad (SOMS), </w:t>
       </w:r>
       <w:r w:rsidR="009560FD">
         <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidR="00780557">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E87709">
         <w:t>Police Force</w:t>
       </w:r>
       <w:r w:rsidR="00780557">
         <w:t xml:space="preserve"> (WAPF)</w:t>
       </w:r>
       <w:r w:rsidR="00784B5B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA10451" w14:textId="3BB0F6EE" w:rsidR="00FE480B" w:rsidRPr="00FE480B" w:rsidRDefault="00CF631A" w:rsidP="00ED2C01">
+    <w:p w14:paraId="4DA10451" w14:textId="3BB0F6EE" w:rsidR="00FE480B" w:rsidRPr="00FE480B" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">ANCOR prisoners </w:t>
       </w:r>
       <w:r w:rsidR="00AD5052">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> identified on TOMS with an ‘ANCOR’ </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>alert</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDC71E8" w14:textId="305C5C30" w:rsidR="00784B5B" w:rsidRPr="004C1D64" w:rsidRDefault="00CF631A" w:rsidP="00ED2C01">
+    <w:p w14:paraId="6CDC71E8" w14:textId="305C5C30" w:rsidR="00784B5B" w:rsidRPr="004C1D64" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">The ANCOR notification and reporting documentation is generated </w:t>
       </w:r>
       <w:r w:rsidR="00D67FCD">
         <w:t xml:space="preserve">from the report tree in TOMS, </w:t>
       </w:r>
       <w:r w:rsidR="00E16DEA">
         <w:t xml:space="preserve">printed </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">at the time </w:t>
       </w:r>
       <w:r w:rsidR="00C60D53">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">the prisoner’s release </w:t>
       </w:r>
       <w:r w:rsidR="00C60D53">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00C60D53" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve">added to the </w:t>
       </w:r>
       <w:r w:rsidR="007E0233" w:rsidRPr="004C1D64">
         <w:t>T&amp;D sheet</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B40CB08" w14:textId="297D63CF" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00057E0E" w:rsidP="00ED2C01">
+    <w:p w14:paraId="7B40CB08" w14:textId="297D63CF" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00057E0E" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the prisoner is </w:t>
       </w:r>
       <w:r w:rsidR="00797173">
         <w:t xml:space="preserve">being </w:t>
       </w:r>
       <w:r>
         <w:t>release</w:t>
       </w:r>
       <w:r w:rsidR="00F8558A">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> from </w:t>
       </w:r>
       <w:r w:rsidR="00A912E2">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t>prison, t</w:t>
       </w:r>
       <w:r w:rsidR="006A7D94" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="006A7D94" w:rsidRPr="00EF01D7">
         <w:t>fficer</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="007E0233" w:rsidRPr="00EF01D7">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB9EA8A" w14:textId="77777777" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="00EE4229">
+    <w:p w14:paraId="7FB9EA8A" w14:textId="77777777" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">interview the prisoner </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A679B0F" w14:textId="74CE5024" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="00EE4229">
+    <w:p w14:paraId="1A679B0F" w14:textId="74CE5024" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">explain reporting obligations </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve">to the prisoner </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">in accordance with the Reportable Offenders brochure </w:t>
       </w:r>
       <w:r w:rsidR="00444282">
         <w:t xml:space="preserve">(provide a copy on release) </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="007E0233" w:rsidRPr="00EF01D7">
         <w:t>Notifications of Reporting Obligations</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E87709" w:rsidRPr="00EF01D7">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="003E7FA3">
         <w:t xml:space="preserve">P308) on </w:t>
       </w:r>
       <w:r w:rsidR="00E87709" w:rsidRPr="00EF01D7">
         <w:t>TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00A27E02">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B449B8" w14:textId="6AE3733B" w:rsidR="001B6AB8" w:rsidRPr="00DE42FE" w:rsidRDefault="004658FE" w:rsidP="00EE4229">
+    <w:p w14:paraId="13B449B8" w14:textId="6AE3733B" w:rsidR="001B6AB8" w:rsidRPr="00DE42FE" w:rsidRDefault="004658FE" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>have the prisoner sign all copies of the relevant documentation prior to release.</w:t>
       </w:r>
       <w:r w:rsidR="006A19C4" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> Should the prisoner refuse to sign the P308, the Authorised Officer shall mark the ‘refused to sign’ box. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB1C149" w14:textId="136F6D03" w:rsidR="00057E0E" w:rsidRPr="00DE42FE" w:rsidRDefault="00057E0E" w:rsidP="00057E0E">
+    <w:p w14:paraId="4DB1C149" w14:textId="1EE0FD13" w:rsidR="00057E0E" w:rsidRPr="00DE42FE" w:rsidRDefault="00057E0E" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">If the prisoner is </w:t>
       </w:r>
       <w:r w:rsidR="00A912E2" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">being </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">released from court, the P308 </w:t>
       </w:r>
       <w:r w:rsidR="00367BAB" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">shall be </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
-        <w:t>is issued by the bench</w:t>
+        <w:t>issued by the bench</w:t>
       </w:r>
       <w:r w:rsidR="00A912E2" w:rsidRPr="00DE42FE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> prior to the prisoner leaving custody</w:t>
       </w:r>
       <w:r w:rsidR="00A912E2" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00367BAB" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">The Court Officer (Authorised Officer) should explain </w:t>
       </w:r>
       <w:r w:rsidR="00A912E2" w:rsidRPr="00DE42FE">
         <w:t>the reporting obligations and have the prisoner sign all copies of the documentation prior to release.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00367BAB" w:rsidRPr="00DE42FE">
         <w:t>In the absence of the Court Officer undertaking this task, the court custody staff (Authorised Officer) shall explain the reporting obligations and have documentation signed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53196318" w14:textId="4D3C3890" w:rsidR="00111C14" w:rsidRPr="00111C14" w:rsidRDefault="00727B5B" w:rsidP="00111C14">
+    <w:p w14:paraId="53196318" w14:textId="4D3C3890" w:rsidR="00111C14" w:rsidRPr="00111C14" w:rsidRDefault="00727B5B" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> completing the </w:t>
       </w:r>
       <w:r w:rsidR="00EF01D7" w:rsidRPr="004C1D64">
         <w:t xml:space="preserve">P308 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">telephone </w:t>
       </w:r>
       <w:r w:rsidR="003B68B0">
         <w:t>SOMS</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
       <w:r w:rsidR="00D6655A">
         <w:t xml:space="preserve"> 1800 300 400 (24hr)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">advise </w:t>
       </w:r>
       <w:r w:rsidR="006A7D94">
         <w:t>of the pending release</w:t>
       </w:r>
       <w:r w:rsidR="00F1170E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00764D97" w14:textId="1F857A31" w:rsidR="00CF631A" w:rsidRPr="00CF631A" w:rsidRDefault="00D6655A" w:rsidP="00ED2C01">
+    <w:p w14:paraId="00764D97" w14:textId="1F857A31" w:rsidR="00CF631A" w:rsidRPr="00CF631A" w:rsidRDefault="00D6655A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall </w:t>
       </w:r>
       <w:r w:rsidR="007E0233">
         <w:t xml:space="preserve">distribute </w:t>
       </w:r>
       <w:r w:rsidR="00F1170E">
         <w:t xml:space="preserve">a copy of </w:t>
       </w:r>
       <w:r w:rsidR="007E0233">
         <w:t>the c</w:t>
       </w:r>
       <w:r w:rsidR="007E0233" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">ompleted </w:t>
       </w:r>
       <w:r w:rsidR="00EF01D7" w:rsidRPr="004C1D64">
         <w:t>P308</w:t>
       </w:r>
       <w:r w:rsidR="00A410E5" w:rsidRPr="004C1D64">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5" w:rsidRPr="004C1D64">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559E44E9" w14:textId="77777777" w:rsidR="00EE4229" w:rsidRDefault="00E16DEA" w:rsidP="00EE4229">
+    <w:p w14:paraId="559E44E9" w14:textId="77777777" w:rsidR="00EE4229" w:rsidRDefault="00E16DEA" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Hlk87344361"/>
       <w:r>
         <w:t>ANCO</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00CE74CE" w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve">SOMS Registration </w:t>
       </w:r>
       <w:r w:rsidR="00CE3795">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve"> Assessment Team</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve"> via</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve"> email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="0041379E" w:rsidRPr="000D5740">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SOR@police.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or fax: 08 9267 5678</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7BFA90" w14:textId="47C7C35B" w:rsidR="001B1F83" w:rsidRDefault="00AD5052" w:rsidP="00EE4229">
+    <w:p w14:paraId="5A7BFA90" w14:textId="47C7C35B" w:rsidR="001B1F83" w:rsidRDefault="00AD5052" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Information Release and Litigation Management</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve"> via</w:t>
       </w:r>
       <w:r w:rsidR="001B1F83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00512F0B">
         <w:t xml:space="preserve">email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="0070163F" w:rsidRPr="00445038">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>informationrelease@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0070163F">
         <w:t xml:space="preserve"> or fax: 9481 8504</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to update TOMS/CBIS alerts and filing on the Offender in Custody file</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p w14:paraId="61484326" w14:textId="26B30952" w:rsidR="00CF631A" w:rsidRPr="00CF631A" w:rsidRDefault="00CF631A" w:rsidP="00EE4229">
+    <w:p w14:paraId="61484326" w14:textId="26B30952" w:rsidR="00CF631A" w:rsidRPr="00CF631A" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t>the prisoner on release</w:t>
       </w:r>
       <w:r w:rsidR="001232E0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2E5228" w14:textId="2348DE4C" w:rsidR="00CB7D7B" w:rsidRDefault="001B1F83" w:rsidP="00ED2C01">
+    <w:p w14:paraId="0F2E5228" w14:textId="52B143EA" w:rsidR="00CB7D7B" w:rsidRDefault="001B1F83" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall </w:t>
       </w:r>
       <w:r w:rsidR="006F2A74">
         <w:t>attach</w:t>
       </w:r>
       <w:r w:rsidR="006F2A74" w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve">a copy of the P308 </w:t>
       </w:r>
       <w:r w:rsidR="006F2A74">
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidR="00160131">
         <w:t>Prisoner’s Release Checklist</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00295952">
-[...3 lines deleted...]
-    <w:p w14:paraId="3D84D5F6" w14:textId="56ACABA5" w:rsidR="00295952" w:rsidRPr="00103390" w:rsidRDefault="00295952" w:rsidP="00ED2C01">
+    </w:p>
+    <w:p w14:paraId="3D84D5F6" w14:textId="56ACABA5" w:rsidR="00295952" w:rsidRPr="00103390" w:rsidRDefault="00295952" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Authorised Officer shall file the Department </w:t>
       </w:r>
       <w:r w:rsidR="00A410E5">
         <w:t xml:space="preserve">copy </w:t>
       </w:r>
       <w:r>
         <w:t>into the prisoners Unit File for forwarding to Offender Information Management for archiving.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A05421F" w14:textId="5004888E" w:rsidR="00CF631A" w:rsidRPr="003E5E6D" w:rsidRDefault="007C31B5" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_VNR_Notification_(Victim"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc211845765"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc218064763"/>
       <w:bookmarkStart w:id="14" w:name="_Hlk88574835"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Victim Notification Register (VNR) </w:t>
       </w:r>
       <w:r w:rsidR="0093210C" w:rsidRPr="003E5E6D">
         <w:t>reporting requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="186226FA" w14:textId="220A1C47" w:rsidR="00CB7D7B" w:rsidRPr="00CB7D7B" w:rsidRDefault="00CF631A" w:rsidP="00ED2C01">
+    <w:p w14:paraId="186226FA" w14:textId="220A1C47" w:rsidR="00CB7D7B" w:rsidRPr="00CB7D7B" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t>VNR</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t>is a</w:t>
       </w:r>
       <w:r w:rsidR="003945C0">
         <w:t xml:space="preserve"> confidential</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> information service established for victims of crime. The register allows victims to receive information about the perpetrator of the crime against them for as long as that person is under the supervision of Corrective Services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7E40EC" w14:textId="4758259A" w:rsidR="00073751" w:rsidRDefault="007C31B5" w:rsidP="00ED2C01">
+    <w:p w14:paraId="3D7E40EC" w14:textId="4758259A" w:rsidR="00073751" w:rsidRDefault="007C31B5" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00073751">
         <w:t xml:space="preserve">f a VNR alert </w:t>
       </w:r>
       <w:r w:rsidR="009F0747">
         <w:t>exists,</w:t>
       </w:r>
       <w:r w:rsidR="00E11B52">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the Authorised Officer </w:t>
       </w:r>
       <w:r w:rsidR="00E11B52">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00073751">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E11B52">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEBE0BC" w14:textId="77777777" w:rsidR="00EE4229" w:rsidRDefault="00E11B52" w:rsidP="00EE4229">
+    <w:p w14:paraId="6BEBE0BC" w14:textId="71D2DE5B" w:rsidR="00EE4229" w:rsidRDefault="00E11B52" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004241E9">
         <w:t xml:space="preserve">advise the </w:t>
       </w:r>
       <w:r w:rsidR="00B1633F" w:rsidRPr="004241E9">
         <w:t xml:space="preserve">VNR via telephone (9425 </w:t>
       </w:r>
       <w:r w:rsidR="00B1633F" w:rsidRPr="00DE42FE">
         <w:t>2870)</w:t>
       </w:r>
       <w:r w:rsidR="009F0747" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="009A0EEE">
+        <w:t>at least 14 days prior, or earlier if possible, of</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DE42FE">
-        <w:t>prior to a prisoner’s release</w:t>
+        <w:t xml:space="preserve"> a prisoner’s release</w:t>
       </w:r>
       <w:r w:rsidR="00412E0C" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00DE42FE">
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD2AC79" w14:textId="3F02DD2D" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="003A5E3C" w:rsidP="00EE4229">
+    <w:p w14:paraId="2AD2AC79" w14:textId="3F02DD2D" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="003A5E3C" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>ensure when</w:t>
       </w:r>
       <w:r w:rsidR="009F0747" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> a prisoner is released to bail</w:t>
       </w:r>
       <w:r w:rsidR="003B68B0" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> or a community based disposition, ie a Parole Order or a Court Order etc,</w:t>
       </w:r>
       <w:r w:rsidR="009F0747" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="009F0747">
         <w:t xml:space="preserve"> confirmation email is also to be sent to </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00B450F9" w:rsidRPr="007D44FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>vnr@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B450F9">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004241E9" w:rsidRPr="004241E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2F5780" w14:textId="6A48414F" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="00E11B52" w:rsidP="00ED2C01">
+    <w:p w14:paraId="6F2F5780" w14:textId="6A48414F" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="00E11B52" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidR="0077590D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>shall refer the VNR t</w:t>
       </w:r>
       <w:r w:rsidR="0057344C">
         <w:t>o the Superintendent for follow-</w:t>
       </w:r>
       <w:r>
         <w:t>up, i</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:r w:rsidR="00A410E5">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">VNR advise </w:t>
       </w:r>
       <w:r w:rsidR="0057344C">
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> issues regarding the release of a prisoner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346A51C7" w14:textId="55766633" w:rsidR="0084695C" w:rsidRPr="0084695C" w:rsidRDefault="0057344C" w:rsidP="0084695C">
+    <w:p w14:paraId="5824A824" w14:textId="6815168E" w:rsidR="002337D5" w:rsidRPr="008E1C94" w:rsidRDefault="0057344C" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>The Superintendent shall refer issues of a serious nature</w:t>
       </w:r>
       <w:r w:rsidR="00B95511">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0086704C">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="00B95511">
         <w:t xml:space="preserve"> ANCOR, VNR, high media interest</w:t>
       </w:r>
       <w:r w:rsidR="0086704C">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidR="00526BE1">
         <w:t>Operations Centre (OPCEN)</w:t>
       </w:r>
@@ -7201,600 +7083,501 @@
         <w:t xml:space="preserve"> prior to release</w:t>
       </w:r>
       <w:r w:rsidR="00526BE1">
         <w:t xml:space="preserve">, who </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">consult with </w:t>
       </w:r>
       <w:r w:rsidR="00526BE1">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">relevant agencies to ascertain how </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to manage </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t>the situation.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="2D3DB6E5" w14:textId="79042F3B" w:rsidR="0084695C" w:rsidRPr="00AF7B9D" w:rsidRDefault="0084695C" w:rsidP="00ED2C01">
+    <w:p w14:paraId="2D9C7E88" w14:textId="77777777" w:rsidR="001B222E" w:rsidRPr="003E5E6D" w:rsidRDefault="001B222E" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc211845766"/>
-[...72 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc211845767"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc218064764"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Exit </w:t>
       </w:r>
       <w:r w:rsidR="0066696C" w:rsidRPr="003E5E6D">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>nterview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3CC1C2BC" w14:textId="09AE011D" w:rsidR="00FE480B" w:rsidRPr="00FE480B" w:rsidRDefault="00EE5FB2" w:rsidP="00ED2C01">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="3CC1C2BC" w14:textId="09AE011D" w:rsidR="00FE480B" w:rsidRPr="00FE480B" w:rsidRDefault="00EE5FB2" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve">Authorised Officer </w:t>
       </w:r>
       <w:r>
         <w:t>shall complete the followin</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>g prior to the prisoner’s release:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70588813" w14:textId="4CC614CB" w:rsidR="0077590D" w:rsidRPr="00DE42FE" w:rsidRDefault="007C31B5" w:rsidP="00EE4229">
+    <w:p w14:paraId="70588813" w14:textId="4CC614CB" w:rsidR="0077590D" w:rsidRPr="00DE42FE" w:rsidRDefault="007C31B5" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>discharge</w:t>
       </w:r>
       <w:r w:rsidR="005555DF">
         <w:t xml:space="preserve"> offender module</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2">
         <w:t>, to include the exit interview, discharge</w:t>
       </w:r>
       <w:r w:rsidR="00B139DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t>comment and proposed address</w:t>
       </w:r>
       <w:r w:rsidR="002F1B0B" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> (including no fixed address)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4396834C" w14:textId="7F0D2A07" w:rsidR="00111C14" w:rsidRPr="00DE42FE" w:rsidRDefault="00B450F9" w:rsidP="00EE4229">
+    <w:p w14:paraId="4396834C" w14:textId="7F0D2A07" w:rsidR="00111C14" w:rsidRPr="00DE42FE" w:rsidRDefault="00B450F9" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>confirm that</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> the proposed address provided by the prisoner is the same as indicated on any bail conditions or community order</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00DE42FE">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00DE42FE">
         <w:t>parole</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C8F876" w14:textId="27312C97" w:rsidR="00A410E5" w:rsidRPr="00DE42FE" w:rsidRDefault="00111C14" w:rsidP="00EE4229">
+    <w:p w14:paraId="54C8F876" w14:textId="27312C97" w:rsidR="00A410E5" w:rsidRPr="00DE42FE" w:rsidRDefault="00111C14" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>ensure property is returned and gratuities are paid.</w:t>
       </w:r>
       <w:r w:rsidR="00852EE4" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592BC55B" w14:textId="77777777" w:rsidR="00AA1BE1" w:rsidRPr="00AF7B9D" w:rsidRDefault="00AA1BE1" w:rsidP="00ED2C01">
+    <w:p w14:paraId="592BC55B" w14:textId="77777777" w:rsidR="00AA1BE1" w:rsidRPr="003E5E6D" w:rsidRDefault="00AA1BE1" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc378241321"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc14937866"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc378241321"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc218064765"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc384883348"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc14937866"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="003E5E6D">
+        <w:t>Actions Prior to Release</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00AF7B9D">
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7F3F2259" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc211845769"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc218064766"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>General requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3415BEEC" w14:textId="7EAC45BC" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00ED2C01">
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="3415BEEC" w14:textId="7EAC45BC" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
         <w:t>when preparing the prisoner for release</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> shall conduct the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414A30B0" w14:textId="35D026C7" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00A54777">
+    <w:p w14:paraId="414A30B0" w14:textId="35D026C7" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>initiate the</w:t>
       </w:r>
       <w:r w:rsidR="00C9216C" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> appropriate</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">risoner </w:t>
       </w:r>
       <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">elease </w:t>
       </w:r>
       <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>hecklist</w:t>
       </w:r>
       <w:r w:rsidR="00104BA4" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="007B79CD" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> to ensure a lawful release </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03980085" w14:textId="0E85D21A" w:rsidR="00914B7D" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00A54777">
+    <w:p w14:paraId="03980085" w14:textId="0E85D21A" w:rsidR="00914B7D" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>notify the relevant services of the prisoner’s release where required</w:t>
       </w:r>
       <w:r w:rsidR="00D4650D" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> in accordance with this COPP</w:t>
       </w:r>
       <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00EC149A">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4B337E" w14:textId="48F6C397" w:rsidR="00D66458" w:rsidRPr="00EC149A" w:rsidRDefault="00D66458" w:rsidP="00A54777">
+    <w:p w14:paraId="4B7F57E5" w14:textId="08FC1E02" w:rsidR="00D66458" w:rsidRPr="00EC149A" w:rsidRDefault="00D66458" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1843" w:hanging="283"/>
+        <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>V</w:t>
-[...2 lines deleted...]
-        <w:t>NR</w:t>
+        <w:t xml:space="preserve">Community Offender </w:t>
+      </w:r>
+      <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
+        <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
-        <w:t xml:space="preserve"> – the day prior to release</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="49A8CBE9" w14:textId="670B6EA4" w:rsidR="00EC0381" w:rsidRPr="00AF7B9D" w:rsidRDefault="00D81409" w:rsidP="00A54777">
+        <w:t>anagement Unit (</w:t>
+      </w:r>
+      <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
+        <w:t>COMU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>) – the day prior to release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563A9851" w14:textId="66525600" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1843" w:hanging="283"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="00D02F49" w:rsidRPr="00AF7B9D">
+        <w:ind w:left="1276" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
+        <w:t>epartment of Home Affairs (D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>HA</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007924F5" w:rsidRPr="00AF7B9D">
-[...7 lines deleted...]
-    <w:p w14:paraId="563A9851" w14:textId="66525600" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="00A54777">
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>– the day prior to release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBA2E77" w14:textId="24AF1959" w:rsidR="00D4650D" w:rsidRPr="00EC149A" w:rsidRDefault="00D4650D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1843" w:hanging="283"/>
+        <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>D</w:t>
-[...2 lines deleted...]
-        <w:t>epartment of Home Affairs (D</w:t>
+        <w:t>Department of Communities – Child Protection (DCC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
+        <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>HA</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="7FBA2E77" w14:textId="24AF1959" w:rsidR="00D4650D" w:rsidRPr="00EC149A" w:rsidRDefault="00D4650D" w:rsidP="00A54777">
+        <w:t>) – the day prior to release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3218AFBE" w14:textId="189B1404" w:rsidR="008E3586" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1843" w:hanging="283"/>
+        <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>Department of Communities – Child Protection (DCC</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="3218AFBE" w14:textId="189B1404" w:rsidR="008E3586" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="00A54777">
+        <w:t>ANCOR – the day of release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F332D71" w14:textId="614256D6" w:rsidR="00FF2D03" w:rsidRPr="00EC149A" w:rsidRDefault="00FF2D03" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1843" w:hanging="283"/>
+        <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>ANCOR – the day of release</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F332D71" w14:textId="614256D6" w:rsidR="00FF2D03" w:rsidRPr="00EC149A" w:rsidRDefault="00FF2D03" w:rsidP="00A54777">
+        <w:t>Prison Health Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
+        <w:t xml:space="preserve"> – the day of release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3972BF8F" w14:textId="40090555" w:rsidR="00FF2D03" w:rsidRPr="00DE42FE" w:rsidRDefault="00FF2D03" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1843" w:hanging="283"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
+        <w:ind w:left="1276" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t>Mental Health and other Drugs (MHAOD)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> – the day of release</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC149A">
+      <w:r w:rsidR="00D4650D" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3972BF8F" w14:textId="40090555" w:rsidR="00FF2D03" w:rsidRPr="00DE42FE" w:rsidRDefault="00FF2D03" w:rsidP="00A54777">
+    <w:p w14:paraId="4EB9B3F9" w14:textId="49C7804D" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="00D4650D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1843" w:hanging="283"/>
-[...21 lines deleted...]
-        <w:ind w:left="1843" w:hanging="283"/>
+        <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>Western Australia Police Force (WAP</w:t>
       </w:r>
       <w:r w:rsidR="009119CA" w:rsidRPr="00DE42FE">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>) – the day of release</w:t>
       </w:r>
       <w:r w:rsidR="009560FD" w:rsidRPr="00DE42FE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D2C542" w14:textId="1615C6ED" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007B79CD">
+    <w:p w14:paraId="72D2C542" w14:textId="77777777" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Hlk87349555"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk87349555"/>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">Prior to release, if a </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>prisoner</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">s own money is insufficient </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">to purchase </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>civilian clothing</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> appropriate to the needs of the prisoner (ie work or casual clothing) the Superintendent/OIC may authorise expenditure (prison finances not exceeding $150.00).</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1AE66406" w14:textId="77777777" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007B79CD">
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="1AE66406" w14:textId="77777777" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>The Authorised Officer shall record the issuing of liberty clothing for release on TOMS offender notes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F84D480" w14:textId="29936DD4" w:rsidR="000526A8" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007B79CD">
+    <w:p w14:paraId="2F84D480" w14:textId="29936DD4" w:rsidR="000526A8" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> minimum security </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">prisoner </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>is eligible to apply for an Absence</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7811,918 +7594,903 @@
       </w:hyperlink>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00DE42FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 14.5 – Authorised Absences and Absence Permits,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>purchase liberty clothing</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C892022" w14:textId="458C40E2" w:rsidR="000526A8" w:rsidRPr="004C1D64" w:rsidRDefault="000526A8" w:rsidP="000526A8">
+    <w:p w14:paraId="2C892022" w14:textId="458C40E2" w:rsidR="000526A8" w:rsidRPr="004C1D64" w:rsidRDefault="000526A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Superintendent/OIC/Principal Officer, prior to the prisoner being released, shall </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve">check and endorse the Prisoner Release Checklist. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099FCE4D" w14:textId="5113F8DE" w:rsidR="00914B7D" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="00ED2C01">
+    <w:p w14:paraId="099FCE4D" w14:textId="5113F8DE" w:rsidR="00914B7D" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> prior to escorting the prisoner </w:t>
       </w:r>
       <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">for release </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>shall:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F2471A" w14:textId="1AFB1F1D" w:rsidR="0086704C" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00A54777">
+    <w:p w14:paraId="20F2471A" w14:textId="1AFB1F1D" w:rsidR="0086704C" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="1560"/>
+          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>check the prisoner’s identity against the photograph on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="0086704C" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099E6499" w14:textId="036A02D2" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="0086704C" w:rsidP="00A54777">
+    <w:p w14:paraId="099E6499" w14:textId="036A02D2" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="0086704C" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="1560"/>
+          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>take a digital photograph of the prisoner and update on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00383F17" w:rsidRPr="00EC149A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> unless the prisoner has been in prison less than 12 months and there are no significant changes</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2912044C" w14:textId="77777777" w:rsidR="00A54777" w:rsidRDefault="00AA1BE1" w:rsidP="00A54777">
+    <w:p w14:paraId="2912044C" w14:textId="77777777" w:rsidR="00A54777" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="1560"/>
+          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">ensure the prisoner has signed their </w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">P308, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>parole, bail paperwork</w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">, supervision </w:t>
       </w:r>
       <w:r w:rsidR="00762505" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">document </w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00EC149A">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> Community Based Order, Intensive Supervision Order), </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>or any other relevant instrument permitting the prisoner’s release as applicable</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A5B2D5" w14:textId="77777777" w:rsidR="00A54777" w:rsidRDefault="00D860CF" w:rsidP="00A54777">
+    <w:p w14:paraId="18A5B2D5" w14:textId="77777777" w:rsidR="00A54777" w:rsidRDefault="00D860CF" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="1560"/>
+          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">search the prisoner as detailed within the prison’s Standing Order and in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 11.2 </w:t>
         </w:r>
         <w:r w:rsidR="003E7FA3" w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Searching</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A1FCD4" w14:textId="4A90309C" w:rsidR="00C0788F" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00A54777">
+    <w:p w14:paraId="24A1FCD4" w14:textId="4A90309C" w:rsidR="00C0788F" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="1560"/>
+          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">search, </w:t>
       </w:r>
       <w:r w:rsidR="00104BA4" w:rsidRPr="00EC149A">
         <w:t>check,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> and account for the prisoner’s property in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 11.2 </w:t>
         </w:r>
         <w:r w:rsidR="003E7FA3" w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Searching</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 – Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EC149A">
         <w:t>, prior to issuing</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB1F0AC" w14:textId="7775B4A6" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="00A54777">
+    <w:p w14:paraId="0FB1F0AC" w14:textId="7775B4A6" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="1560"/>
+          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>provide the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC35A48" w14:textId="24E1F6D1" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="00A54777">
+    <w:p w14:paraId="2EC35A48" w14:textId="24E1F6D1" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:ind w:left="1843" w:hanging="283"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>prescribed medication (contact</w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> Prison</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">ealth </w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>ervices staff if no medication has been forwarded to reception), where possible</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176B4B49" w14:textId="2A83EAAF" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="00A54777">
+    <w:p w14:paraId="176B4B49" w14:textId="2A83EAAF" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:ind w:left="1843" w:hanging="283"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>exit kit (containing health information and other items)</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E0D4D6" w14:textId="684BF537" w:rsidR="009A00E5" w:rsidRPr="00EC149A" w:rsidRDefault="00104FB4" w:rsidP="00A54777">
+    <w:p w14:paraId="78E0D4D6" w14:textId="62802553" w:rsidR="009A00E5" w:rsidRPr="00EC149A" w:rsidRDefault="00104FB4" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="1560"/>
+          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>complete an exit interview</w:t>
       </w:r>
       <w:r w:rsidR="009560FD" w:rsidRPr="00EC149A">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009C0E85" w:rsidRPr="00EC149A">
-[...6 lines deleted...]
-    <w:p w14:paraId="46758CB9" w14:textId="496EB29C" w:rsidR="009A00E5" w:rsidRDefault="009A00E5" w:rsidP="00ED2C01">
+    </w:p>
+    <w:p w14:paraId="46758CB9" w14:textId="496EB29C" w:rsidR="009A00E5" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00602C50">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000731E9">
         <w:t>uthorised</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00602C50">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">fficer shall escort the prisoner to the prison gate and provide the following information to the discharging officer for verification: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0954C9F9" w14:textId="7C48E3B2" w:rsidR="00383F17" w:rsidRDefault="00383F17" w:rsidP="00A54777">
+    <w:p w14:paraId="0954C9F9" w14:textId="7C48E3B2" w:rsidR="00383F17" w:rsidRDefault="00383F17" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>a copy of the Prisoner Release Checklist</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A46096" w14:textId="38739F08" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="00A54777">
+    <w:p w14:paraId="26A46096" w14:textId="38739F08" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB3355">
         <w:t>a copy of the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t>s Sentence Summary Sheet from TOMS (if sentenced)</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1A29FF" w14:textId="520186CA" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="00A54777">
+    <w:p w14:paraId="0B1A29FF" w14:textId="520186CA" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve">copies of all Warrants of Commitment relating to the </w:t>
       </w:r>
       <w:r w:rsidR="00D73810" w:rsidRPr="00CB3355">
         <w:t>prisoner’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> current imprisonment (if sentenced)</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C9C467" w14:textId="26A5EDA2" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="00A54777">
+    <w:p w14:paraId="05C9C467" w14:textId="26A5EDA2" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve">opies of all completed </w:t>
       </w:r>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t>ail documents</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> where applicable</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28804FB4" w14:textId="520749EC" w:rsidR="009A00E5" w:rsidRDefault="00131A8B" w:rsidP="00A54777">
+    <w:p w14:paraId="28804FB4" w14:textId="520749EC" w:rsidR="009A00E5" w:rsidRDefault="00131A8B" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>copy of Client Identification Details</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5" w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for the prisoner to supply to</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5" w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> Centrelink to claim appropriate benefits</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5">
         <w:t>, where applicable</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>; and</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5" w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5ADA46" w14:textId="4322604D" w:rsidR="00083562" w:rsidRPr="00CB3355" w:rsidRDefault="00083562" w:rsidP="00A54777">
+    <w:p w14:paraId="2C5ADA46" w14:textId="4322604D" w:rsidR="00083562" w:rsidRPr="00CB3355" w:rsidRDefault="00083562" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t>ny monies d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ue to the prisoner upon release, where applicable. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCD4A66" w14:textId="77777777" w:rsidR="0095271D" w:rsidRDefault="00083562" w:rsidP="00ED2C01">
+    <w:p w14:paraId="1CCD4A66" w14:textId="77777777" w:rsidR="0095271D" w:rsidRDefault="00083562" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t xml:space="preserve">discharging </w:t>
       </w:r>
       <w:r w:rsidR="00914B7D">
         <w:t>officer</w:t>
       </w:r>
       <w:r w:rsidR="001C79A3">
         <w:t xml:space="preserve"> releasing the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5">
         <w:t>, shall</w:t>
       </w:r>
       <w:r w:rsidR="00104FB4">
         <w:t xml:space="preserve"> provide the prisoner with personal </w:t>
       </w:r>
       <w:r w:rsidR="00104FB4" w:rsidRPr="00DE42FE">
         <w:t>cash,</w:t>
       </w:r>
       <w:r w:rsidR="007B79CD" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> transport tickets and vo</w:t>
       </w:r>
       <w:r w:rsidR="00DC2ED7" w:rsidRPr="00DE42FE">
         <w:t>uc</w:t>
       </w:r>
       <w:r w:rsidR="007B79CD" w:rsidRPr="00DE42FE">
         <w:t>hers,</w:t>
       </w:r>
       <w:r w:rsidR="00104FB4" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> where</w:t>
       </w:r>
       <w:r w:rsidR="00104FB4">
         <w:t xml:space="preserve"> possible</w:t>
       </w:r>
       <w:r w:rsidR="007B79CD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001C79A3">
         <w:t xml:space="preserve"> at the gate</w:t>
       </w:r>
       <w:r w:rsidR="004241E9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E686C1A" w14:textId="3B03D348" w:rsidR="00093974" w:rsidRDefault="002E44E7" w:rsidP="00ED2C01">
+    <w:p w14:paraId="7E686C1A" w14:textId="3B03D348" w:rsidR="00093974" w:rsidRDefault="002E44E7" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>Where applicable</w:t>
       </w:r>
       <w:r w:rsidR="001A5D14">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the prisoner sh</w:t>
       </w:r>
       <w:r w:rsidR="001A5D14">
         <w:t>ould</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be reminded of their responsibilities relating to prohibited insignia subject to the </w:t>
       </w:r>
       <w:r w:rsidRPr="0095271D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Criminal Law (Unlawful Consorting and Prohibited Insignia) Act 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2997328A" w14:textId="1439755A" w:rsidR="00DC108E" w:rsidRDefault="00AA1BE1" w:rsidP="00ED2C01">
+    <w:p w14:paraId="2997328A" w14:textId="1439755A" w:rsidR="00DC108E" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t xml:space="preserve">discharging </w:t>
       </w:r>
       <w:r w:rsidR="00526BE1">
         <w:t>officer</w:t>
       </w:r>
       <w:r w:rsidR="001C79A3">
         <w:t xml:space="preserve"> releasing the prisoner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall only release the prisoner when satisfied all accompanying documentation is complete and legally correct.</w:t>
       </w:r>
       <w:r w:rsidR="006C6A01">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC16DFA" w14:textId="5B5D614D" w:rsidR="006C6A01" w:rsidRPr="003E5E6D" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc211845770"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc218064767"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Release from </w:t>
       </w:r>
       <w:r w:rsidR="00DC2ED7">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>ourt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="2DA4C146" w14:textId="77777777" w:rsidR="006C6A01" w:rsidRPr="003E5E6D" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc211845771"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc218064768"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>General Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="24976FC6" w14:textId="78FFAE51" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="24976FC6" w14:textId="78FFAE51" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The Movements Officer/Reception Officer shall prepare for the possible release of a prisoner </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">with no return order </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">from court custody in accordance with this </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t>COPP</w:t>
       </w:r>
       <w:r w:rsidR="00757125">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00993E3F" w:rsidRPr="00993E3F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 – Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00757125">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00A64FCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.2 – Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00604111">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A7D47F" w14:textId="7FC46F63" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
+    <w:p w14:paraId="60A7D47F" w14:textId="7FC46F63" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In accordance with this COPP and </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00287365">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 2.1 – Reception</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>Movements Officer/Reception Officer</w:t>
       </w:r>
       <w:r w:rsidR="00DC2ED7">
         <w:t xml:space="preserve"> or other authorised officer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall complete the Prisoner Release from Court Checklist generated from TOMS, </w:t>
       </w:r>
       <w:r w:rsidR="0062412D">
         <w:t xml:space="preserve">prior to </w:t>
       </w:r>
       <w:r w:rsidR="009560FD">
         <w:t xml:space="preserve">the prisoner’s </w:t>
       </w:r>
       <w:r w:rsidR="0062412D">
         <w:t xml:space="preserve">court appearance, </w:t>
       </w:r>
       <w:r>
         <w:t>ensuring any pre-release paperwork is signed by the prisoner (</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795">
         <w:t>ie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ANCOR reporting etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF49CC9" w14:textId="0B0C1FA6" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
+    <w:p w14:paraId="2AF49CC9" w14:textId="0B0C1FA6" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>Prisoners with a ANCOR TOMS alert, shall have the ANCOR notification and reporting documentation (P308) generated from TOMS</w:t>
       </w:r>
       <w:r w:rsidR="009560FD">
         <w:t>; this shall be</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> completed in accordance with this COPP</w:t>
       </w:r>
       <w:r w:rsidR="0062412D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> prior to the prisoner’s attendance </w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="2AE4FB60" w14:textId="0C6C6FB0" w:rsidR="00D31C12" w:rsidRPr="00AF7B9D" w:rsidRDefault="00D31C12" w:rsidP="00ED2C01">
+        <w:t xml:space="preserve"> prior to the prisoner’s attendance at court (with no return order) and held at the prison for action in the event the prisoner is released from court. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052F83E5" w14:textId="6C88D82B" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="052F83E5" w14:textId="1B125F76" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The prisoner shall be supplied the Reportable Offender’s Copy and the Important Information for Reportable Offender the morning of the court appearance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D9DE0F" w14:textId="74F45063" w:rsidR="008708E4" w:rsidRPr="007548E7" w:rsidRDefault="008708E4" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A reasonable amount of immediate release property may accompany the prisoner to court for possible release. This property may consist of identification cards, keys, bank cards or similar, sealed and sent in a small clear property </w:t>
       </w:r>
       <w:r w:rsidR="00211EF7">
         <w:t>bag with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009560FD">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>prisoner identification</w:t>
       </w:r>
       <w:r w:rsidR="00506AD0">
         <w:t xml:space="preserve"> and C220</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> attached. Immediate release property shall be prepared in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00287365">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 – Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E57E5F" w14:textId="489B0AC0" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
+    <w:p w14:paraId="09E57E5F" w14:textId="33B17F83" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="002E5BBD">
         <w:t xml:space="preserve">Contractor </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>shall release a prisoner, where there is no other lawful requirement to detain them</w:t>
       </w:r>
       <w:r w:rsidR="003128BE" w:rsidRPr="00DE42FE">
         <w:t>, and notify the prison to enable removal from TOMS.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00211EF7">
-[...3 lines deleted...]
-    <w:p w14:paraId="32B06EC0" w14:textId="52766CAB" w:rsidR="00211EF7" w:rsidRDefault="00211EF7" w:rsidP="00ED2C01">
+    </w:p>
+    <w:p w14:paraId="32B06EC0" w14:textId="52766CAB" w:rsidR="00211EF7" w:rsidRDefault="00211EF7" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Hlk88736561"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk88736561"/>
       <w:r>
         <w:t xml:space="preserve">In circumstances where </w:t>
       </w:r>
       <w:r w:rsidR="00E03C32" w:rsidRPr="003A5E3C">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003A5E3C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C836D3" w:rsidRPr="003A5E3C">
         <w:t>remand</w:t>
       </w:r>
       <w:r w:rsidR="00C836D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prisoner has attended court in person with a return order and all matters are dealt with by the court, the court custody officers shall notify the prison</w:t>
       </w:r>
       <w:r w:rsidR="00E03C32">
         <w:t xml:space="preserve"> requesting authority to release</w:t>
       </w:r>
       <w:r w:rsidR="0017747E">
         <w:t xml:space="preserve"> in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
@@ -8731,1594 +8499,1585 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.3 – Conducting </w:t>
         </w:r>
         <w:r w:rsidR="002E5BBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>E</w:t>
         </w:r>
         <w:r w:rsidR="0017747E" w:rsidRPr="0017747E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23681562" w14:textId="77777777" w:rsidR="001C69E9" w:rsidRPr="003E5E6D" w:rsidRDefault="001C69E9" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc211845772"/>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc218064769"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:r w:rsidR="00C75FFC" w:rsidRPr="003E5E6D">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000A791B" w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">elease </w:t>
       </w:r>
       <w:r w:rsidR="00C75FFC" w:rsidRPr="003E5E6D">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>onsiderations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="6B092126" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc14937867"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc211845773"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc14937867"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc19884630"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc218064770"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Bail release</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="584992C2" w14:textId="37486571" w:rsidR="008B76AA" w:rsidRPr="008B76AA" w:rsidRDefault="00604111" w:rsidP="007224BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Remand prisoners may be released on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64FCC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">after confirmation </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D7B">
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the conditions relating to release </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">on bail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have been satisfied. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B2537F" w14:textId="0242C344" w:rsidR="006D5978" w:rsidRDefault="00604111" w:rsidP="007224BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Release on bail is subject to the defendant</w:t>
+      </w:r>
+      <w:r w:rsidR="00A648EF">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>s own undertaking and the undertaking of a surety when stipulated by a court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254CB0F0" w14:textId="0B2CC0E5" w:rsidR="00E6380C" w:rsidRPr="00E5383C" w:rsidRDefault="00E6380C" w:rsidP="007224BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3586">
+        <w:t>In the event of a bail release after hours</w:t>
+      </w:r>
+      <w:r w:rsidR="004F542A">
+        <w:t>, requiring a Form 6 to be completed,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3586">
+        <w:t xml:space="preserve"> section 3 of the Prisoner Release Checklist shall be delegated to a Senior Officer, or suitably experienced Prison Officer for completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE79B7A" w14:textId="0AF67928" w:rsidR="008E3586" w:rsidRPr="008E3586" w:rsidRDefault="00E35769" w:rsidP="007224BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Superintendent/OIC (cannot be delegated)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1075">
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">authorise </w:t>
+      </w:r>
+      <w:r w:rsidR="009560FD">
+        <w:t xml:space="preserve">bail </w:t>
+      </w:r>
+      <w:r>
+        <w:t>undertakings</w:t>
+      </w:r>
+      <w:r w:rsidR="00360134">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B64DA">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r>
+        <w:t>signing the</w:t>
+      </w:r>
+      <w:r w:rsidR="006B64DA">
+        <w:t xml:space="preserve"> Certificate to Authorise Release</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Form 6 on TOMS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B53E68" w14:textId="2D1B98BB" w:rsidR="00604111" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc14937868"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc19884631"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc218064771"/>
+      <w:r w:rsidRPr="003E5E6D">
+        <w:t>Release to home detention bail</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
-    </w:p>
-[...152 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="32"/>
-      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidR="000C4C77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60866916" w14:textId="4E27C557" w:rsidR="005E6F50" w:rsidRPr="00AF7B9D" w:rsidRDefault="005E6F50" w:rsidP="005E6F50">
+    <w:p w14:paraId="2FB4157C" w14:textId="211FD6AE" w:rsidR="002C6474" w:rsidRDefault="002C6474" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="6D40C9E6" w14:textId="366A866F" w:rsidR="00203D76" w:rsidRPr="00203D76" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The electronic monitoring bracelet does not need to be fitted prior to release.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D40C9E6" w14:textId="366A866F" w:rsidR="00203D76" w:rsidRPr="00203D76" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:t xml:space="preserve">During office hours, prisoners shall </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">be released in accordance with this </w:t>
       </w:r>
       <w:r w:rsidRPr="00395BE4">
         <w:t>COPP</w:t>
       </w:r>
       <w:r w:rsidR="006F61DF">
         <w:t xml:space="preserve"> and in consultation with the relevant</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t xml:space="preserve"> Adult Community Corrections</w:t>
       </w:r>
       <w:r w:rsidR="006F61DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006F61DF">
         <w:t>ACC</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006F61DF">
         <w:t xml:space="preserve"> centre</w:t>
       </w:r>
       <w:r w:rsidR="00D55073">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE173A0" w14:textId="197F65AF" w:rsidR="00604111" w:rsidRPr="00604111" w:rsidRDefault="009B03B6" w:rsidP="00ED2C01">
+    <w:p w14:paraId="2EE173A0" w14:textId="197F65AF" w:rsidR="00604111" w:rsidRPr="00604111" w:rsidRDefault="009B03B6" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">After </w:t>
       </w:r>
       <w:r w:rsidR="00D55073">
         <w:t>office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> hours, t</w:t>
       </w:r>
       <w:r w:rsidR="0064701F">
         <w:t>he Superintendent/OIC shall contact the ACC After-Hours Manager (AHM)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1D98DE" w14:textId="017EFCA4" w:rsidR="00604111" w:rsidRPr="00AF7B9D" w:rsidRDefault="00604111" w:rsidP="00A54777">
+    <w:p w14:paraId="1A1D98DE" w14:textId="28EF7A55" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F532A8">
         <w:t>confirm ACC are aware of the prisoner</w:t>
       </w:r>
-      <w:r w:rsidR="003171DF" w:rsidRPr="00AF7B9D">
+      <w:r w:rsidR="003171DF" w:rsidRPr="00F532A8">
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF7B9D">
-[...8 lines deleted...]
-      <w:r w:rsidR="00A45AB5" w:rsidRPr="00AF7B9D">
+      <w:r w:rsidRPr="00F532A8">
+        <w:t>s release</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059B48DF" w14:textId="0E3D2D9F" w:rsidR="00D81409" w:rsidRPr="00AF7B9D" w:rsidRDefault="00D81409" w:rsidP="00A54777">
+    <w:p w14:paraId="7C7E4B05" w14:textId="14925FF9" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="7C7E4B05" w14:textId="14925FF9" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00A54777">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F532A8">
+        <w:t>enquire or clarify any issues with the release documentation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45AB5">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1410FEDF" w14:textId="02150EFD" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
-        <w:t>enquire or clarify any issues with the release documentation</w:t>
+        <w:t xml:space="preserve">obtain any instructions from the AHM (confirmed by email) that need to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A648EF" w:rsidRPr="00F532A8">
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F532A8">
+        <w:t>communicated to the prisoner prior to release</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1410FEDF" w14:textId="02150EFD" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00A54777">
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0E74D2" w14:textId="38903BD4" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
-        <w:t xml:space="preserve">obtain any instructions from the AHM (confirmed by email) that need to </w:t>
-[...5 lines deleted...]
-        <w:t>communicated to the prisoner prior to release</w:t>
+        <w:t>if AHM is not able to provide these instructions by email</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55073" w:rsidRPr="00F532A8">
+        <w:t>, record the directions and verbally confirm with the AHM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31582F46" w14:textId="4C67F4C3" w:rsidR="00A8531A" w:rsidRPr="00A8531A" w:rsidRDefault="00604111" w:rsidP="007224BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t>The Superintendent/OIC shall ensure the prison’s after hours contact list reflects the current AHM mobile telephone number as advised.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568AE82F" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc14937869"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc19884632"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc218064772"/>
+      <w:r w:rsidRPr="003E5E6D">
+        <w:t>Release on appeal</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="1EC5DBDA" w14:textId="70E6FA45" w:rsidR="00784B5B" w:rsidRPr="00784B5B" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">On advice from the Supreme Court </w:t>
+      </w:r>
+      <w:r w:rsidR="0077723F">
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">a sentenced prisoner has been granted bail or is to be released as a result of an </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9646C">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">ppeal, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B03B6">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55073">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="000731E9">
+        <w:t xml:space="preserve">uthorised </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55073">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="009B03B6">
+        <w:t>fficer</w:t>
+      </w:r>
+      <w:r w:rsidR="009B03B6" w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9646C">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> request written confirmation from the </w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
-        <w:t>; and</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B0E74D2" w14:textId="38903BD4" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00A54777">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t>ourt</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9646C">
+        <w:t xml:space="preserve"> via the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> Judge’s Associate specifying the conditions, if </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5EC4" w:rsidRPr="00604111">
+        <w:t>any.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB42180" w14:textId="743ED3AB" w:rsidR="00784B5B" w:rsidRPr="00784B5B" w:rsidRDefault="009D5EC4" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55073">
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="000731E9">
+        <w:t>uthorised</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55073">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t>fficer, on receipt of the signed order or email, shall compare the court reference numbers with the copies of warrants held at the prison and follow up any discrepancies with the court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F695F4" w14:textId="720A220B" w:rsidR="00784B5B" w:rsidRPr="00784B5B" w:rsidRDefault="00D55073" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55073">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00D55073">
+        <w:t>uring</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t>hours</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the Authorised Officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> shall confirm the charge numbers </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41FEE">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A45AB5">
+        <w:t>Sentence Information Unit (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D7B">
+        <w:t>SIU</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45AB5">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. The OIC, in consultation with the Superintendent shall complete this outside of office hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE0C1A1" w14:textId="468E9067" w:rsidR="009D5EC4" w:rsidRPr="009D5EC4" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t>The prisoner may be released following confirmation</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55073">
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FA3FE6" w14:textId="18AFA997" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
-        <w:t>if AHM is not able to provide these instructions by email</w:t>
-[...170 lines deleted...]
-    <w:p w14:paraId="41FA3FE6" w14:textId="18AFA997" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00A54777">
+        <w:t>the reference numbers on the appeal documents and existing warrants coincide</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77D3B">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38721F1D" w14:textId="6AA78D13" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
-        <w:t>the reference numbers on the appeal documents and existing warrants coincide</w:t>
+        <w:t>no new warrants of commitment exist (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3795" w:rsidRPr="00F532A8">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F532A8">
+        <w:t xml:space="preserve"> fines warrants)</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38721F1D" w14:textId="6AA78D13" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00A54777">
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D207D18" w14:textId="49D49A83" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...25 lines deleted...]
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>bail conditions of any current remand warrants for outstanding charges have been satisfied</w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t xml:space="preserve"> the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00F532A8">
-        <w:t xml:space="preserve"> is not serving a separate term of imprisonment on other charges, where the term has not yet expired</w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> is not serving a separate term of imprisonment on other charges, where the term has not yet expired.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326BC83A" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc14937870"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc211845776"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc14937870"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc19884633"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc218064773"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Release to parole</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="2B242F7D" w14:textId="557CAAB8" w:rsidR="003E7CC5" w:rsidRPr="00DE42FE" w:rsidRDefault="00FE4A00" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t>hen a prisoner is being released to parole</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Authorised</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t>fficer</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> shall apply the requirements in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00604111" w:rsidRPr="00FE4A00">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 14.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FE4A00">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidR="00604111" w:rsidRPr="00FE4A00">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> – Parole Applications</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006F61DF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="006F61DF" w:rsidRPr="00DE42FE">
+        <w:t>where applicable, in consultation with the relevant ACC centre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0556CB5D" w14:textId="0ABAA2EE" w:rsidR="00604111" w:rsidRPr="00DE42FE" w:rsidRDefault="00A648EF" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc218064774"/>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t>Immigration</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="34E7E0AF" w14:textId="759ECA11" w:rsidR="00CB7D7B" w:rsidRPr="00CB7D7B" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4A00" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">Authorised Officer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">shall advise </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12D48" w:rsidRPr="00DE42FE">
+        <w:t>Department of Home Affairs (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t>DHA</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12D48" w:rsidRPr="00DE42FE">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4A00" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12D48" w:rsidRPr="00DE42FE">
+        <w:t>at a minimum of two weeks</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77D3B" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">prior to a prisoner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="005554D8" w:rsidRPr="00DE42FE">
+        <w:t>release if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> there is a</w:t>
+      </w:r>
+      <w:r w:rsidR="000731E9" w:rsidRPr="00DE42FE">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A648EF" w:rsidRPr="00DE42FE">
+        <w:t>immigration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> alert.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540020D2" w14:textId="0D597697" w:rsidR="00203D76" w:rsidRPr="00203D76" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t>DHA shall arrange with the prison for the collection of prisoners who require deportation or holding in immigration detention on the day of their release.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DC3892" w14:textId="77777777" w:rsidR="00932255" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc14937872"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc19884635"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc218064775"/>
+      <w:r w:rsidRPr="001C69E9">
+        <w:t>Extradition</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
-    </w:p>
-    <w:p w14:paraId="2B242F7D" w14:textId="4F6A6AB7" w:rsidR="003E7CC5" w:rsidRPr="00AF7B9D" w:rsidRDefault="00FE4A00" w:rsidP="00ED2C01">
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="7C1DA78D" w14:textId="77777777" w:rsidR="0077723F" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...165 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t>Extradition occurs by way of an order from the Magistrates Court.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6B6E17" w14:textId="63D46DA5" w:rsidR="003E7CC5" w:rsidRPr="003E7CC5" w:rsidRDefault="00383F17" w:rsidP="00ED2C01">
+    <w:p w14:paraId="1B6B6E17" w14:textId="63D46DA5" w:rsidR="003E7CC5" w:rsidRPr="003E7CC5" w:rsidRDefault="00383F17" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">Prisons shall ensure there are no outstanding warrants or breaches that shall require </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the prisoner </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>to remain in custody</w:t>
       </w:r>
       <w:r w:rsidRPr="009B03B6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE4A00">
         <w:t>before extradition occurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316BB621" w14:textId="65ED5217" w:rsidR="00604111" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+    <w:p w14:paraId="316BB621" w14:textId="65ED5217" w:rsidR="00604111" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>PF</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> shall make arrangements regarding escorts and travel for extradited prisoners.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EB79891" w14:textId="4F2F2F06" w:rsidR="00CF04B0" w:rsidRDefault="00CF04B0" w:rsidP="00CF04B0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc211845779"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc218064776"/>
       <w:r>
         <w:t>International or interstate transfers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="602BEBD1" w14:textId="1ED18608" w:rsidR="00CF04B0" w:rsidRPr="00CF04B0" w:rsidRDefault="00BB3D0A" w:rsidP="00CF04B0">
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="602BEBD1" w14:textId="1ED18608" w:rsidR="00CF04B0" w:rsidRPr="00CF04B0" w:rsidRDefault="00BB3D0A" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>For</w:t>
       </w:r>
       <w:r w:rsidR="00CF04B0">
         <w:t xml:space="preserve"> international and interstate transfers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of prisoners</w:t>
       </w:r>
       <w:r w:rsidR="00CF04B0">
         <w:t xml:space="preserve">, refer </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00CF04B0" w:rsidRPr="00C77D3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>to COPP 2.3 – Assessments and Sentence Management</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CF04B0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F1A22C" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc14937873"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="48" w:name="_Toc211845780"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc14937873"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc19884636"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc218064777"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t>Freedom without supervision</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="5E495664" w14:textId="42E427CF" w:rsidR="00784B5B" w:rsidRPr="00784B5B" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">Prisoners reaching their </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77D3B">
+        <w:t>MAX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> cannot be held in custody if no other warrants or orders are held by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0065710B" w:rsidRPr="00604111">
+        <w:t>prison</w:t>
+      </w:r>
+      <w:r w:rsidR="0065710B">
+        <w:t xml:space="preserve"> unless</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0195">
+        <w:t xml:space="preserve"> they are undergoing punishment</w:t>
+      </w:r>
+      <w:r w:rsidR="00406DA3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0195">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089095FA" w14:textId="513206DE" w:rsidR="001B29EF" w:rsidRPr="001B29EF" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="004F542A">
+        <w:t>Authorised</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> Officer shall conduct a check of the hard copy documents and TOMS to ensure no outstanding warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="0065710B">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> or order</w:t>
+      </w:r>
+      <w:r w:rsidR="0065710B">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> exist prior</w:t>
+      </w:r>
+      <w:r w:rsidR="004F542A">
+        <w:t xml:space="preserve"> to adding the prisoner to the T&amp;D sheet for release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67934D0D" w14:textId="035E21D2" w:rsidR="00B43295" w:rsidRPr="00B43295" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">Prisoners granted early </w:t>
+      </w:r>
+      <w:r w:rsidR="0065710B">
+        <w:t xml:space="preserve">release </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">shall have their </w:t>
+      </w:r>
+      <w:r w:rsidR="005003C1">
+        <w:t>date of release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> reduced by the number of days approved. Once entered by the SIU, the approved date of release shall be indicated on TOMS as </w:t>
+      </w:r>
+      <w:r w:rsidR="0065710B">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t>EDR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A425456" w14:textId="6BB5D593" w:rsidR="00B43295" w:rsidRPr="00B43295" w:rsidRDefault="009D270E" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve">The Superintendent shall commence a prosecution in a court of summary jurisdiction and deliver the prisoner into the custody of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01EBB">
+        <w:t xml:space="preserve">WA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t>police officer if a charge of an aggravated prison offence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64FCC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> is laid against a prisoner due for release. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD5D1BF" w14:textId="324D86D6" w:rsidR="00060C04" w:rsidRPr="00060C04" w:rsidRDefault="00060C04" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc218064778"/>
+      <w:r w:rsidRPr="001C69E9">
+        <w:t>Prisoners undergoing punishment</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="7D365769" w14:textId="7768FEB1" w:rsidR="00B43295" w:rsidRPr="00B43295" w:rsidRDefault="00E85E01" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve">risoners due for release </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve">undergoing </w:t>
+      </w:r>
+      <w:r w:rsidR="00321925" w:rsidRPr="00604111">
+        <w:t>punishment shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> be managed in accordance with legislation</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00A64FCC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidR="00537783">
+        <w:t xml:space="preserve"> and shall not be release</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05B74">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00537783">
+        <w:t xml:space="preserve"> prior to the end of the period of punishment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E68215" w14:textId="2BB14521" w:rsidR="00B43295" w:rsidRPr="00B43295" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00604111">
+        <w:t>Unpaid restitution at the time of a prisoner’s release shall remain and may be re-instated on any subsequent imprisonment</w:t>
+      </w:r>
+      <w:r w:rsidR="00151B10">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8EE595" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="00DE42FE" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc14937875"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc19884638"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc218064779"/>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t>Release of fine defaulters</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
-    </w:p>
-    <w:p w14:paraId="5E495664" w14:textId="42E427CF" w:rsidR="00784B5B" w:rsidRPr="00784B5B" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w14:paraId="14D07986" w14:textId="2CB5B82F" w:rsidR="00784B5B" w:rsidRPr="00DE42FE" w:rsidRDefault="009B03B6" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">prisoner serving a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27259" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">warrant of commitment or expiation order for </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
+        <w:t>fines</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> may have their fines paid to have them released</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04B0" w:rsidRPr="00DE42FE">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004565F9" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> providing there are no </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04B0" w:rsidRPr="00DE42FE">
+        <w:t>outs</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04B0" w:rsidRPr="00DE42FE">
+        <w:t>anding warrants</w:t>
+      </w:r>
+      <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">. Prisons shall manage the payment of fines in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 12.7 – Warrants</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F13A27" w14:textId="25B48E3E" w:rsidR="001232E0" w:rsidRPr="001232E0" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
-        <w:t xml:space="preserve">Prisoners reaching their </w:t>
-[...56 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Prisoners who do not arrange to have their fines paid to secure their release shall be managed in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00C73463">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 12.7 – Warrants</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00604111">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67934D0D" w14:textId="035E21D2" w:rsidR="00B43295" w:rsidRPr="00B43295" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">The Superintendent shall commence a prosecution in a court of summary jurisdiction and deliver the prisoner into the custody of a </w:t>
+    <w:p w14:paraId="66E22B2A" w14:textId="03B1FA51" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Toc14937876"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc19884639"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc218064780"/>
+      <w:r w:rsidRPr="001C69E9">
+        <w:t>Release to</w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
-        <w:t xml:space="preserve">WA </w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="_Toc211845781"/>
+        <w:t xml:space="preserve"> WA</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41FEE">
+        <w:t>PF</w:t>
+      </w:r>
       <w:r w:rsidRPr="001C69E9">
-        <w:t>Prisoners undergoing punishment</w:t>
-[...60 lines deleted...]
-        <w:t>Release of fine defaulters</w:t>
+        <w:t xml:space="preserve"> custody</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="14D07986" w14:textId="2CB5B82F" w:rsidR="00784B5B" w:rsidRPr="00DE42FE" w:rsidRDefault="009B03B6" w:rsidP="00ED2C01">
+    <w:p w14:paraId="54766655" w14:textId="78D08E34" w:rsidR="00354527" w:rsidRPr="00354527" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...96 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The Superintendent/OIC shall approve special prior arrangements to </w:t>
       </w:r>
       <w:r w:rsidR="00537783">
         <w:t>enable</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00537783">
         <w:t>PF to detain a prisoner</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> on release</w:t>
       </w:r>
       <w:r w:rsidR="0065710B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>undertaken within the legislated police powers of Western Australia and the Commonwealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706E2D54" w14:textId="1CD8A78D" w:rsidR="00F83921" w:rsidRPr="00F83921" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+    <w:p w14:paraId="706E2D54" w14:textId="1CD8A78D" w:rsidR="00F83921" w:rsidRPr="00F83921" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0065710B">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000731E9">
         <w:t>uthorised</w:t>
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065710B">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>fficer shall handover all release documentation and prisoner property to th</w:t>
       </w:r>
       <w:r w:rsidR="00537783">
         <w:t>e prisoner on release</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D318542" w14:textId="11D7EC80" w:rsidR="00604111" w:rsidRPr="00C77D3B" w:rsidRDefault="00402A17" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc211845784"/>
-      <w:bookmarkStart w:id="57" w:name="_Hlk88211377"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc218064781"/>
+      <w:bookmarkStart w:id="54" w:name="_Hlk88211377"/>
       <w:r w:rsidRPr="00C77D3B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>High Risk Serious Offenders Act 2020</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="461CD1C8" w14:textId="6FE90C1D" w:rsidR="00F83921" w:rsidRPr="00AF7B9D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="461CD1C8" w14:textId="6FE90C1D" w:rsidR="00F83921" w:rsidRPr="00F83921" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">A prisoner may be released to a community supervision order issued under </w:t>
       </w:r>
       <w:r w:rsidR="00395BE4">
         <w:t>legislation</w:t>
       </w:r>
       <w:r w:rsidR="00406DA3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00395BE4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> provided no other imprisonment orders or </w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">emand </w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
-        <w:t xml:space="preserve">arrants </w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="69E19F7C" w14:textId="77777777" w:rsidR="00047C0F" w:rsidRPr="00AF7B9D" w:rsidRDefault="00047C0F" w:rsidP="00047C0F">
+        <w:t>arrants exist.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="_Toc14937878"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc19884641"/>
+    </w:p>
+    <w:p w14:paraId="10CFB0AD" w14:textId="3099A968" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="005C2357" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00537783">
+        <w:t>ACC</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6352">
+        <w:t xml:space="preserve"> via the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D528A" w:rsidRPr="004D528A">
+        <w:t xml:space="preserve">Community Offender Monitoring Unit </w:t>
+      </w:r>
+      <w:r w:rsidR="004D528A">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6352">
+        <w:t>COMU</w:t>
+      </w:r>
+      <w:r w:rsidR="004D528A">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> shall liaise with the relevant prison for the purpose of organising </w:t>
+      </w:r>
+      <w:r w:rsidR="000169B3">
+        <w:t xml:space="preserve">the prisoner’s </w:t>
+      </w:r>
+      <w:r>
+        <w:t>release and travel arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2F00">
+        <w:t xml:space="preserve"> (telephone: 9264 6419)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="4B91C2B5" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc14937879"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="_Toc211845785"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc14937879"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc19884642"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc218064782"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="001C69E9">
+        <w:t>Release following court appearance via video-link</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
-      <w:r w:rsidRPr="001C69E9">
-[...6 lines deleted...]
-    <w:p w14:paraId="574FC872" w14:textId="77777777" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+    </w:p>
+    <w:p w14:paraId="574FC872" w14:textId="77777777" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The release of prisoners following a court appearance via video-link shall be in accordance with this </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t>COPP</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="_Toc14937880"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc14937880"/>
       <w:r w:rsidR="00024E77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A721B8D" w14:textId="08D657F9" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc19884643"/>
-      <w:bookmarkStart w:id="65" w:name="_Toc211845786"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc19884643"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc218064783"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t xml:space="preserve">Release from external </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t>unit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidR="00E05B74">
         <w:t xml:space="preserve"> (excluding workcamps)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="013AC6DC" w14:textId="19DAA75E" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="013AC6DC" w14:textId="4F33EB20" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>Authorised O</w:t>
       </w:r>
       <w:r w:rsidR="0027341A">
         <w:t>fficer</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> shall liaise with </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>PF</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00300D0D" w:rsidRPr="00E60023">
         <w:t>Escorting Officers</w:t>
       </w:r>
       <w:r w:rsidR="00300D0D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> supervising the prisoner </w:t>
       </w:r>
       <w:r w:rsidR="00ED2F00">
         <w:t>at the relevant police lock-up or medical</w:t>
       </w:r>
       <w:r w:rsidR="00D574B5">
         <w:t>/mental health</w:t>
       </w:r>
       <w:r w:rsidR="00ED2F00">
         <w:t xml:space="preserve"> facility </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
-        <w:t>to ensure all release procedures are followed, when a prisoner is due for release.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01D6C2B1" w14:textId="02B26D9A" w:rsidR="00D854C6" w:rsidRPr="008E1C94" w:rsidRDefault="00D41FEE" w:rsidP="00ED2C01">
+        <w:t xml:space="preserve">to ensure all release procedures are </w:t>
+      </w:r>
+      <w:r w:rsidR="005554D8" w:rsidRPr="00604111">
+        <w:t>followed when</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604111">
+        <w:t xml:space="preserve"> a prisoner is due for release.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D6C2B1" w14:textId="02B26D9A" w:rsidR="00D854C6" w:rsidRPr="008E1C94" w:rsidRDefault="00D41FEE" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t>rior to release</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t xml:space="preserve"> shall ensure the prisoner signs the relevant release documents, </w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00E60023">
         <w:t>as required</w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB" w:rsidRPr="00E60023">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00E60023">
         <w:t xml:space="preserve"> and subsequently provides all relevant documentation to the </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB" w:rsidRPr="00E60023">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="009119CA" w:rsidRPr="00E60023">
         <w:t>PF</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00E60023">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00300D0D" w:rsidRPr="00E60023">
         <w:t>Escorting Officers</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00E60023">
         <w:t xml:space="preserve"> supervising</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t xml:space="preserve"> the prisoner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C659564" w14:textId="396F0ABC" w:rsidR="00024E77" w:rsidRPr="009D0CE4" w:rsidRDefault="00F84E3F" w:rsidP="00406DA3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc211845787"/>
-      <w:bookmarkStart w:id="67" w:name="_Hlk87514180"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc218064784"/>
+      <w:bookmarkStart w:id="64" w:name="_Hlk87514180"/>
       <w:r>
         <w:t xml:space="preserve">Custodial </w:t>
       </w:r>
       <w:r w:rsidR="00882407">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00024E77">
         <w:t>rders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="63"/>
     </w:p>
     <w:p w14:paraId="04673007" w14:textId="05016536" w:rsidR="00F84E3F" w:rsidRPr="00471B16" w:rsidRDefault="00024E77" w:rsidP="00406DA3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc211845788"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc218064785"/>
       <w:r w:rsidRPr="00A01661">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Criminal Law (Mentally </w:t>
       </w:r>
       <w:r w:rsidR="00C3310F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Impairment</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01661">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">) Act </w:t>
       </w:r>
       <w:r w:rsidR="00C3310F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidR="00C3310F" w:rsidRPr="00A01661">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BB20A2" w14:textId="77777777" w:rsidR="00BB048E" w:rsidRDefault="00F84E3F" w:rsidP="00406DA3">
+    <w:p w14:paraId="40BB20A2" w14:textId="77777777" w:rsidR="00BB048E" w:rsidRDefault="00F84E3F" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00950E44">
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r>
         <w:t>accord</w:t>
       </w:r>
       <w:r w:rsidR="00471B16">
         <w:t>ance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:r w:rsidR="00EF41F2">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00EF41F2" w:rsidRPr="00ED0BEC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Criminal Law (</w:t>
@@ -10349,374 +10108,369 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(the CLMI Act) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">2023 </w:t>
       </w:r>
       <w:r w:rsidR="00EF41F2" w:rsidRPr="00224A74">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r w:rsidR="00950E44" w:rsidRPr="00950E44">
         <w:t xml:space="preserve"> a person in custody may be made an involuntary patient and placed on a custodial order</w:t>
       </w:r>
       <w:r w:rsidR="00BB048E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EC1A60" w14:textId="3602E28C" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00406DA3">
+    <w:p w14:paraId="03EC1A60" w14:textId="3602E28C" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00950E44">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB048E">
         <w:t xml:space="preserve">A custodial order in accordance with the CLMI Act </w:t>
       </w:r>
       <w:r w:rsidRPr="00950E44">
         <w:t>may include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096AF5D8" w14:textId="2FD12BB8" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00406DA3">
+    <w:p w14:paraId="096AF5D8" w14:textId="2FD12BB8" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>an order remanding an accused in custody;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46984A54" w14:textId="1096F2EE" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00406DA3">
+    <w:p w14:paraId="46984A54" w14:textId="1096F2EE" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a hospital order under which a person is in custody </w:t>
       </w:r>
       <w:r w:rsidR="00BB048E">
         <w:t xml:space="preserve">if an accused has been refused bail under the </w:t>
       </w:r>
       <w:r w:rsidR="00BB048E" w:rsidRPr="00BB048E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bail Act 1982</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DE550A" w14:textId="2FF0D027" w:rsidR="00303D70" w:rsidRDefault="00303D70" w:rsidP="00406DA3">
+    <w:p w14:paraId="54DE550A" w14:textId="2FF0D027" w:rsidR="00303D70" w:rsidRDefault="00303D70" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>a custody order or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477756F1" w14:textId="0553EB93" w:rsidR="00303D70" w:rsidRPr="00ED0BEC" w:rsidRDefault="00303D70" w:rsidP="00406DA3">
+    <w:p w14:paraId="477756F1" w14:textId="0553EB93" w:rsidR="00303D70" w:rsidRPr="00ED0BEC" w:rsidRDefault="00303D70" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
+        <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>an interim or extended custody order.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4B49D8" w14:textId="6E58A77D" w:rsidR="00EF41F2" w:rsidRDefault="00950E44" w:rsidP="00406DA3">
+    <w:p w14:paraId="3F4B49D8" w14:textId="6E58A77D" w:rsidR="00EF41F2" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00303D70">
         <w:t xml:space="preserve">A custody order is an order that a person be detained in custody at a place determined by the </w:t>
       </w:r>
       <w:r w:rsidR="00BB6820">
         <w:t xml:space="preserve"> Mental Impairment Review </w:t>
       </w:r>
       <w:r w:rsidR="00303D70">
         <w:t>Tribunal</w:t>
       </w:r>
       <w:r w:rsidR="00BB6820">
         <w:t xml:space="preserve"> (the Tribunal)</w:t>
       </w:r>
       <w:r w:rsidR="00471B16">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4899C5F9" w14:textId="4631EEC2" w:rsidR="00471B16" w:rsidRDefault="00471B16" w:rsidP="00406DA3">
+    <w:p w14:paraId="4899C5F9" w14:textId="4631EEC2" w:rsidR="00471B16" w:rsidRDefault="00471B16" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="1134" w:hanging="708"/>
+        <w:ind w:left="709" w:hanging="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00471B16">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Tribunal </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or the Court </w:t>
       </w:r>
       <w:r w:rsidRPr="00471B16">
         <w:t>may at any time issue an order to release a CLMI prisoner, subject to legislation</w:t>
       </w:r>
       <w:r w:rsidR="007E4A2A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r w:rsidRPr="00471B16">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5119B350" w14:textId="6BF3F820" w:rsidR="00471B16" w:rsidRPr="00AF7B9D" w:rsidRDefault="00471B16" w:rsidP="00406DA3">
+    <w:p w14:paraId="5119B350" w14:textId="6BF3F820" w:rsidR="00471B16" w:rsidRPr="00406DA3" w:rsidRDefault="00471B16" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="1134" w:hanging="708"/>
+        <w:ind w:left="709" w:hanging="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
-        <w:t xml:space="preserve">The prisoner may only be released on the date specified in the order and in accordance with the release order, providing no other warrants or orders </w:t>
-[...10 lines deleted...]
-        <w:t>The authorised officer shall check TOMS to determine if the prisoner has an EM alert (refer to section 4.6).</w:t>
+        <w:t>The prisoner may only be released on the date specified in the order and in accordance with the release order, providing no other warrants or orders exist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364546F3" w14:textId="14118026" w:rsidR="00471B16" w:rsidRPr="00406DA3" w:rsidRDefault="00471B16" w:rsidP="00406DA3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc211845789"/>
-      <w:bookmarkStart w:id="70" w:name="_Hlk88653686"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc218064786"/>
+      <w:bookmarkStart w:id="67" w:name="_Hlk88653686"/>
       <w:r w:rsidRPr="00406DA3">
         <w:t>Hospital Orders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="32C3D728" w14:textId="62A8B3AF" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="00471B16" w:rsidP="00406DA3">
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="32C3D728" w14:textId="62A8B3AF" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="00471B16" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:t>A hospital order may be</w:t>
       </w:r>
       <w:r w:rsidR="009A25A6" w:rsidRPr="00406DA3">
         <w:t xml:space="preserve"> made by a court in accordance with</w:t>
       </w:r>
       <w:r w:rsidR="005D6FDB" w:rsidRPr="00406DA3">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="009A25A6" w:rsidRPr="00406DA3">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5FC78C" w14:textId="03DE231F" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00406DA3">
+    <w:p w14:paraId="2C5FC78C" w14:textId="03DE231F" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:ind w:left="993"/>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mental Health Act 2014</w:t>
       </w:r>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r w:rsidR="00406DA3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A0702F" w14:textId="241CC411" w:rsidR="00471B16" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00406DA3">
+    <w:p w14:paraId="68A0702F" w14:textId="241CC411" w:rsidR="00471B16" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:ind w:left="993"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Criminal Law (Mental Impairment) Act 2023</w:t>
       </w:r>
       <w:r w:rsidR="005D6FDB" w:rsidRPr="00406DA3">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
       <w:r w:rsidR="00406DA3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7664353B" w14:textId="6E8039FA" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="00406DA3">
-[...1 lines deleted...]
-        <w:ind w:left="360"/>
+    <w:p w14:paraId="7664353B" w14:textId="6E8039FA" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="00C8093D">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mental Health Act 2014</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466C3714" w14:textId="4299946E" w:rsidR="00EF41F2" w:rsidRPr="00406DA3" w:rsidRDefault="00EF41F2" w:rsidP="00406DA3">
+    <w:p w14:paraId="466C3714" w14:textId="4299946E" w:rsidR="00EF41F2" w:rsidRPr="00406DA3" w:rsidRDefault="00EF41F2" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:t xml:space="preserve">Prisoners on a </w:t>
       </w:r>
       <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00406DA3">
         <w:t xml:space="preserve">ospital </w:t>
       </w:r>
       <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00406DA3">
         <w:t>rder</w:t>
       </w:r>
       <w:r w:rsidR="005D6FDB" w:rsidRPr="00406DA3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0047722E" w:rsidRPr="00406DA3">
         <w:t>and made an involuntary patient</w:t>
       </w:r>
       <w:r w:rsidR="008B6F0B" w:rsidRPr="00406DA3">
         <w:t xml:space="preserve"> cannot be held in prison if no other warrants or imprisonment orders are held by the prison and shall be discharged </w:t>
       </w:r>
       <w:r w:rsidR="00B95835" w:rsidRPr="00406DA3">
         <w:t>from</w:t>
       </w:r>
       <w:r w:rsidR="008B6F0B" w:rsidRPr="00406DA3">
         <w:t xml:space="preserve"> TOMS once the prison has been formally notified of the </w:t>
       </w:r>
       <w:r w:rsidR="00C73463" w:rsidRPr="00406DA3">
         <w:t>hospital order</w:t>
       </w:r>
       <w:r w:rsidR="00471B16" w:rsidRPr="00406DA3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:p w14:paraId="7B8074E9" w14:textId="14974E6F" w:rsidR="008B6F0B" w:rsidRPr="00406DA3" w:rsidRDefault="008B6F0B" w:rsidP="00ED2C01">
+    <w:bookmarkEnd w:id="67"/>
+    <w:p w14:paraId="7B8074E9" w14:textId="14974E6F" w:rsidR="008B6F0B" w:rsidRPr="00406DA3" w:rsidRDefault="008B6F0B" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:t xml:space="preserve">If the prisoner has other remand warrants, is sentenced, or is being held on other </w:t>
       </w:r>
       <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
         <w:t>orders</w:t>
       </w:r>
       <w:r w:rsidRPr="00406DA3">
         <w:t xml:space="preserve"> authorising imprisonment, the prisoner shall remain on TOMS and on the prison’s count. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2538754A" w14:textId="5B24D7FC" w:rsidR="00F84E3F" w:rsidRPr="00406DA3" w:rsidRDefault="008B6F0B" w:rsidP="00F84E3F">
+    <w:p w14:paraId="2538754A" w14:textId="5B24D7FC" w:rsidR="00F84E3F" w:rsidRPr="00406DA3" w:rsidRDefault="008B6F0B" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Should the prisoner remain on the holding prison’s count, </w:t>
       </w:r>
       <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>the prison is to send a copy of the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00C73463" w:rsidRPr="00406DA3">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
         <w:rPr>
           <w:bCs w:val="0"/>
@@ -10739,2628 +10493,3335 @@
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> orders authorising imprisonment and EED/EDR if sentenced to the authorised hospital.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065C5085" w14:textId="4690ADBE" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="005D6FDB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Criminal Law (Mental Impairment) Act 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5C5B1B" w14:textId="22BD4C52" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="005D6FDB">
+    <w:p w14:paraId="6F5C5B1B" w14:textId="22BD4C52" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:t xml:space="preserve">If a hospital order is made in respect of a prisoner in custody, under a custodial order, the prisoner must be detained at a hospital in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mental Health Act 2014</w:t>
       </w:r>
       <w:r w:rsidR="00406DA3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00406DA3">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteReference w:id="17"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBB4772" w14:textId="79810616" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="005D6FDB">
+    <w:p w14:paraId="1BBB4772" w14:textId="79810616" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00406DA3">
         <w:t>If the prisoner is released from the hospital, they must be detained in custody, in accordance with the custodial order.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6117BD7D" w14:textId="205C4119" w:rsidR="00F83E2A" w:rsidRDefault="00F83E2A" w:rsidP="00ED2C01">
+    <w:p w14:paraId="6117BD7D" w14:textId="0B3F6E2C" w:rsidR="00F83E2A" w:rsidRDefault="00F83E2A" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc211845790"/>
-      <w:bookmarkStart w:id="72" w:name="_Hlk85630367"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc218064787"/>
+      <w:bookmarkStart w:id="69" w:name="_Hlk85630367"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:bookmarkEnd w:id="20"/>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:t xml:space="preserve">Early </w:t>
       </w:r>
-      <w:r w:rsidR="00581563">
-[...4 lines deleted...]
-    <w:p w14:paraId="66CD6044" w14:textId="77777777" w:rsidR="001B222E" w:rsidRPr="001B222E" w:rsidRDefault="001B222E" w:rsidP="00ED2C01">
+      <w:r w:rsidR="00B20AD0">
+        <w:t>Discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidR="00B20AD0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CD6044" w14:textId="77777777" w:rsidR="001B222E" w:rsidRPr="00107E87" w:rsidRDefault="001B222E" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="_Toc211845791"/>
-      <w:r>
+      <w:bookmarkStart w:id="70" w:name="_Toc218064788"/>
+      <w:r w:rsidRPr="00107E87">
         <w:t>General requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="43EC5301" w14:textId="5F62EB13" w:rsidR="002E6B5D" w:rsidRPr="00224A74" w:rsidRDefault="00AB4C13" w:rsidP="00224A74">
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="43EC5301" w14:textId="565EBB6B" w:rsidR="002E6B5D" w:rsidRPr="00100FE1" w:rsidRDefault="00AB4C13" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00224A74">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
         <w:t>Legislation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00224A74">
+      <w:r w:rsidRPr="00107E87">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="18"/>
       </w:r>
-      <w:r w:rsidRPr="00224A74">
+      <w:r w:rsidRPr="00107E87">
         <w:t xml:space="preserve"> provides the </w:t>
       </w:r>
-      <w:r w:rsidR="007935A1" w:rsidRPr="00224A74">
+      <w:r w:rsidR="007935A1" w:rsidRPr="00107E87">
         <w:t xml:space="preserve">Chief Executive Officer (CEO) and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00224A74">
-[...23 lines deleted...]
-    <w:p w14:paraId="675CE933" w14:textId="7254928C" w:rsidR="008F5864" w:rsidRPr="008F5864" w:rsidRDefault="003F3F4D" w:rsidP="00ED2C01">
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">Superintendent, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>power to discharge a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73ED2" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> State</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> prisoner from custody early.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD6FA2D" w14:textId="52682802" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="4B30B258" w14:textId="7F1B2583" w:rsidR="007935A1" w:rsidRPr="00224A74" w:rsidRDefault="007935A1" w:rsidP="00224A74">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>Federal prisoners are managed in accordance with section 10.6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2FBE70" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="2636A7AC" w14:textId="2CB8699D" w:rsidR="007935A1" w:rsidRDefault="007935A1" w:rsidP="00A54777">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>Prisoners may be approved for early discharge up to 30 days immediately prior to the day their sentence is due to expire, permitting the Department to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A9870A" w14:textId="1037E9F8" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
         <w:t>recognise and reward consistent good prisoner conduct</w:t>
       </w:r>
-      <w:r w:rsidR="00A01661">
-[...3 lines deleted...]
-    <w:p w14:paraId="19CB32D3" w14:textId="7A269B95" w:rsidR="007935A1" w:rsidRDefault="007935A1" w:rsidP="00A54777">
+    </w:p>
+    <w:p w14:paraId="53AE2E86" w14:textId="1C8DC6FD" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="23698B1E" w14:textId="5F60D49A" w:rsidR="007935A1" w:rsidRDefault="007935A1" w:rsidP="00A54777">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>coordinate state-wide travel arrangements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3BA4BE" w14:textId="45FAF689" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
         <w:t>address an identified compassionate or special welfare need</w:t>
       </w:r>
-      <w:r w:rsidR="00A01661">
-[...3 lines deleted...]
-    <w:p w14:paraId="230AB5CC" w14:textId="77777777" w:rsidR="007935A1" w:rsidRDefault="007935A1" w:rsidP="00A54777">
+    </w:p>
+    <w:p w14:paraId="772BF399" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
         <w:t>facilitate the re-integration of a prisoner back into their community</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CED19EA" w14:textId="77777777" w:rsidR="007935A1" w:rsidRPr="007935A1" w:rsidRDefault="007935A1" w:rsidP="00A54777">
+    <w:p w14:paraId="6C2D27F8" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
         <w:t>safely and responsibly manage the prison population.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10AA8D1F" w14:textId="42D80278" w:rsidR="00444095" w:rsidRPr="00444095" w:rsidRDefault="00D01EBB" w:rsidP="00444095">
+    <w:p w14:paraId="547728B1" w14:textId="59C52B34" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AB4C13">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">All prisoners being considered for 30 days early </w:t>
+      </w:r>
+      <w:r w:rsidR="0087090C" w:rsidRPr="00100FE1">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> shall be subject to the completion of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0229D" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">the early </w:t>
+      </w:r>
+      <w:r w:rsidR="00C121BC" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0229D" w:rsidRPr="00100FE1">
+        <w:t>checklist on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> the Total Offender Management Solution (TOMS) and approved by a delegated Assistant Commissioner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7469BDAD" w14:textId="3401B78A" w:rsidR="00C675C1" w:rsidRPr="00100FE1" w:rsidRDefault="005B482B" w:rsidP="00236A60">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>Consideration of up to 10 days early discharge to facilitate regional transportation or on the grounds of compassionate or special welfare needs only, shall be at the discretion and approval of the relevant Assistant Commissioner and completion of the Early Discharge checklist on TOMS</w:t>
+      </w:r>
+      <w:r w:rsidR="008B526C" w:rsidRPr="00100FE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568F777C" w14:textId="5227CEF5" w:rsidR="00460234" w:rsidRPr="00100FE1" w:rsidRDefault="00546461" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Toc218064789"/>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">Prisoners eligible for up to 30 days early </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5595" w:rsidRPr="00100FE1">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="675CE933" w14:textId="7254928C" w:rsidR="008F5864" w:rsidRPr="00100FE1" w:rsidRDefault="003F3F4D" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>Prisoners must demonstrate satisfactory prison conduct including</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1A9A" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002F2CFE" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>respectful attitude to staff and other prisoners, along with positive reports (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3795" w:rsidRPr="00100FE1">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> work, education, programs where applicable)</w:t>
+      </w:r>
+      <w:r w:rsidR="002F2CFE" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> to be deemed eligible for early discharge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F832558" w14:textId="529DF39A" w:rsidR="002A6037" w:rsidRPr="00100FE1" w:rsidRDefault="002A6037" w:rsidP="00675D38">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">A prisoner denied or refused their </w:t>
+      </w:r>
+      <w:r w:rsidR="001363C5" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">State </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">parole </w:t>
+      </w:r>
+      <w:r w:rsidR="00504666" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">if there are any changes in the last six months of sentence that address the reasons that </w:t>
+      </w:r>
+      <w:r w:rsidR="00560ACD" w:rsidRPr="00100FE1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00504666" w:rsidRPr="00100FE1">
+        <w:t>arole was denied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D44E1DF" w14:textId="43D7A92B" w:rsidR="00675D38" w:rsidRPr="00675D38" w:rsidRDefault="00370E2E" w:rsidP="00675D38">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> A prisoner with an immigration alert pending consultation with Australian Border Force</w:t>
+      </w:r>
+      <w:r w:rsidR="0007222A" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> (ABF)</w:t>
+      </w:r>
+      <w:r w:rsidR="001363C5" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> via email to</w:t>
+      </w:r>
+      <w:r w:rsidR="007539A5" w:rsidRPr="00100FE1">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00675D38">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="00675D38" w:rsidRPr="00FF66FB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>wa.compliance.courts.prisons@abf.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00675D38">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1DD3A7" w14:textId="0022A2A6" w:rsidR="0007222A" w:rsidRPr="00A443AC" w:rsidRDefault="0007222A" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_Hlk204866575"/>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">The email to </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4772" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">ABF shall request confirmation on whether the immigration prisoner’s visa has been cancelled in which case the immigration prisoner is </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="_Hlk204866811"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidR="008C4772" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">an Unlawful </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6399" w:rsidRPr="00100FE1">
+        <w:t>Non-Citizen</w:t>
+      </w:r>
+      <w:r w:rsidR="004470AA" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> (UNC)</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4772" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004470AA" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00113996" w:rsidRPr="00100FE1">
+        <w:t>UNC</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1361" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004470AA" w:rsidRPr="00100FE1">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1361" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> subject to detention and removal from Australia</w:t>
+      </w:r>
+      <w:r w:rsidR="00006290" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5328" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5595" w:rsidRPr="00100FE1">
+        <w:t>not eligible</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F20" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> for early </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidR="00AA5595" w:rsidRPr="00100FE1">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1361" w:rsidRPr="00100FE1">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="19"/>
+      </w:r>
+      <w:r w:rsidR="00C47E50" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> into the community</w:t>
+      </w:r>
+      <w:r w:rsidR="007334EC" w:rsidRPr="00100FE1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47E50" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> however the</w:t>
+      </w:r>
+      <w:r w:rsidR="007334EC" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> prisoner </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">is eligible for up to 30 days early discharge into the custody of ABF. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t>Where early discharge into the custody of ABF is being considered, prisons shall notify ABF preferably three months prior</w:t>
+      </w:r>
+      <w:r w:rsidR="001911A6" w:rsidRPr="00A443AC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> or at least a minimum of two months before the 30 days early </w:t>
+      </w:r>
+      <w:r w:rsidR="008638D3" w:rsidRPr="00A443AC">
+        <w:t>discharge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D932ED" w14:textId="67389DAD" w:rsidR="00006290" w:rsidRPr="00A443AC" w:rsidRDefault="00006290" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="862"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>Confirmation on whether the immigration prisoner is a UNC</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> and therefore not eligible for early discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="008638D3" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t>into the community</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2AAE" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">shall be entered into the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1F06" w:rsidRPr="00A443AC">
+        <w:t>notes on the prisoner’s immigration alert on TOMS</w:t>
+      </w:r>
+      <w:r w:rsidR="001911A6" w:rsidRPr="00A443AC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> along with whether the immigration prisoner is being considered for early discharge into the custody of ABF</w:t>
+      </w:r>
+      <w:r w:rsidR="001911A6" w:rsidRPr="00A443AC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01709AC5" w14:textId="6E009563" w:rsidR="00DE606F" w:rsidRPr="00A443AC" w:rsidRDefault="00BC568D" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="862"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>Any prisoner with</w:t>
+      </w:r>
+      <w:r w:rsidR="00703849" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004444BE" w:rsidRPr="00A443AC">
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="00703849" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">conviction </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2263D" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">or pending charge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">for a section 69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prisons Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00E040B1" w:rsidRPr="00A443AC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>1981</w:t>
+      </w:r>
+      <w:r w:rsidR="00E040B1" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">prison offence </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2263D" w:rsidRPr="00A443AC">
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11F4F" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="004444BE" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">last </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>six months of the current prison term</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57CA1" w:rsidRPr="00A443AC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AC2E70" w14:textId="759AFB83" w:rsidR="00BA6C5B" w:rsidRPr="00A443AC" w:rsidRDefault="00BA6C5B" w:rsidP="006C7D5E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="_Toc218064790"/>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>Prisoners in</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="_Hlk200111534"/>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>eligible</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B675BB" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">up to </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5570" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">30 days </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00A443AC">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="6C7E60D7" w14:textId="5C2CBF36" w:rsidR="00460234" w:rsidRPr="00A443AC" w:rsidRDefault="002F2CFE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>Prisoners</w:t>
+      </w:r>
+      <w:r w:rsidR="00460234" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01EBB" w:rsidRPr="00A443AC">
+        <w:t>shall be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> deemed </w:t>
+      </w:r>
+      <w:r w:rsidR="00460234" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">ineligible to apply for </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="_Hlk204584425"/>
+      <w:r w:rsidR="00B675BB" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">up to 30 days </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidR="00460234" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00460234" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00A443AC">
+        <w:t>if any of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> the following reasons</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA4A3CF" w14:textId="77510C4F" w:rsidR="002F2CFE" w:rsidRPr="00A443AC" w:rsidRDefault="002F2CFE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">any prisoner imprisoned </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2FC6" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>on a default of payment of a fine or other monetary penalty</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54777" w:rsidRPr="00A443AC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="20"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFB1731" w14:textId="1CCB8A7D" w:rsidR="006B3945" w:rsidRPr="00A443AC" w:rsidRDefault="006B3945" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>any prisoner still serving Warrants of Commitment in relation to fines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFDB70C" w14:textId="0C3B21F3" w:rsidR="00B85CD1" w:rsidRPr="00A443AC" w:rsidRDefault="00B85CD1" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>any prisoner who has been den</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33C35" w:rsidRPr="00A443AC">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>ed both State and Federal parole/recognisance</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4D95" w:rsidRPr="00A443AC">
+        <w:t>, refer to section 10.6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EED373" w14:textId="71743AA4" w:rsidR="007D68E0" w:rsidRPr="00A443AC" w:rsidRDefault="002F2CFE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>any prisoner who is the subject of a Continuing Detention Order</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2F9A" w:rsidRPr="00A443AC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="21"/>
+      </w:r>
+      <w:r w:rsidR="00A01661" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4558631A" w14:textId="4E23A6FB" w:rsidR="007D68E0" w:rsidRPr="00107E87" w:rsidRDefault="002F2CFE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>any prisoner with a conviction</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41EAD" w:rsidRPr="00A443AC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="22"/>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C037F" w:rsidRPr="00A443AC">
+        <w:t>for a</w:t>
+      </w:r>
+      <w:r w:rsidR="008C00E2" w:rsidRPr="00A443AC">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="000C037F" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6037" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">aggravated </w:t>
+      </w:r>
+      <w:r w:rsidR="000C037F" w:rsidRPr="00A443AC">
+        <w:t>prison offence</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> (s.70</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> offence)</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">in the previous 2 years of the current prison term or </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>pending charge</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41EAD" w:rsidRPr="00107E87">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="23"/>
+      </w:r>
+      <w:r w:rsidR="00BB2383" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C94FC6F" w14:textId="6CDB1DC2" w:rsidR="00B675BB" w:rsidRPr="00100FE1" w:rsidRDefault="008D5570" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">any prisoner with a </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Definitions_and_acronyms" w:history="1">
+        <w:r w:rsidRPr="00100FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>serious assault offence</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100FE1">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="24"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376936FD" w14:textId="645F47DD" w:rsidR="00C661AA" w:rsidRPr="00100FE1" w:rsidRDefault="008D5570" w:rsidP="007D1DF1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="_Hlk204863282"/>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">prisoner with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00546461" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">current </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Definitions_and_acronyms" w:history="1">
+        <w:r w:rsidR="00C96D21" w:rsidRPr="00100FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>family violence offence/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00100FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>breach of a family violence restraining order</w:t>
+        </w:r>
+        <w:bookmarkEnd w:id="77"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3D5C184C" w14:textId="03FACD0E" w:rsidR="007D139F" w:rsidRPr="00107E87" w:rsidRDefault="00B839B3" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>any prisoner who is subject to a custody order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="25"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F692B61" w14:textId="2EB422C1" w:rsidR="006B3945" w:rsidRPr="00107E87" w:rsidRDefault="006B3945" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>any prisoner who has had a Re-Entry Release Order cancelled during the current sentence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C81979" w14:textId="41377F50" w:rsidR="00DA2D39" w:rsidRPr="00107E87" w:rsidRDefault="00DA2D39" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">any prisoner with a ‘Post Sentence Supervision Order’ (PSSO) </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3880" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">or High Risk Serious Offender (HRSO) </w:t>
+      </w:r>
+      <w:r w:rsidR="00232364" w:rsidRPr="00107E87">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3880" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">rder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>imposed upon them</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2285684B" w14:textId="77777777" w:rsidR="00C56A11" w:rsidRPr="00107E87" w:rsidRDefault="00862F24" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="001370AD" w:rsidRPr="00107E87">
+        <w:t>risoners with a</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> PSSO </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3880" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">/ HRSO Order </w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="00107E87">
+        <w:t>liable alert cannot apply/be considered for</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF698B" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="00107E87">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> until the outcome of their PSSO</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0083E" w:rsidRPr="00107E87">
+        <w:t>/HRSO Order</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> liable status is confirmed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FA7CE6" w14:textId="442C91FA" w:rsidR="00954DEC" w:rsidRPr="00107E87" w:rsidRDefault="00C56A11" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>prisoners with a criminal history that identifies firearm related offences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7CAF7C" w14:textId="07E23803" w:rsidR="001370AD" w:rsidRPr="00107E87" w:rsidRDefault="001370AD" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00954DEC" w:rsidRPr="00107E87">
+        <w:t>Prisoners who are serving a partially suspended term of imprisonment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61AC4B5F" w14:textId="326EC90B" w:rsidR="00954DEC" w:rsidRPr="00107E87" w:rsidRDefault="00954DEC" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>Prisoners who are serving a Commonwealth sentence only and are to be released on a recognisance order</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D584091" w14:textId="3244BC93" w:rsidR="00453120" w:rsidRPr="00107E87" w:rsidRDefault="000043B7" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00453120" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">risoners with a current sexual related offence in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">schedule 1 offences, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>High Risk Serious Offenders Act 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB6E3AB" w14:textId="43BAFA7A" w:rsidR="00F553BD" w:rsidRPr="00C92154" w:rsidRDefault="00F553BD" w:rsidP="00C92154">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">any prisoner classified as a ‘Special Profile Offender’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F809CE8" w14:textId="77777777" w:rsidR="003F3F4D" w:rsidRDefault="003F3F4D" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Toc218064791"/>
+      <w:r>
+        <w:t xml:space="preserve">Application </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rocess</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+    </w:p>
+    <w:p w14:paraId="4AA20A5A" w14:textId="0829F8DA" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="00B41EAD" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Unit officers shall identify</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:t>, inform,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and assist eligible prisoners to lodge</w:t>
+      </w:r>
+      <w:r w:rsidR="00F279DB">
+        <w:t xml:space="preserve"> an early discharge application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45740A5E" w14:textId="38E43ED5" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="00662CA2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Applications </w:t>
+      </w:r>
+      <w:r w:rsidR="00F279DB">
+        <w:t xml:space="preserve">for early discharge </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must be lodged with the Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92154">
+        <w:t>two (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790502">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92154">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790502">
+        <w:t xml:space="preserve"> months </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">prior to the day the prisoner seeks to be </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">d (except </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0BCD">
+        <w:t xml:space="preserve">when </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the granting of early discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0BCD">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a matter of urgency</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0D88">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54389B58" w14:textId="239E414E" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="00662CA2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Urgent </w:t>
+      </w:r>
+      <w:r w:rsidR="00F279DB">
+        <w:t xml:space="preserve">early discharge </w:t>
+      </w:r>
+      <w:r>
+        <w:t>applications (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3795">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> transport logistics or compassionate reasons) may be submitted at any time for approval prior to the day </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>prisoner’s sentence is due to expire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2182877A" w14:textId="77777777" w:rsidR="006A4B4F" w:rsidRDefault="006A4B4F" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The following processes </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">apply for prisoners eligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2">
+        <w:t>to apply for early discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279407FF" w14:textId="429ABD2D" w:rsidR="00D860CF" w:rsidRPr="00107E87" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:t xml:space="preserve">nit officers shall complete the Application </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for Early Discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00107E87">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>and refer to the Unit Manager for review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103E9F02" w14:textId="7C4142DD" w:rsidR="003A080D" w:rsidRPr="00107E87" w:rsidRDefault="003A080D" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">Unit Officers when completing the early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="00107E87">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006833FA" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">assessment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>checklist on TOMS, shall request confirmation from the Assessment staff of each prison, if the current offence determines whether the offender and the victim of a family violence offence were in a designated family relationship with each other at the time of the commission of the offence</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96588" w:rsidRPr="00107E87">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96588" w:rsidRPr="00107E87">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>he Assessment staff shall confirm this information via review of the Statement of Material Facts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75038FB6" w14:textId="5229AEFA" w:rsidR="00D860CF" w:rsidRPr="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:t xml:space="preserve">he Unit Manager shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eview the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Application for Early Discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">make a recommendation </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>forward to the prison</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistant Superintendent Operations (ASO) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AD1D4C" w14:textId="0585CFC2" w:rsidR="00CD39D2" w:rsidRPr="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>shall c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">heck the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Application for Early Discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, amend, recommend and forward to </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>Superintendent</w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-      <w:r w:rsidR="00460234">
+      <w:r w:rsidR="00997718">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2049C0E8" w14:textId="797FF25B" w:rsidR="00CD39D2" w:rsidRPr="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Hlk88577538"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD39D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>he Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D01EBB">
-[...18 lines deleted...]
-    <w:p w14:paraId="710697F4" w14:textId="26016546" w:rsidR="00A54777" w:rsidRDefault="002F2CFE" w:rsidP="00A54777">
+      <w:r w:rsidRPr="00CD39D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>shall review the completed Application for Early Discharge and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E936D1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via email notify</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487A4505" w14:textId="1DFA067C" w:rsidR="00CD39D2" w:rsidRPr="00224A74" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="4CA4A3CF" w14:textId="2595706C" w:rsidR="002F2CFE" w:rsidRDefault="00B41EAD" w:rsidP="00A54777">
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00224A74">
+        <w:t>Superintendent Operations</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7479F">
+        <w:t>; and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224A74">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B6A843" w14:textId="0FD5C38D" w:rsidR="00CD39D2" w:rsidRPr="00224A74" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...60 lines deleted...]
-    <w:p w14:paraId="632D149D" w14:textId="2383A730" w:rsidR="002F2CFE" w:rsidRDefault="00B41EAD" w:rsidP="00A54777">
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00224A74">
+        <w:t>Clinical Nurse Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p w14:paraId="10C95648" w14:textId="470A2CFB" w:rsidR="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD39D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orward the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application for Early Discharge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>(TOMS) to the Assistant Commissioner Custodial Services (ACCO)</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistant Commissioner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adult </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Women</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>’s Prisons</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6784C" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>(AC</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>AWP</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a decision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFE217D" w14:textId="70C76FA5" w:rsidR="00BE49AE" w:rsidRPr="007224BC" w:rsidRDefault="00BE49AE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The ACCO</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>AC</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>AWP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall forward any approved Early Discharge decisions to the SIU to update the </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dates and Date of </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DO</w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>) on TOMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FFCA65" w14:textId="093FF726" w:rsidR="00CD39D2" w:rsidRPr="007224BC" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>the Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>OIC shall ensure prisoners are informed of the outcome</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB406F" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> also taking into account </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB406F" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>family violence/serious assault offences to ensure procedural fairness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E044E0B" w14:textId="67A0BE68" w:rsidR="00CD39D2" w:rsidRPr="007224BC" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="537CB1C3" w14:textId="211BAB2D" w:rsidR="00951CB9" w:rsidRDefault="00951CB9" w:rsidP="00A54777">
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>at least 14 days prior to the earliest possible date of early discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0BCD" w:rsidRPr="007224BC">
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3632F588" w14:textId="5AC62F3F" w:rsidR="00CD39D2" w:rsidRPr="007224BC" w:rsidRDefault="00CD39D2" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">any prisoner who has been denied both </w:t>
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>as soon as practicable for urgent applications</w:t>
+      </w:r>
+      <w:r w:rsidR="006676FB" w:rsidRPr="007224BC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C022DDC" w14:textId="77777777" w:rsidR="00662CA2" w:rsidRPr="007224BC" w:rsidRDefault="00662CA2" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="_Toc218064792"/>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>Appeals process</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w14:paraId="4D8213DD" w14:textId="6311008C" w:rsidR="004F6402" w:rsidRPr="007224BC" w:rsidRDefault="004F6402" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">Prisoners are allowed </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6713B" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">appeal </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6713B" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>a decision</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7B79" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>to not approve a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05094" w:rsidRPr="007224BC">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> early discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00841458" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">of up to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>30 days</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7B79" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> in writing within</w:t>
+      </w:r>
+      <w:r w:rsidR="009B674B" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> 14 days</w:t>
+      </w:r>
+      <w:r w:rsidR="00922764" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> of the date of the prisoner being notified of the decision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004710A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002667B2">
+        <w:t>Pri</w:t>
+      </w:r>
+      <w:r w:rsidR="00A468BA">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002667B2">
+        <w:t>oners shall complete</w:t>
+      </w:r>
+      <w:r w:rsidR="004710A2">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidR="004710A2" w:rsidRPr="002667B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">30 </w:t>
+        </w:r>
+        <w:r w:rsidR="002667B2" w:rsidRPr="002667B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>D</w:t>
+        </w:r>
+        <w:r w:rsidR="004710A2" w:rsidRPr="002667B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ay Early Discharge Application Appeal Form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002667B2">
+        <w:t xml:space="preserve"> (ap</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB61B0">
+        <w:t>peal form).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160BF589" w14:textId="0926E2A0" w:rsidR="002456EA" w:rsidRPr="007224BC" w:rsidRDefault="001B222E" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>The Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="007224BC">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">OIC shall forward </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB61B0">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> appeal</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB61B0">
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>, following</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> decision to reject an application for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05094" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">up to 30 days </w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="007224BC">
+        <w:t>early discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> to the Deputy Commissioner Adult Male Prisons or Deputy Commissioner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">Adult </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>Women</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="007224BC">
+        <w:t>’s Prisons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>, for a final decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1F49DF" w14:textId="1F8800F6" w:rsidR="00C05094" w:rsidRPr="007224BC" w:rsidRDefault="002456EA" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>The prison shall notify the prisoner of the outcome of the appeal upon receiving a decision from the relevant Deputy Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00386469" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> and record the decision on the prisoner’s offender notes on TOMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE4FCA2" w14:textId="4C6A33D4" w:rsidR="000068E4" w:rsidRDefault="00BB3638" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="_Toc218064793"/>
+      <w:bookmarkStart w:id="82" w:name="_Hlk88659128"/>
+      <w:r>
+        <w:t xml:space="preserve">Early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidR="000068E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703B0F79" w14:textId="535B8CE7" w:rsidR="00D7479F" w:rsidRPr="00BB3638" w:rsidRDefault="00D7479F" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence shall only be available to Federal offenders serving a Federal sentence of imprisonment (with or without a non-parole period) or a recogni</w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ance </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B8E3AF" w14:textId="5864531F" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Prisoners must demonstrate satisfactory prison conduct including a respectful attitude to staff and other prisoners, along with positive reports (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3795">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> work, education, programs where applicable) to assist with eligibility for </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3638">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3638">
+        <w:t xml:space="preserve"> on licence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFABA38" w14:textId="0C6319AF" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">Each application for early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> shall be assessed on its own merits</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0359" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7479F" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">Federal </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0359" w:rsidRPr="00DE42FE">
+        <w:t>Attorney-General</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0359">
+        <w:t xml:space="preserve"> or their delegate</w:t>
       </w:r>
       <w:r w:rsidR="00234CFF">
-        <w:t xml:space="preserve">State </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="0BE57C2A" w14:textId="77777777" w:rsidR="007D68E0" w:rsidRDefault="00B41EAD" w:rsidP="007D68E0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009A6A37" w14:textId="4BD3B931" w:rsidR="00BB3638" w:rsidRDefault="00BB3638" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">One or more of the following exceptional circumstances shall be met in order for the prisoner to meet the requirements for consideration for early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C892409" w14:textId="12071C1E" w:rsidR="00BB3638" w:rsidRDefault="00BB3638" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="65EED373" w14:textId="6E0A3775" w:rsidR="007D68E0" w:rsidRDefault="002F2CFE" w:rsidP="007D68E0">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>medical grounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CE76CD" w14:textId="0F0C4220" w:rsidR="00BB3638" w:rsidRDefault="00BB3638" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="4558631A" w14:textId="77777777" w:rsidR="007D68E0" w:rsidRDefault="002F2CFE" w:rsidP="007D68E0">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">family hardship </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64518430" w14:textId="78B54F30" w:rsidR="00BB3638" w:rsidRPr="00E1493B" w:rsidRDefault="00BB3638" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00B41EAD">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>cooperation with law enforcement agencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3372DF6B" w14:textId="6A681B62" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Applications for early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence shall be in writing and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">include </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the exceptional circumstances, on which the prisoner is relying</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve"> on</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, to justify their </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3638">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2243DE" w14:textId="276A2B48" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3640D">
+        <w:t>uthorised</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Officer shall assist eligible prisoners with the preparation of their application and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>forward</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to the Commonwealth Parole Office </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>by email or post as follows</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7AD0">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2160294E" w14:textId="01E26990" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00EC392B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>cpo@ag.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F86392" w14:textId="65BFD28B" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Principal Legal Officer </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Commonwealth Parole Office </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Attorney General’s Department </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">3-5 National Circuit </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>BARTON ACT 2600</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F9E724" w14:textId="4FD6C634" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00CB0359" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A note shall be placed on </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">offender notes detailing the prisoner’s intent to apply and the method the application </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3640D">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:t>as been sent</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4335C7" w14:textId="735ED6BA" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00F3640D" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:t>he Authorised Officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>, on receipt of the licence,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> shall notify the Superintendent, ASO, Principal Officer or OIC in order for the conditions of the licence to be explained to the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00780557">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B43CC18" w14:textId="6E1B07C0" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00EE17FB" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1493B">
+        <w:t xml:space="preserve">he Authorised Officer shall return </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the licence </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1493B">
+        <w:t xml:space="preserve">to the Commonwealth Parole </w:t>
+      </w:r>
+      <w:r w:rsidR="008638D3">
+        <w:t>Office once</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the conditions have been understood and the prisoner has signed the licence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0E5712" w14:textId="0F19B211" w:rsidR="008835CA" w:rsidRPr="008835CA" w:rsidRDefault="000B00BF" w:rsidP="00EF7AD8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Authorised Officer shall notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05094">
+        <w:t xml:space="preserve">Sentence Management </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of the accepted licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00E534A0">
+        <w:t xml:space="preserve"> and the change of </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00E534A0">
+        <w:t xml:space="preserve"> date</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2414EBAB" w14:textId="26375E9F" w:rsidR="000068E4" w:rsidRPr="00E1493B" w:rsidRDefault="00E1493B" w:rsidP="00EF7AD8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="851" w:hanging="862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A signed copy of the licence shall be stored in the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s Unit File and a copy provided to the prisoner on </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CBD14B" w14:textId="77777777" w:rsidR="001500E4" w:rsidRPr="00CF631A" w:rsidRDefault="001500E4" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="_Toc384883349"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc218064794"/>
+      <w:bookmarkStart w:id="85" w:name="policy_directives_pd_37_-_discha_5874"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc278300080"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">Permission for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">risoner to </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">emain </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t>vernight</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
+    </w:p>
+    <w:p w14:paraId="108ADA6B" w14:textId="340317F3" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05331">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05331" w:rsidRPr="00CF631A">
+        <w:t>uperintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0D88">
+        <w:t xml:space="preserve">, delegated by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00151B10">
+        <w:t>CEO</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97BBE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="21"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F2CFE">
+        <w:footnoteReference w:id="26"/>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C037F">
-        <w:t>for a prison offence</w:t>
+      <w:r w:rsidR="002E0D88">
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permit </w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22">
+        <w:t>a prisoner, if request</w:t>
       </w:r>
       <w:r w:rsidR="00790502">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">in the previous 2 years of the current prison term or </w:t>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22">
+        <w:t xml:space="preserve"> in writing,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to remain in the prison overnight until the morning following the </w:t>
+      </w:r>
+      <w:r w:rsidR="003171DF">
+        <w:t xml:space="preserve">due </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">date of </w:t>
       </w:r>
       <w:r w:rsidR="00790502">
-        <w:t xml:space="preserve">a </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="745156EC" w14:textId="51005B64" w:rsidR="002F2CFE" w:rsidRPr="00406DA3" w:rsidRDefault="00B839B3" w:rsidP="00406DA3">
+        <w:t xml:space="preserve">release </w:t>
+      </w:r>
+      <w:r w:rsidR="006540F2">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6F4D">
+        <w:t>one night in total</w:t>
+      </w:r>
+      <w:r w:rsidR="006540F2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for one or more of the following reasons:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8AEBC" w14:textId="4471090D" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...36 lines deleted...]
-        <w:t>Unit officers shall identify</w:t>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the prisoner is unable to make travel/transport arrangements on the due </w:t>
       </w:r>
       <w:r w:rsidR="00790502">
-        <w:t>, inform,</w:t>
-[...24 lines deleted...]
-      <w:r>
+        <w:t>release</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790502">
-[...324 lines deleted...]
-    <w:p w14:paraId="487A4505" w14:textId="1DFA067C" w:rsidR="00CD39D2" w:rsidRPr="00224A74" w:rsidRDefault="00CD39D2" w:rsidP="00A54777">
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3258610C" w14:textId="77777777" w:rsidR="00BE49AE" w:rsidRDefault="00B97BBE" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6967D874" w14:textId="77777777" w:rsidR="008D676D" w:rsidRDefault="00CD39D2" w:rsidP="008D676D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>due to</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weekend or public holiday restrictions on travel, banking, shopping </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0470D1CC" w14:textId="3F752305" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="24BD4769" w14:textId="77777777" w:rsidR="008D676D" w:rsidRDefault="00CD39D2" w:rsidP="008D676D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>compassionate or other welfare related need</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97BBE">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A3180A" w14:textId="3C324912" w:rsidR="005B532C" w:rsidRPr="005B532C" w:rsidRDefault="00790502" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Superintendent,</w:t>
+      </w:r>
+      <w:r w:rsidR="000C037F">
+        <w:t xml:space="preserve"> delegated by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t>CEO</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t xml:space="preserve"> may permit a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C130B4">
+        <w:t xml:space="preserve">prisoner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41BCA">
+        <w:t xml:space="preserve">who </w:t>
+      </w:r>
+      <w:r w:rsidR="00C130B4">
+        <w:t>is seriously ill</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">their release </w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t xml:space="preserve">date to remain in the prison until suitable arrangements are made </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r>
+        <w:t>appropriate release</w:t>
+      </w:r>
+      <w:r w:rsidR="00406DA3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C130B4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="27"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D618BA" w14:textId="6C6F9826" w:rsidR="0075763E" w:rsidRPr="00767B06" w:rsidRDefault="00B97BBE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767B06">
+        <w:t>The Superintendent, i</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4601" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767B06">
+        <w:t>considering</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4601" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t>prisoner to remain overnight</w:t>
+      </w:r>
+      <w:r w:rsidR="005427A0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve"> shall take into account </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve">whether </w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t>the prisoner has been convicted of a prison offence and the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3166" w:rsidRPr="00767B06">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve"> good </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4601" w:rsidRPr="00767B06">
+        <w:t>conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D81D48" w14:textId="022DC337" w:rsidR="00FA5AD6" w:rsidRPr="00A64FCC" w:rsidRDefault="00B97BBE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Superintendent on granting </w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permission for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84AE8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prisoner to remain in prison overnight, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56657DD4" w14:textId="77777777" w:rsidR="00A46B46" w:rsidRDefault="00B97BBE" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...76 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22" w:rsidRPr="00711ED5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
-[...24 lines deleted...]
-    <w:p w14:paraId="69F910CA" w14:textId="77777777" w:rsidR="008D676D" w:rsidRDefault="00BE49AE" w:rsidP="008D676D">
+      <w:r w:rsidR="001500E4" w:rsidRPr="00711ED5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>the prisoner sign</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00711ED5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1A1D" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00EE2936" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Release and Indemnity</w:t>
+        </w:r>
+        <w:r w:rsidR="004F01C3" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>by a Prisoner permitted to remain Overnight in Prison</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3527B7B2" w14:textId="77777777" w:rsidR="00A46B46" w:rsidRDefault="00AB046A" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="16FFCA65" w14:textId="31A6E056" w:rsidR="00CD39D2" w:rsidRPr="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="008D676D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">ensure </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t>SIU is notified via email</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0368FA12" w14:textId="77777777" w:rsidR="00A46B46" w:rsidRDefault="00877B22" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...79 lines deleted...]
-      <w:r w:rsidR="00662CA2">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">forward </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00711ED5">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="004F01C3" w:rsidRPr="00711ED5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-      <w:r w:rsidR="000068E4">
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Release and Indemnity by a Prisoner permitted to remain Overnight in Prison</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...56 lines deleted...]
-    <w:p w14:paraId="0C892409" w14:textId="12071C1E" w:rsidR="00BB3638" w:rsidRDefault="00BB3638" w:rsidP="00A54777">
+      <w:r w:rsidR="004F01C3" w:rsidRPr="00711ED5">
+        <w:t>Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB046A" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">SIU and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00711ED5">
+        <w:t>Operatio</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB046A" w:rsidRPr="00711ED5">
+        <w:t>nal Records</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B88AEC" w14:textId="6A0CAD80" w:rsidR="00C0788F" w:rsidRPr="00C0788F" w:rsidRDefault="002E0D88" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1560" w:hanging="284"/>
-[...30 lines deleted...]
-      <w:r w:rsidR="00234CFF">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00877B22">
+        <w:t>record</w:t>
+      </w:r>
+      <w:r w:rsidR="00E327C8" w:rsidRPr="00877B22">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00877B22">
+        <w:t xml:space="preserve"> the details of any permit granted</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:t xml:space="preserve"> on offender notes</w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3372DF6B" w14:textId="0F018D95" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="00ED2C01">
+    <w:p w14:paraId="0D5FBC6B" w14:textId="1C7F8E8E" w:rsidR="00E45E8C" w:rsidRDefault="00671A2E" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="_Toc218064795"/>
+      <w:r w:rsidRPr="00671A2E">
+        <w:t>Prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2BAB" w:rsidRPr="00B5451A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:t>Release</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11578">
+        <w:t>d in Error</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+    </w:p>
+    <w:p w14:paraId="5D6997E6" w14:textId="06A02974" w:rsidR="00192E5F" w:rsidRDefault="00192E5F" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:r w:rsidR="00BB3638">
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">The Superintendent </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">ensure all critical incident reporting requirements </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">are completed in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00286F96">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 13.1 – Incident Notifications, Reporting and Communications</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2243DE" w14:textId="276A2B48" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="00ED2C01">
+    <w:p w14:paraId="648C964E" w14:textId="7887B330" w:rsidR="00192E5F" w:rsidRPr="009D0CE4" w:rsidRDefault="00192E5F" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...76 lines deleted...]
-        <w:t xml:space="preserve">A note shall be placed on </w:t>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Superintendent shall notify </w:t>
       </w:r>
       <w:r w:rsidR="00EE17FB">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">offender notes detailing the prisoner’s intent to apply and the method the application </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00EE17FB">
+        <w:t>SIU if a sentenced prisoner has been released in error.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCC0DBE" w14:textId="522592EA" w:rsidR="00E45E8C" w:rsidRDefault="00E45E8C" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Superintendent shall ensure the OPCEN is informed if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> there is a legal </w:t>
+      </w:r>
+      <w:r>
+        <w:t>warrant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> or custody order in existence and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84AE8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> prisoner has been released in error</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4335C7" w14:textId="735ED6BA" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00F3640D" w:rsidP="00ED2C01">
+    <w:p w14:paraId="56CC22BC" w14:textId="0BEC5E1A" w:rsidR="009F0552" w:rsidRDefault="00192E5F" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...112 lines deleted...]
-      <w:bookmarkEnd w:id="83"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="108ADA6B" w14:textId="340317F3" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00ED2C01">
+      <w:r>
+        <w:t>Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:t xml:space="preserve"> delegated by the CEO</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="00CF631A">
+        <w:t>authorised to issue an arrest warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="28"/>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> for the arrest and return of the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:t xml:space="preserve"> following a release in error.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B567C2" w14:textId="19918EE3" w:rsidR="007D0ED2" w:rsidRPr="00767B06" w:rsidRDefault="007D0ED2" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t xml:space="preserve">The relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00906C27">
+        <w:t>Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t xml:space="preserve"> shall ensure that notification of a prisoner </w:t>
+      </w:r>
+      <w:r>
+        <w:t>released</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t xml:space="preserve"> in error has been provided to Knowledge </w:t>
+      </w:r>
+      <w:r w:rsidR="004D528A">
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2136">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D528A">
+        <w:t xml:space="preserve">and Technology </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2136">
+        <w:t xml:space="preserve">via email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="00DB6B8E" w:rsidRPr="00DB6B8E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>litigation@justice.wa.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487859F9" w14:textId="02FC7BDB" w:rsidR="002E7E7D" w:rsidRDefault="00671A2E" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="_Toc218064796"/>
+      <w:r>
+        <w:t>Prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5374A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078370A">
+        <w:t xml:space="preserve">Detained </w:t>
+      </w:r>
+      <w:r w:rsidR="0093635C" w:rsidRPr="00D50F3F">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C11578">
+        <w:t>Error</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+    </w:p>
+    <w:p w14:paraId="36443972" w14:textId="409D6C3A" w:rsidR="009F0552" w:rsidRPr="009F0552" w:rsidRDefault="00B97BBE" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00E327C8">
+        <w:t xml:space="preserve">Superintendent </w:t>
+      </w:r>
+      <w:r>
+        <w:t>shall be informed</w:t>
+      </w:r>
+      <w:r w:rsidR="00E327C8">
+        <w:t xml:space="preserve"> immediately</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84AE8">
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="00544DB0" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">a prisoner </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF631A">
-        <w:rPr>
-[...20 lines deleted...]
-        <w:footnoteReference w:id="24"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078370A">
+        <w:t xml:space="preserve">detained </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="0042546F">
+        <w:t xml:space="preserve">error </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E0D88">
-[...106 lines deleted...]
-      <w:r w:rsidR="005B532C">
+      <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
+        <w:t>there is no legal remand warrant, warrant of commitment or other custody order in existence</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1BE1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0470D1CC" w14:textId="3F752305" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00A54777">
-[...17 lines deleted...]
-      <w:r w:rsidR="005B532C">
+    <w:p w14:paraId="725C9FE8" w14:textId="724DD3A5" w:rsidR="009F0552" w:rsidRPr="009F0552" w:rsidRDefault="009E1BE1" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Superintendent shall notify the OPCEN and</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1C4E">
+        <w:t xml:space="preserve"> ensure steps are taken to release the prisoner as soon as possible</w:t>
+      </w:r>
+      <w:r w:rsidR="0078370A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A3180A" w14:textId="3C324912" w:rsidR="005B532C" w:rsidRPr="005B532C" w:rsidRDefault="00790502" w:rsidP="00ED2C01">
+    <w:p w14:paraId="5A2C8832" w14:textId="5F214CC4" w:rsidR="009F0552" w:rsidRPr="009F0552" w:rsidRDefault="00C11578" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...298 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">The Superintendent </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">ensure all critical incident reporting requirements </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are completed in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00286F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 13.1 – Incident Notifications, Reporting and Communications</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648C964E" w14:textId="7887B330" w:rsidR="00192E5F" w:rsidRPr="009D0CE4" w:rsidRDefault="00192E5F" w:rsidP="00ED2C01">
+    <w:p w14:paraId="06542040" w14:textId="0C6E7951" w:rsidR="00BE001A" w:rsidRDefault="00BE001A" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...231 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where a prisoner has been detained in </w:t>
       </w:r>
       <w:r w:rsidR="00207AAF">
         <w:t>error,</w:t>
       </w:r>
       <w:r w:rsidR="0042546F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00D23BD6">
         <w:t xml:space="preserve">e Superintendent </w:t>
       </w:r>
       <w:r>
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00DE2434">
         <w:t xml:space="preserve"> ensure the prisoner has been</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B21BB">
         <w:t>advised of their rights to seek legal advice regarding their unlawful detention</w:t>
       </w:r>
       <w:r w:rsidR="00CB3546">
         <w:t xml:space="preserve">, and this shall be documented in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00CB3546" w:rsidRPr="00CB3546">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 13.1 – Incident Notifications, Reporting and Communications</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CB3546">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA1DCAA" w14:textId="4CD31B96" w:rsidR="00E45E8C" w:rsidRDefault="0078370A" w:rsidP="00ED2C01">
+    <w:p w14:paraId="4EA1DCAA" w14:textId="4CD31B96" w:rsidR="00E45E8C" w:rsidRDefault="0078370A" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>The OPCEN shall notify the Commissioner advising that the prisoner has been detained</w:t>
       </w:r>
       <w:r w:rsidR="0042546F">
         <w:t xml:space="preserve"> in error</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B8918E" w14:textId="1F695CCA" w:rsidR="008B21BB" w:rsidRDefault="008B21BB" w:rsidP="00ED2C01">
+    <w:p w14:paraId="46B8918E" w14:textId="1F695CCA" w:rsidR="008B21BB" w:rsidRDefault="008B21BB" w:rsidP="00193C2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00767B06">
         <w:t xml:space="preserve">The relevant </w:t>
       </w:r>
       <w:r w:rsidR="00906C27">
         <w:t>Superintendent</w:t>
       </w:r>
       <w:r w:rsidRPr="00767B06">
         <w:t xml:space="preserve"> shall ensure that notification of a prisoner detained in error has been provided to Knowledge Management</w:t>
       </w:r>
       <w:r w:rsidR="000E2136">
         <w:t xml:space="preserve"> via email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="00286F96" w:rsidRPr="00DB6B8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>litigation@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A16F62" w14:textId="00765005" w:rsidR="00BE7005" w:rsidRPr="00BE7005" w:rsidRDefault="00A46B46" w:rsidP="00A46B46">
+    <w:p w14:paraId="78A16F62" w14:textId="00765005" w:rsidR="00BE7005" w:rsidRDefault="00A46B46" w:rsidP="00A46B46">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FED752E" w14:textId="3A59E886" w:rsidR="000755EE" w:rsidRDefault="003D708E" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc85618469"/>
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc85618469"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc85619228"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc85618470"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc85619229"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc85618471"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc85619230"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc85618472"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc85619231"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc85618473"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc85619232"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc85618474"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc85619233"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc85618475"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc85619234"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc85618476"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc85619235"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc85618477"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc85619236"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc85618478"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc85619237"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc85618479"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc85619238"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc85618480"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc85619239"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc85618481"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc85619240"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc218064797"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
         <w:t>Annexures</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
     </w:p>
     <w:p w14:paraId="2DB42C8B" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="_Toc85618483"/>
-[...18 lines deleted...]
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc85618483"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc85619242"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc85618484"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc85619243"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc85618485"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc85619244"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc85618486"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc85619245"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc85618487"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc85619246"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc85618488"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc85619247"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc85618489"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc85619248"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc85618490"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc85619249"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc85618491"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc85619250"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc218064798"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="133"/>
       <w:r>
         <w:t>Related COPPS and documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
     </w:p>
     <w:p w14:paraId="741DA084" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="00FC1708" w:rsidRDefault="00293BEA" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1708">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>COPPS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA3E7DB" w14:textId="47347E5E" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00A563A5" w:rsidP="00FC1708">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13599,99 +14060,101 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27859B50" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="00FC1708" w:rsidRDefault="00293BEA" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1708">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Documents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA4241A" w14:textId="3BA12084" w:rsidR="003D708E" w:rsidRPr="00E9076C" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00E9076C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>A</w:t>
         </w:r>
         <w:r w:rsidR="00FF20A1" w:rsidRPr="00E9076C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>t-Risk Management System</w:t>
         </w:r>
         <w:r w:rsidRPr="00E9076C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Manual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7309E3B1" w14:textId="108D40B3" w:rsidR="00731E5B" w:rsidRPr="00C8602B" w:rsidRDefault="00731E5B" w:rsidP="00FC1708">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00731E5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">PM09 – Clinical Discharge </w:t>
         </w:r>
         <w:r w:rsidRPr="009357F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Process Prior to Planned Release to Freedom</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5D70ECDE" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="134" w:name="_Toc211845802"/>
+      <w:bookmarkStart w:id="135" w:name="_Definitions_and_acronyms"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc218064799"/>
+      <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:t>Definitions and acronyms</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="136"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2117"/>
         <w:gridCol w:w="7051"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="7EDAD3FE" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
@@ -13959,51 +14422,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74D5EA56" w14:textId="77777777" w:rsidR="00404CD6" w:rsidRPr="00FF20A1" w:rsidRDefault="00404CD6" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>Director General of the Department of Justice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013402D" w:rsidRPr="000E6F0A" w14:paraId="613E58CA" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BBFFA30" w14:textId="6C1AE2BD" w:rsidR="0013402D" w:rsidRPr="006714A0" w:rsidRDefault="0013402D" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
-              <w:lastRenderedPageBreak/>
               <w:t>Commissioner</w:t>
             </w:r>
             <w:r w:rsidR="007A7648">
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="006714A0">
               <w:t>s Operati</w:t>
             </w:r>
             <w:r w:rsidR="00FF20A1">
               <w:t xml:space="preserve">ng </w:t>
             </w:r>
             <w:r w:rsidRPr="006714A0">
               <w:t xml:space="preserve">Policy </w:t>
             </w:r>
             <w:r w:rsidR="0079123E">
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="006714A0">
               <w:t xml:space="preserve"> Procedure (COPP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
@@ -14239,87 +14701,500 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE42FE">
               <w:t>Escorting Officers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05222219" w14:textId="6292590F" w:rsidR="00300D0D" w:rsidRPr="00DE42FE" w:rsidRDefault="00300D0D" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>A Prison Officer, Officer employed under the Court Security &amp; Custodial Services Contract, or an Officer employed by a private prison contractor who is trained to conduct prisoner escorts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0059334A" w14:paraId="20EC7A89" w14:textId="77777777" w:rsidTr="00D57A9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07AE3E80" w14:textId="69FEB828" w:rsidR="0059334A" w:rsidRPr="00634B9B" w:rsidRDefault="0059334A" w:rsidP="00FC1708">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t>Family Violence Offence (Category A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CFE2CB" w14:textId="29F639DD" w:rsidR="0059334A" w:rsidRPr="0007222A" w:rsidRDefault="0059334A" w:rsidP="0059334A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In accordance with </w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">clause 3G of Part C of Schedule 1 of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Bail Act 1982</w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (WA)</w:t>
+            </w:r>
+            <w:r w:rsidR="00387402">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a Family Violence Offence (Category A) is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>an offence where the offender and the victim are in a designated family</w:t>
+            </w:r>
+            <w:r w:rsidR="002A327D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>relationship with each other at the time of the commission of the offence</w:t>
+            </w:r>
+            <w:r w:rsidR="00387402">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>and the offence is</w:t>
+            </w:r>
+            <w:r w:rsidR="00387402">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">an offence against </w:t>
+            </w:r>
+            <w:r w:rsidR="00387402">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the following sections of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criminal Code </w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>1913</w:t>
+            </w:r>
+            <w:r w:rsidR="00387402">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A07670" w14:textId="0FBA4563" w:rsidR="0059334A" w:rsidRPr="00DE42FE" w:rsidRDefault="0059334A" w:rsidP="0007222A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>221BD, 279, 280, 281, 283, 292, 293, 294, 297, 298, 300, 301, 304,313, 317, 317A, 323, 324, 325, 326, 328, 332, 333, 338A, 338B, 338C,338E or 444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059334A" w14:paraId="11D1148F" w14:textId="77777777" w:rsidTr="00D57A9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE2F23E" w14:textId="77394C84" w:rsidR="0059334A" w:rsidRPr="00634B9B" w:rsidRDefault="0059334A" w:rsidP="00FC1708">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t>Family Violence Offence (Category B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC11020" w14:textId="77777777" w:rsidR="0002796B" w:rsidRDefault="00387402" w:rsidP="00387402">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004977DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>In accordance with clause 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004977DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Part C of Schedule 1 of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004977DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Bail Act 1982</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004977DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (WA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a Family Violence Offence (Category B) is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004977DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>an offence where the offender and the victim are in a designated family</w:t>
+            </w:r>
+            <w:r w:rsidR="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004977DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>relationship with each other at the time of the commission of the offence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004977DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>and the offence is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13AF7902" w14:textId="3E8188A6" w:rsidR="0002796B" w:rsidRDefault="00387402" w:rsidP="0002796B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">an offence against </w:t>
+            </w:r>
+            <w:r w:rsidR="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">section </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4551">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">61(1) or (1A) of the </w:t>
+            </w:r>
+            <w:r w:rsidR="0002796B" w:rsidRPr="0007222A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Restraining Orders Act 1997</w:t>
+            </w:r>
+            <w:r w:rsidR="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1973FD82" w14:textId="36A35F03" w:rsidR="0059334A" w:rsidRPr="00802391" w:rsidRDefault="0002796B" w:rsidP="0007222A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">an offence against </w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the following sections of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Criminal Code 1913</w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00387402" w:rsidRPr="0002796B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>221BD, 279, 280, 281, 283, 292, 293, 294, 297, 298, 300, 301, 304,313, 317, 317A, 323, 324, 325, 326, 328, 332, 333, 338A, 338B, 338C,338E or 444;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00056DE5" w14:paraId="01919C42" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BE36592" w14:textId="07920143" w:rsidR="00056DE5" w:rsidRPr="00DE42FE" w:rsidRDefault="00056DE5" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE42FE">
               <w:t>Fine Expiation Order</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBC72EC" w14:textId="33A6C237" w:rsidR="00056DE5" w:rsidRPr="00DE42FE" w:rsidRDefault="00056DE5" w:rsidP="00FC1708">
+          <w:p w14:paraId="3DBC72EC" w14:textId="369AAC39" w:rsidR="00056DE5" w:rsidRPr="00DE42FE" w:rsidRDefault="00056DE5" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE42FE">
               <w:t>A fine expiation order is an order enabling an offender who is in custody, or has been in custody, to discharge the offender’s liability to pay the amount owed in respect of a fine.</w:t>
             </w:r>
             <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
               <w:t xml:space="preserve"> Refer to </w:t>
             </w:r>
             <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Fines Penalties and Infringment Notices Enforcement Act 1994</w:t>
+              <w:t xml:space="preserve">Fines Penalties and </w:t>
+            </w:r>
+            <w:r w:rsidR="008638D3" w:rsidRPr="00DE42FE">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Infringement</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Notices Enforcement Act 1994</w:t>
             </w:r>
             <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006714A0" w14:paraId="382C2515" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66190D70" w14:textId="77777777" w:rsidR="006714A0" w:rsidRDefault="006714A0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:t xml:space="preserve">Guiding Principles for Corrections in Australia, 2018 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14401,196 +15276,187 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
               <w:t>Officer in Charge (OIC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5701F4CA" w14:textId="084D02F4" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>As defined in s. 3(1)</w:t>
             </w:r>
             <w:r w:rsidR="00EE1076">
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>and refers to either the designated Superintendent or the officer in charge of a prison at a particular time.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0118D249" w14:textId="556120B9" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Also includes any contract worker authorised by the Commissioner in accordance with s. 15I (1) (a)</w:t>
             </w:r>
             <w:r w:rsidR="00EE1076">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri"/>
                   <w:i/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prisons </w:t>
-[...7 lines deleted...]
-                <w:t>Act 1981</w:t>
+                <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>to perform the functions of a superintendent in a privately operated prison.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="0DB9F497" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54370DA7" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="008206E2">
-              <w:lastRenderedPageBreak/>
               <w:t>Prisoner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F1397F8" w14:textId="55A65D27" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>Any person in lawful custody and referred to as a prisoner in s. 3</w:t>
             </w:r>
             <w:r w:rsidR="00EE1076">
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>; also includes a person not yet in the custody of a prison, but in the custody of a Contractor under the court security and custodial services contract</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="7D1CD8DD" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31E9031F" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
               <w:t>Prisoners Review Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="532993ED" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The Board established under s 102 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="006950BF">
                 <w:rPr>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>Sentence Administration Act 2003</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the authority responsible for determining release to state parole.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="40B3EA39" w14:textId="77777777" w:rsidTr="00FF20A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56B89A75" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00E54CBC" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
@@ -14628,87 +15494,948 @@
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Released in Error</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="383A36A8" w14:textId="4C5AF4D7" w:rsidR="00BA10DC" w:rsidRPr="00FF20A1" w:rsidRDefault="00BA10DC" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C44A6B">
               <w:t>When a prisoner/detainee is released from custody before the date they are lawfully entitled to be released, including being released without signing relevant papers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00D52DCE" w14:paraId="2B8EDF8D" w14:textId="77777777" w:rsidTr="0054256B">
+        <w:trPr>
+          <w:trHeight w:val="981"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E85EF7" w14:textId="7DF050C4" w:rsidR="00D52DCE" w:rsidRPr="00634B9B" w:rsidRDefault="00D52DCE" w:rsidP="00FC1708">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve">Schedule 1 Serious Offences - Sexual Assault </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5DB5A8" w14:textId="1BDE4F55" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="003404E7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve">A schedule 1 serious offence – sexual assault, in accordance with the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>High Risk Serious Offenders Act 2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t>, includes the following:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3737F6B5" w14:textId="324E1DD2" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.192 - Employing child to perform indecent, obscene or pornographic manner</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="345DC9C9" w14:textId="77777777" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.186</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>– occupier or owner allowing young person to be on premises for unlawful carnal knowledge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CB34D0" w14:textId="0B0E8F7A" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 187– facilitating sexual offences against a child outside of WA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FB5E354" w14:textId="75FFFFA4" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 204A – showing offensive material to child under 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FDF1090" w14:textId="2F82DD23" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.204B – using electronic communication to procure, or expose to indecent material, child under 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B8B58AD" w14:textId="2D579289" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 217 – involving child in child exploitation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD5C223" w14:textId="7311C55F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 218 – producing child exploitation material</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="728571A8" w14:textId="7F15A64D" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.219 – distributing child exploitation material</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04663C09" w14:textId="042E1FB7" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 220 – possession of child exploitation material</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30FE15D6" w14:textId="77777777" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.320 – sexual offence against a child under 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38775F3B" w14:textId="7B4DBE1F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 321 – sexual offence against a child of or over 13 and under 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="568D2D87" w14:textId="1EE127CD" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 321A – persistent sexual conduct with a child under 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01187EBF" w14:textId="4E5A3280" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.322 – sexual offence against child of or over 16 by person in authority</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C30BAD" w14:textId="6763E704" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 324 – aggravated indecent assault</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA3BEB9" w14:textId="54E556F6" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 325 – sexual penetration without consent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D87A24" w14:textId="61FF58EE" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s. 326 – aggravated sexual penetration without consent </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD27862" w14:textId="215843E7" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 327 – sexual coercion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2460F366" w14:textId="3E43CB84" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 328 – aggravated sexual coercion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="366668B2" w14:textId="0B2F7E1F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 329 – sexual offence by relative or the like</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11CB49F0" w14:textId="4C6759B4" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 330 – sexual offence against incapable person</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE0246D" w14:textId="1B8CE056" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 331B – sexual servitude</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37E231D4" w14:textId="743F15B0" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 331C – conducting business involving sexual servitude</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B9E6FBF" w14:textId="20EB6057" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 331D – deceptive recruiting for commercial sexual service</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58901BFF" w14:textId="72B88C82" w:rsidR="003404E7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s. 7 – seeking to induce person to act as </w:t>
+            </w:r>
+            <w:r w:rsidR="005554D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>prostitute</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0074637D" w14:paraId="09930ECD" w14:textId="77777777" w:rsidTr="0054256B">
+        <w:trPr>
+          <w:trHeight w:val="981"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC81D90" w14:textId="3D0B78A5" w:rsidR="0074637D" w:rsidRPr="00634B9B" w:rsidRDefault="0074637D" w:rsidP="0074637D">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t>Serious Assault</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2038AA" w14:textId="1C05754A" w:rsidR="0074637D" w:rsidRPr="00634B9B" w:rsidRDefault="0074637D" w:rsidP="0074637D">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve"> A person who commits an assault against section 318 of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Criminal Code Act Compilation Act 1913 (the Criminal Code).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve">This includes public officers such as ambulance officers, police officers, prison </w:t>
+            </w:r>
+            <w:r w:rsidR="008638D3" w:rsidRPr="00634B9B">
+              <w:t>officers, public</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve"> transport authority officers, officers under the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Young Offenders Act 1994, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve"> officers under the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Fire and Emergency Services Act 1998</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve"> and retail workers. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A22F161" w14:textId="7B2AD315" w:rsidR="0074637D" w:rsidRPr="00634B9B" w:rsidRDefault="0074637D" w:rsidP="0074637D">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t>Refer to the Criminal Code for the full list.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0074637D" w14:paraId="4B40F3A7" w14:textId="77777777" w:rsidTr="00C404E5">
+        <w:trPr>
+          <w:trHeight w:val="684"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A364B7" w14:textId="1B6D2A2C" w:rsidR="0074637D" w:rsidRPr="00634B9B" w:rsidRDefault="0074637D" w:rsidP="0074637D">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Special Profile </w:t>
+            </w:r>
+            <w:r w:rsidR="00815155" w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Offender </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(SP</w:t>
+            </w:r>
+            <w:r w:rsidR="00815155" w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7051" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="255BBBD0" w14:textId="00A75A74" w:rsidR="0074637D" w:rsidRPr="00634B9B" w:rsidRDefault="0074637D" w:rsidP="0074637D">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A Prisoner who is considered of specific interest to the media and community.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="3B576511" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="512D6ECA" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
               <w:t>Superintendent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5700234F" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">The Superintendent as defined in s 36 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">  includes any reference to the position responsible for the management of a private prison under Part IIIA of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00FF20A1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E25C2A" w:rsidRPr="00FF20A1">
               <w:t>Does not extend to the Officer in Charge of a Prison</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D0CE4" w14:paraId="4F526B45" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B610D90" w14:textId="652F9275" w:rsidR="009D0CE4" w:rsidRPr="006714A0" w:rsidRDefault="0079123E" w:rsidP="00FC1708">
@@ -14769,65 +16496,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FC813D6" w14:textId="71AE7EE9" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">Transfer </w:t>
             </w:r>
             <w:r w:rsidR="0079123E">
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> Discharge sheet produced through TOMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="60817FA0" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DC9930" w14:textId="79B916FC" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
+          <w:p w14:paraId="08DC9930" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00FF20A1">
-              <w:t>otal Offender Management S</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (T</w:t>
+              <w:t>otal Offender Management System (T</w:t>
             </w:r>
             <w:r w:rsidRPr="006714A0">
               <w:t>OMS</w:t>
             </w:r>
             <w:r w:rsidR="00FF20A1">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11ED87DA" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>The computer application used by the Department of Justice for the management of prisoners in custody.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B90846" w14:paraId="3C2E01B3" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
@@ -14842,50 +16563,91 @@
               <w:t>Unlawful Consorting Notice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E0FB8B5" w14:textId="75541512" w:rsidR="00B90846" w:rsidRPr="00FF20A1" w:rsidRDefault="00B90846" w:rsidP="00B90846">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00AB2F9F">
               <w:t xml:space="preserve">Unlawful Consorting Notice issued under the </w:t>
             </w:r>
             <w:r w:rsidRPr="0095271D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Criminal Law (Unlawful Consorting and Prohibited Insignia) Act 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="001A558F" w14:paraId="01B81944" w14:textId="77777777" w:rsidTr="00D57A9C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B0E087" w14:textId="5BBF863D" w:rsidR="001A558F" w:rsidRPr="00634B9B" w:rsidRDefault="001A558F" w:rsidP="00B90846">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t>Unlawful non citizen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA2843D" w14:textId="18A33F60" w:rsidR="001A558F" w:rsidRPr="00634B9B" w:rsidRDefault="001A558F" w:rsidP="00B90846">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve">For the purposes of this policy is an immigration </w:t>
+            </w:r>
+            <w:r w:rsidR="008638D3" w:rsidRPr="00634B9B">
+              <w:t>prisoner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:t xml:space="preserve"> subject to detention and removal from Australia under ss 189 and 198 of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00634B9B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Migration Act 1958(Cth)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="425E775F" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6309F743" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="000B04A8" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Victim Notification Register (</w:t>
             </w:r>
             <w:r w:rsidR="00664180" w:rsidRPr="006714A0">
               <w:t>VNR</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="105FB2E3" w14:textId="10658650" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="000B04A8" w:rsidP="00FC1708">
@@ -14928,466 +16690,471 @@
             </w:r>
             <w:r w:rsidR="00286F96" w:rsidRPr="00DE42FE">
               <w:t>orruption and Crime Commission.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A5B4D" w:rsidRPr="00DE42FE" w14:paraId="5859BC90" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A91BD76" w14:textId="24DA9481" w:rsidR="000A5B4D" w:rsidRPr="00DE42FE" w:rsidRDefault="000A5B4D" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE42FE">
               <w:t xml:space="preserve">Warrant of Commitment </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="441E456A" w14:textId="056B1C6B" w:rsidR="000A5B4D" w:rsidRPr="00DE42FE" w:rsidRDefault="000A5B4D" w:rsidP="00FC1708">
+          <w:p w14:paraId="441E456A" w14:textId="6BE5D8AE" w:rsidR="000A5B4D" w:rsidRPr="00DE42FE" w:rsidRDefault="000A5B4D" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE42FE">
               <w:t xml:space="preserve">Issued under s52S(4) of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Fines, Penalties and Infringment Notices Enforcement Act 1994,</w:t>
+              <w:t xml:space="preserve">Fines, Penalties and </w:t>
+            </w:r>
+            <w:r w:rsidR="008638D3" w:rsidRPr="00DE42FE">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Infringement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE42FE">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Notices Enforcement Act 1994,</w:t>
             </w:r>
             <w:r w:rsidR="00056DE5" w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00056DE5" w:rsidRPr="00DE42FE">
               <w:t>in relation to a fine is issued by the court to commit the offender to be imprisoned for a period of time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F1AD6FB" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00DE42FE" w:rsidRDefault="003D708E" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="135" w:name="_Toc211845803"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc218064800"/>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>Related legislation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="137"/>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B65C5C" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006B7A0A">
+    <w:p w14:paraId="43B65C5C" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bail Act 1982</w:t>
       </w:r>
       <w:r w:rsidR="00FF20A1" w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="460214F5" w14:textId="143DB012" w:rsidR="00293BEA" w:rsidRDefault="00293BEA" w:rsidP="00406DA3">
+    <w:p w14:paraId="460214F5" w14:textId="143DB012" w:rsidR="00293BEA" w:rsidRDefault="00293BEA" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Criminal Law </w:t>
       </w:r>
       <w:r w:rsidR="003E14F0" w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E17A0B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mental Impairment) Act 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFE3E90" w14:textId="1C1819DE" w:rsidR="0095271D" w:rsidRPr="006B7A0A" w:rsidRDefault="0095271D" w:rsidP="006B7A0A">
+    <w:p w14:paraId="5FFE3E90" w14:textId="1C1819DE" w:rsidR="0095271D" w:rsidRPr="006B7A0A" w:rsidRDefault="0095271D" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095271D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Criminal Law (Unlawful Consorting and Prohibited Insignia) Act 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EAC52F" w14:textId="7898509A" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="008206EB" w:rsidP="006B7A0A">
+    <w:p w14:paraId="58EAC52F" w14:textId="7898509A" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="008206EB" w:rsidP="000D77FE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>High Risk Serious Offenders Act 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419B6F2C" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006B7A0A">
+    <w:p w14:paraId="419B6F2C" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRDefault="00293BEA" w:rsidP="000D77FE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fines, </w:t>
       </w:r>
       <w:r w:rsidR="003E14F0" w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Penalties</w:t>
       </w:r>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and Infringement Notices Enforcement Act 1994</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0304AF53" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006B7A0A">
+    <w:p w14:paraId="425DA11E" w14:textId="0AFE9175" w:rsidR="000D77FE" w:rsidRPr="008B62B2" w:rsidRDefault="000D77FE" w:rsidP="000D77FE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B7A0A">
+      <w:r w:rsidRPr="008B62B2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Prisons Act 1981</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65C6A970" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006B7A0A">
+        <w:t>Migration Act 1958(Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0304AF53" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="000D77FE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Prisons Regulations 1982</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="115F26ED" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006B7A0A">
+        <w:t>Prisons Act 1981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C6A970" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="000D77FE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Prisoners (Interstate Transfer) Act 1983</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A651889" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006B7A0A">
+        <w:t>Prisons Regulations 1982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="115F26ED" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Prisoners (International Transfer) Act 2000</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="636AE95A" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006B7A0A">
+        <w:t>Prisoners (Interstate Transfer) Act 1983</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A651889" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Sentencing Act 1995</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="17871AA2" w14:textId="77777777" w:rsidR="003E14F0" w:rsidRPr="006B7A0A" w:rsidRDefault="003E14F0" w:rsidP="006B7A0A">
+        <w:t>Prisoners (International Transfer) Act 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636AE95A" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF20A1" w:rsidRPr="006B7A0A">
+        <w:t>Sentencing Act 1995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17871AA2" w14:textId="77777777" w:rsidR="003E14F0" w:rsidRPr="006B7A0A" w:rsidRDefault="003E14F0" w:rsidP="006D055F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B7A0A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF20A1" w:rsidRPr="006B7A0A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>entence Administration Act 2003</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED41875" w14:textId="64EEB1D4" w:rsidR="00FC1708" w:rsidRDefault="003E14F0" w:rsidP="006B7A0A">
+    <w:p w14:paraId="6ED41875" w14:textId="64EEB1D4" w:rsidR="00FC1708" w:rsidRDefault="003E14F0" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Transfer of Prisoners Act 1983</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3429100C" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRPr="00BE7005" w:rsidRDefault="00BE7005" w:rsidP="00BE7005">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12E0D912" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="009D516D" w:rsidRDefault="002E5756" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="136" w:name="_Toc178286"/>
-      <w:bookmarkStart w:id="137" w:name="_Toc211845804"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc178286"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc218064801"/>
       <w:r w:rsidRPr="009D516D">
         <w:t>Assurance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="136"/>
-      <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkEnd w:id="139"/>
     </w:p>
     <w:p w14:paraId="1A13EAF4" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRPr="0009417B" w:rsidRDefault="00BE7005" w:rsidP="00BE7005">
       <w:r>
         <w:t xml:space="preserve">It is </w:t>
       </w:r>
       <w:r w:rsidRPr="0009417B">
         <w:t>expected that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0929533C" w14:textId="443491E0" w:rsidR="00BE7005" w:rsidRPr="0009417B" w:rsidRDefault="00BE7005" w:rsidP="00BE7005">
       <w:r w:rsidRPr="0009417B">
         <w:t xml:space="preserve">Prisons will undertake local compliance in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="0009417B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Compliance Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0009417B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116AC7F1" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRPr="0009417B" w:rsidRDefault="00BE7005" w:rsidP="00A54777">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0009417B">
+    <w:p w14:paraId="116AC7F1" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRPr="00160A16" w:rsidRDefault="00BE7005" w:rsidP="00160A16">
+      <w:r w:rsidRPr="00160A16">
         <w:t xml:space="preserve">The relevant Deputy Commissioner within Head Office will undertake management oversight as required. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4885234B" w14:textId="317253C1" w:rsidR="00BE7005" w:rsidRPr="0009417B" w:rsidRDefault="00BE7005" w:rsidP="00A54777">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0009417B">
+    <w:p w14:paraId="4885234B" w14:textId="317253C1" w:rsidR="00BE7005" w:rsidRPr="00160A16" w:rsidRDefault="00BE7005" w:rsidP="00160A16">
+      <w:r w:rsidRPr="00160A16">
         <w:t xml:space="preserve">Operational Compliance Branch will undertake checks in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
-        <w:r w:rsidRPr="0009417B">
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="00160A16">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Operational Compliance Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0009417B">
+      <w:r w:rsidRPr="00160A16">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A7DDAC" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRDefault="00BE7005" w:rsidP="00A54777">
-[...24 lines deleted...]
-    <w:p w14:paraId="14AA7D94" w14:textId="44D09621" w:rsidR="00245869" w:rsidRPr="00EA7EAC" w:rsidRDefault="00245869" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="36A7DDAC" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRDefault="00BE7005" w:rsidP="00160A16">
+      <w:r w:rsidRPr="00160A16">
+        <w:t xml:space="preserve">Independent oversight will be undertaken as required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5421BF" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
+    <w:p w14:paraId="7C1635CC" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
+    <w:p w14:paraId="2F10D315" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
+    <w:p w14:paraId="41E7B16B" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
+    <w:p w14:paraId="2F747A86" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
+    <w:p w14:paraId="161507E6" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
     <w:p w14:paraId="6BA04811" w14:textId="17EE6E99" w:rsidR="00245869" w:rsidRDefault="00245869" w:rsidP="00E96B7E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="138" w:name="_Toc211845805"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc218064802"/>
       <w:r>
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
       <w:r w:rsidR="00E96B7E">
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ersion </w:t>
       </w:r>
       <w:r w:rsidR="00E96B7E">
         <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:t>istory</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkEnd w:id="140"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9318" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1103"/>
         <w:gridCol w:w="1444"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1810"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EE1076" w:rsidRPr="007D3C6F" w14:paraId="29675E36" w14:textId="21C55E48" w:rsidTr="00406DA3">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
@@ -15774,56 +17541,62 @@
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="125B4EAD" w14:textId="77777777" w:rsidR="00C860C7" w:rsidRDefault="00C860C7" w:rsidP="00C860C7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Approved by </w:t>
             </w:r>
             <w:r w:rsidRPr="00D1230B">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t>Commissioner</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28FF6D6D" w14:textId="3682B4A3" w:rsidR="00CC2EF0" w:rsidRDefault="00CC2EF0" w:rsidP="00C860C7">
+          <w:p w14:paraId="28FF6D6D" w14:textId="565CA19B" w:rsidR="00CC2EF0" w:rsidRDefault="00CC2EF0" w:rsidP="00C860C7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>CM: S23/112765</w:t>
+              <w:t>CM</w:t>
+            </w:r>
+            <w:r w:rsidR="00B23506">
+              <w:t xml:space="preserve"> Ref</w:t>
+            </w:r>
+            <w:r>
+              <w:t>: S23/112765</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A15A79E" w14:textId="0AE72D8A" w:rsidR="00C860C7" w:rsidRDefault="009E1224" w:rsidP="00C860C7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>4 December 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BCC3B01" w14:textId="2833F91E" w:rsidR="00C860C7" w:rsidRDefault="00C059BA" w:rsidP="00C860C7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
@@ -15900,151 +17673,188 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">30 </w:t>
             </w:r>
             <w:r w:rsidR="00765AE7">
               <w:t>August 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A769D35" w14:textId="1AAF9A5E" w:rsidR="00A46B46" w:rsidRDefault="00406DA3" w:rsidP="00C860C7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>01 September 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6619" w:rsidRPr="007D3C6F" w14:paraId="630A1C2C" w14:textId="77777777" w:rsidTr="00406DA3">
+      <w:tr w:rsidR="00B32CFA" w:rsidRPr="007D3C6F" w14:paraId="0106F669" w14:textId="77777777" w:rsidTr="00406DA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A87538" w14:textId="148D2174" w:rsidR="003B6619" w:rsidRPr="00AF7B9D" w:rsidRDefault="003B6619" w:rsidP="00C860C7">
+          <w:p w14:paraId="4E87ADE3" w14:textId="76BE9F02" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF7B9D">
-              <w:lastRenderedPageBreak/>
+            <w:r>
               <w:t>7.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA5DDFA" w14:textId="790F3C4D" w:rsidR="003B6619" w:rsidRPr="00AF7B9D" w:rsidRDefault="003B6619" w:rsidP="00C860C7">
+          <w:p w14:paraId="4626C1DE" w14:textId="6BA6055C" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF7B9D">
+            <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0A0D42" w14:textId="77777777" w:rsidR="003B6619" w:rsidRPr="00AF7B9D" w:rsidRDefault="003B6619" w:rsidP="00C860C7">
+          <w:p w14:paraId="5B28796E" w14:textId="3F508AB6" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF7B9D">
-              <w:t>Approved by the Deputy Commissioner Operational Support</w:t>
+            <w:r>
+              <w:t xml:space="preserve">Approved by </w:t>
+            </w:r>
+            <w:r w:rsidR="00B23506">
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Commissioner, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B23506">
+              <w:t>Corrective Services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F41AABE" w14:textId="1B78A7F3" w:rsidR="003B6619" w:rsidRPr="00AF7B9D" w:rsidRDefault="003B6619" w:rsidP="00C860C7">
+          <w:p w14:paraId="57E84AC6" w14:textId="47EEACBD" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF7B9D">
-[...3 lines deleted...]
-              <w:t>S25/41385</w:t>
+            <w:r>
+              <w:t>CM Ref: S2</w:t>
+            </w:r>
+            <w:r w:rsidR="00477D4D">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00861B36">
+              <w:t>40217</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75401CA7" w14:textId="4F97306A" w:rsidR="003B6619" w:rsidRPr="00AF7B9D" w:rsidRDefault="00570BA6" w:rsidP="00C860C7">
+          <w:p w14:paraId="058961B4" w14:textId="45CDB294" w:rsidR="00B32CFA" w:rsidRDefault="007B1829" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF7B9D">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> October 2025</w:t>
+            <w:r w:rsidRPr="007B1829">
+              <w:t>3 December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37982682" w14:textId="38FAC432" w:rsidR="003B6619" w:rsidRPr="00AF7B9D" w:rsidRDefault="00AF7B9D" w:rsidP="00C860C7">
+          <w:p w14:paraId="0275ECB8" w14:textId="65EE02D2" w:rsidR="00B32CFA" w:rsidRDefault="00897540" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>20 October 2025</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00897540">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>January</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00897540">
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0F03D80A" w14:textId="77777777" w:rsidR="00245869" w:rsidRDefault="00245869" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="72A0928B" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="779E89F4" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="5800570B" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="66B67500" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="5805E632" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="154CECCA" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="3AD92C30" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="4309C205" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="1CC28591" w14:textId="77777777" w:rsidR="00734E70" w:rsidRDefault="00734E70" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="29E0DDAF" w14:textId="77777777" w:rsidR="00734E70" w:rsidRDefault="00734E70" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="2BEEB923" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="2B6F8ACE" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="4D15C6A8" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
+    <w:p w14:paraId="4E9CB337" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="48621B25" w14:textId="2D5F8A58" w:rsidR="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
-      <w:bookmarkStart w:id="139" w:name="_Appendix_A:_Expiry"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkStart w:id="141" w:name="_Appendix_A:_Expiry"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc218064803"/>
+      <w:bookmarkEnd w:id="141"/>
       <w:r w:rsidRPr="00FC1708">
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="00666679" w:rsidRPr="00FC1708">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1708">
         <w:t>: Expiry of a Sentence</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkEnd w:id="142"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="40" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1550"/>
         <w:gridCol w:w="2359"/>
         <w:gridCol w:w="5584"/>
       </w:tblGrid>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="4035ECFD" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76B82704" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
@@ -16217,56 +18027,62 @@
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">Fixed term </w:t>
             </w:r>
             <w:r w:rsidR="00E721A6">
               <w:t xml:space="preserve">6 months </w:t>
             </w:r>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">and eligible for Short Term parole </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C206F68" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Release on Short Term parole if parole granted</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="335ECCF6" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="335ECCF6" w14:textId="795EA4E3" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
-              <w:t>If prisoner is denied Short Term parole they must be released at expiration of term.</w:t>
+              <w:t xml:space="preserve">If prisoner is denied Short Term </w:t>
+            </w:r>
+            <w:r w:rsidR="005554D8" w:rsidRPr="00F13BD8">
+              <w:t>parole,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F13BD8">
+              <w:t xml:space="preserve"> they must be released at expiration of term.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56E9CDA9" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Where parole has been denied, prisoner is not eligible for early discharge</w:t>
             </w:r>
             <w:r w:rsidR="00F13BD8" w:rsidRPr="00F13BD8">
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="3C219275" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7189E693" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
@@ -16453,51 +18269,50 @@
               <w:pStyle w:val="ListBullet4"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve">Upon transfer, interstate sentence is deemed to have been imposed by a WA Court. </w:t>
             </w:r>
             <w:r w:rsidR="00EE1076" w:rsidRPr="00F13BD8">
               <w:t>Therefore,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve"> the WA conditions set out above apply.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15E16DA8" w14:textId="5C90DA8C" w:rsidR="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00204AA0">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Expiration of term means </w:t>
       </w:r>
       <w:r w:rsidR="0082362B">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Earliest Date of Release (</w:t>
       </w:r>
       <w:r w:rsidRPr="00204AA0">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>EDR</w:t>
       </w:r>
       <w:r w:rsidR="0082362B">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00204AA0">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -16536,544 +18351,204 @@
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (juvenile) as applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253D3F17" w14:textId="77777777" w:rsidR="00EE1076" w:rsidRDefault="00F13BD8" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13BD8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="141" w:name="_Hlk87517838"/>
+      <w:bookmarkStart w:id="143" w:name="_Hlk87517838"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="002F2CFE">
         <w:t xml:space="preserve">hese prisoners may be assessed for up to 10 days early discharge on the grounds of special welfare or compassionate grounds or </w:t>
       </w:r>
       <w:r>
         <w:t>to facilitate transportation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkEnd w:id="143"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04388068" w14:textId="0B64632C" w:rsidR="0093210C" w:rsidRDefault="0093210C" w:rsidP="00ED2C01">
+    <w:p w14:paraId="7BD399B7" w14:textId="6E563E03" w:rsidR="00C30ADE" w:rsidRPr="000B3504" w:rsidRDefault="00C30ADE" w:rsidP="00B32CFA">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-      <w:bookmarkEnd w:id="143"/>
+      <w:bookmarkStart w:id="144" w:name="Section_1_–_Before_placing_the_prisoner_"/>
+      <w:bookmarkStart w:id="145" w:name="Section_2_–_Preparing_the_prisoner_for_r"/>
+      <w:bookmarkStart w:id="146" w:name="_Appendix_B:_List"/>
       <w:bookmarkEnd w:id="144"/>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="145"/>
-    </w:p>
-[...327 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId53"/>
+      <w:bookmarkEnd w:id="146"/>
+    </w:p>
+    <w:sectPr w:rsidR="00C30ADE" w:rsidRPr="000B3504" w:rsidSect="00ED2C01">
+      <w:headerReference w:type="even" r:id="rId52"/>
+      <w:headerReference w:type="default" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
+      <w:headerReference w:type="first" r:id="rId55"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1361" w:right="1270" w:bottom="1134" w:left="1304" w:header="567" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="669B127D" w14:textId="77777777" w:rsidR="009B76EF" w:rsidRDefault="009B76EF" w:rsidP="00ED2C01">
+    <w:p w14:paraId="284F0A80" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2441F7AD" w14:textId="77777777" w:rsidR="009B76EF" w:rsidRDefault="009B76EF" w:rsidP="00ED2C01">
+    <w:p w14:paraId="29EB24FB" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Segoe UI"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E368915" w14:textId="35E4615F" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>The current version of this</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -17144,58 +18619,58 @@
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>25</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1086B491" w14:textId="77777777" w:rsidR="009B76EF" w:rsidRDefault="009B76EF" w:rsidP="00ED2C01">
+    <w:p w14:paraId="279304E5" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F55C863" w14:textId="77777777" w:rsidR="009B76EF" w:rsidRDefault="009B76EF" w:rsidP="00ED2C01">
+    <w:p w14:paraId="0ED8E26D" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="64A6E0F9" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D3AA9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Court Security and Custodial Services Act 1999</w:t>
@@ -17638,288 +19113,330 @@
   </w:footnote>
   <w:footnote w:id="18">
     <w:p w14:paraId="309C95B2" w14:textId="362E2A17" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s. 31 (1)(2) </w:t>
       </w:r>
       <w:r w:rsidRPr="005D6FDB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
-    <w:p w14:paraId="1E96EC8C" w14:textId="7D9E1928" w:rsidR="00A54777" w:rsidRDefault="00A54777">
+    <w:p w14:paraId="5490F469" w14:textId="1F3FB79A" w:rsidR="004F1361" w:rsidRDefault="004F1361">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> s. 31(3) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A54777">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C1C4A">
+        <w:t>s.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1361">
+        <w:t xml:space="preserve"> 189 and 198 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1361">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Prisons Act 1981</w:t>
+        <w:t>Migration Act 1958</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Cth)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="20">
-    <w:p w14:paraId="419A87DA" w14:textId="02F06FF1" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+    <w:p w14:paraId="1E96EC8C" w14:textId="7D9E1928" w:rsidR="00A54777" w:rsidRDefault="00A54777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A01661">
+        <w:t xml:space="preserve"> s. 31(3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54777">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>High Risk Serious Offenders Act 2020</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Prisons Act 1981</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="21">
-    <w:p w14:paraId="605A9415" w14:textId="26F0A333" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+    <w:p w14:paraId="419A87DA" w14:textId="02F06FF1" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> s. 69 or s. 70 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B41EAD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01661">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-        <w:t>Prisons Act 1981</w:t>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>High Risk Serious Offenders Act 2020</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="22">
-    <w:p w14:paraId="0DEFCAF7" w14:textId="623F80CB" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+    <w:p w14:paraId="605A9415" w14:textId="049EBEC3" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> s. 69 or s. 70 </w:t>
+        <w:t xml:space="preserve"> s. 70 </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41EAD">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="23">
-    <w:p w14:paraId="015ECD4A" w14:textId="4869C2B7" w:rsidR="00B839B3" w:rsidRDefault="00B839B3">
+    <w:p w14:paraId="0DEFCAF7" w14:textId="5908E07B" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">  s. 70 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41EAD">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Prisons Act 1981</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="24">
+    <w:p w14:paraId="4B43C97A" w14:textId="2A0B669B" w:rsidR="008D5570" w:rsidRDefault="008D5570">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B839B3">
+      <w:r w:rsidR="00D139DB">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. 318 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007222A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Criminal Law (Mental Impairment) Act 2023</w:t>
+        <w:t>Criminal Code 1913</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="24">
-    <w:p w14:paraId="434A1755" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:footnote w:id="25">
+    <w:p w14:paraId="015ECD4A" w14:textId="4869C2B7" w:rsidR="00B839B3" w:rsidRDefault="00B839B3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> r42 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00495616">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B839B3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Prisons Regulations 1982</w:t>
+        <w:t>Criminal Law (Mental Impairment) Act 2023</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="25">
-    <w:p w14:paraId="0C6DFB2A" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:footnote w:id="26">
+    <w:p w14:paraId="434A1755" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> r42(2) </w:t>
+        <w:t xml:space="preserve"> r42 </w:t>
       </w:r>
       <w:r w:rsidRPr="00495616">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Prison Regulations 1982</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Prisons Regulations 1982</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="26">
-    <w:p w14:paraId="371F80ED" w14:textId="501DC9C6" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:footnote w:id="27">
+    <w:p w14:paraId="0C6DFB2A" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> s. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00286F96">
+        <w:t xml:space="preserve"> r42(2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495616">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>116 Sentence Administration Act 2003</w:t>
+        <w:t>Prison Regulations 1982</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="27">
-    <w:p w14:paraId="60D44290" w14:textId="15C97949" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:footnote w:id="28">
+    <w:p w14:paraId="371F80ED" w14:textId="501DC9C6" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> s. 318 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B7A0A">
+        <w:t xml:space="preserve"> s. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286F96">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Criminal Code 1913</w:t>
+        <w:t>116 Sentence Administration Act 2003</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="618B0523" w14:textId="366F9EAA" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:p w14:paraId="618B0523" w14:textId="69BF569B" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002F11B4">
+    <w:r w:rsidR="00D73ED2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>COPP 14.6 – Prisoners Release from Custody</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> v 0.1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2D50EEE0" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
@@ -18247,109 +19764,109 @@
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CB6D8D3" w14:textId="77350DD2" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1DA903D4" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01"/>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61B6E9CE" w14:textId="46F2376A" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:p w14:paraId="61B6E9CE" w14:textId="6ED411B4" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
-    <w:r w:rsidRPr="00AF7B9D">
+    <w:r w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00AF7B9D">
+    <w:r w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00AF7B9D">
+    <w:r w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00542303" w:rsidRPr="00542303">
+    <w:r w:rsidR="002B0571" w:rsidRPr="002B0571">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>COPP 14.6 – Prisoners Release from Custody</w:t>
     </w:r>
-    <w:r w:rsidRPr="00AF7B9D">
+    <w:r w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00AF7B9D">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> v</w:t>
     </w:r>
-    <w:r w:rsidR="007A3BAF" w:rsidRPr="00AF7B9D">
+    <w:r w:rsidR="00C6622F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
-    <w:r w:rsidR="002F11B4" w:rsidRPr="00AF7B9D">
+    <w:r w:rsidR="002F11B4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="41347BA6" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="680044D0" w14:textId="29D8A4BF" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -18419,50 +19936,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05B65515"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F54304C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B8113D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9FD07FF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
@@ -18659,51 +20262,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A825111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73C48C6E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18772,166 +20375,253 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16951002"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BE21530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AAD4346C"/>
-    <w:lvl w:ilvl="0" w:tplc="03D4532C">
+    <w:tmpl w:val="0F767D18"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2280" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3000" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3720" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4440" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5160" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5880" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6600" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7320" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8040" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13AB3971"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6E0AC16"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19631793"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3208EB22"/>
+    <w:tmpl w:val="6B028812"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1996" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2716" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
@@ -18997,51 +20687,476 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7756" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C605218"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="386CEA16"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="213C2355"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="782EFB50"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29666FDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD04F4E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29A00DC8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A23EB25C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32A75C01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA504D68"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19110,51 +21225,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32EE0ED5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="653AF4F0"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33B90BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD783F3C"/>
     <w:lvl w:ilvl="0" w:tplc="4EF4538E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19227,189 +21455,73 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38222F5B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AAC01BA4"/>
+    <w:tmpl w:val="B1F8ED32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="720"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
@@ -19453,51 +21565,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38CE7B84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5424694"/>
     <w:lvl w:ilvl="0" w:tplc="A98264C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19545,51 +21657,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4249375C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F687D6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19661,51 +21773,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43D90D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CCE5CD4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19774,51 +21886,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44F647EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A92869E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -19863,51 +21975,250 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45657186"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="071E7C84"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49785200"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBB2735E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B1944FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1B3E63F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20003,51 +22314,223 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CB45285"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DA28C65C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D241B76"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7FB02952"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58BB3E62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E81AB73E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20089,51 +22572,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6098628A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A72A97F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20229,51 +22712,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E0A56DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EA8D258"/>
     <w:lvl w:ilvl="0" w:tplc="193450F6">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20342,51 +22825,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74A23C95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B512FCAC"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:i w:val="0"/>
         <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -20433,51 +22916,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FD4723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D222CBA"/>
     <w:lvl w:ilvl="0" w:tplc="312E38C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -20527,51 +23010,363 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="771772CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8FC7AEC"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1996" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2716" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3436" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4156" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4876" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5596" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6316" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7036" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7756" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78773D6D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92DEB846"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7626" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C645569"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4ACDE64"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D061F07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7270A1F2"/>
     <w:lvl w:ilvl="0" w:tplc="5FE0709E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -20641,51 +23436,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D6F61EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67B6203C"/>
     <w:lvl w:ilvl="0" w:tplc="0C090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20728,1598 +23523,1893 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="676078161">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1798137563">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="449738257">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="227888312">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="759378319">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2025589357">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1356006749">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2065827713">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1028916680">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="646662851">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1588927837">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1824081713">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1190677976">
-    <w:abstractNumId w:val="8"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="958682548">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1939867352">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1010253970">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="713624521">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1609124316">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1137843862">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="333266517">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1654866804">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="497161427">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="407389333">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1798524257">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1363477171">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1875995406">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="436949643">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="174923707">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="137306030">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1670984575">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1303853511">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="341859299">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="290014680">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1195272472">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="890993205">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="907963691">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1262952162">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="643698247">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1010833431">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="720863127">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="232593362">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="788282939">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="713624521">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="43" w16cid:durableId="1465385380">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1609124316">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="44" w16cid:durableId="1945961715">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1137843862">
-[...2 lines deleted...]
-  <w:num w:numId="20" w16cid:durableId="333266517">
+  <w:num w:numId="45" w16cid:durableId="1365787773">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1654866804">
-[...36 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="46" w16cid:durableId="1921787457">
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:hideGrammaticalErrors/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3OJxex0Ezi2n0KIhVejqQXwkFayyA0bxF/JOZsWjyXV2fiqualdkZh8LcaxgGLvemVBcrvN91Hfnr2nctN+5Ag==" w:salt="7rWEgFZoWyjuw92RScqqAw=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CTqoSzC6SitA3FrdCXtxkUelLcuz2GfVDiSHfBiuJpUkPaNuyVFVeQW5HSHIr6qwoPmQCoeOLLcHMRhZmv4Tpw==" w:salt="q0q6vg7ha9QLJ7Q3TrBFIQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F11E97"/>
-    <w:rsid w:val="00001CD6"/>
+    <w:rsid w:val="00000D58"/>
+    <w:rsid w:val="00001207"/>
+    <w:rsid w:val="000043B7"/>
+    <w:rsid w:val="00006290"/>
     <w:rsid w:val="000068E4"/>
     <w:rsid w:val="00013613"/>
     <w:rsid w:val="000159BE"/>
+    <w:rsid w:val="00016726"/>
     <w:rsid w:val="000169B3"/>
     <w:rsid w:val="00017D94"/>
-    <w:rsid w:val="0002031E"/>
     <w:rsid w:val="0002059A"/>
     <w:rsid w:val="00022B5B"/>
     <w:rsid w:val="00024E77"/>
-    <w:rsid w:val="00025629"/>
     <w:rsid w:val="00025A24"/>
     <w:rsid w:val="00026682"/>
+    <w:rsid w:val="0002796B"/>
     <w:rsid w:val="00027B11"/>
+    <w:rsid w:val="000300CC"/>
     <w:rsid w:val="00032461"/>
     <w:rsid w:val="00033EDF"/>
     <w:rsid w:val="000352E0"/>
+    <w:rsid w:val="00036191"/>
+    <w:rsid w:val="000363B9"/>
     <w:rsid w:val="00045668"/>
     <w:rsid w:val="0004589D"/>
     <w:rsid w:val="00045F51"/>
     <w:rsid w:val="00046D1B"/>
-    <w:rsid w:val="00047C0F"/>
     <w:rsid w:val="00051DCB"/>
     <w:rsid w:val="000526A8"/>
     <w:rsid w:val="0005414A"/>
     <w:rsid w:val="00056DE5"/>
     <w:rsid w:val="00057951"/>
     <w:rsid w:val="00057E0E"/>
     <w:rsid w:val="00060C04"/>
     <w:rsid w:val="00062608"/>
     <w:rsid w:val="00062E78"/>
     <w:rsid w:val="00063C12"/>
     <w:rsid w:val="00065076"/>
     <w:rsid w:val="00065B44"/>
     <w:rsid w:val="00066350"/>
+    <w:rsid w:val="0007222A"/>
     <w:rsid w:val="00072BA7"/>
     <w:rsid w:val="000731E9"/>
     <w:rsid w:val="00073751"/>
     <w:rsid w:val="00073E9B"/>
     <w:rsid w:val="000755EE"/>
+    <w:rsid w:val="0007686C"/>
+    <w:rsid w:val="00082BDE"/>
     <w:rsid w:val="0008325A"/>
     <w:rsid w:val="0008326D"/>
     <w:rsid w:val="00083562"/>
+    <w:rsid w:val="00083ECD"/>
+    <w:rsid w:val="00086A17"/>
     <w:rsid w:val="000925A5"/>
     <w:rsid w:val="00093974"/>
     <w:rsid w:val="0009417B"/>
     <w:rsid w:val="00094972"/>
-    <w:rsid w:val="000950F8"/>
-    <w:rsid w:val="00095118"/>
+    <w:rsid w:val="000A00AB"/>
     <w:rsid w:val="000A013B"/>
     <w:rsid w:val="000A200B"/>
     <w:rsid w:val="000A34D8"/>
+    <w:rsid w:val="000A58BA"/>
     <w:rsid w:val="000A5B4D"/>
     <w:rsid w:val="000A7359"/>
-    <w:rsid w:val="000A752B"/>
     <w:rsid w:val="000A791B"/>
     <w:rsid w:val="000B00BF"/>
     <w:rsid w:val="000B04A8"/>
     <w:rsid w:val="000B052B"/>
+    <w:rsid w:val="000B3504"/>
     <w:rsid w:val="000B57D6"/>
     <w:rsid w:val="000B6320"/>
     <w:rsid w:val="000B652A"/>
     <w:rsid w:val="000B68C4"/>
     <w:rsid w:val="000C037F"/>
     <w:rsid w:val="000C4C77"/>
     <w:rsid w:val="000C4E92"/>
     <w:rsid w:val="000C54EB"/>
     <w:rsid w:val="000D008C"/>
     <w:rsid w:val="000D140B"/>
+    <w:rsid w:val="000D6408"/>
     <w:rsid w:val="000D69A3"/>
-    <w:rsid w:val="000E0B81"/>
+    <w:rsid w:val="000D77FE"/>
     <w:rsid w:val="000E1110"/>
     <w:rsid w:val="000E2136"/>
     <w:rsid w:val="000E3EE8"/>
     <w:rsid w:val="000E407E"/>
     <w:rsid w:val="000E40AF"/>
     <w:rsid w:val="000E726F"/>
+    <w:rsid w:val="000F14D4"/>
+    <w:rsid w:val="000F1A2F"/>
     <w:rsid w:val="000F2C66"/>
     <w:rsid w:val="000F4337"/>
     <w:rsid w:val="000F4AC7"/>
     <w:rsid w:val="000F7531"/>
     <w:rsid w:val="000F7943"/>
     <w:rsid w:val="000F7A2E"/>
+    <w:rsid w:val="00100324"/>
+    <w:rsid w:val="00100FE1"/>
+    <w:rsid w:val="00102F56"/>
     <w:rsid w:val="00103390"/>
     <w:rsid w:val="001035D6"/>
+    <w:rsid w:val="001036D4"/>
     <w:rsid w:val="001043ED"/>
     <w:rsid w:val="00104BA4"/>
     <w:rsid w:val="00104FB4"/>
     <w:rsid w:val="00105946"/>
     <w:rsid w:val="00106CAB"/>
     <w:rsid w:val="00107270"/>
-    <w:rsid w:val="001075AC"/>
+    <w:rsid w:val="0010764E"/>
+    <w:rsid w:val="00107E87"/>
     <w:rsid w:val="00110078"/>
     <w:rsid w:val="00110571"/>
+    <w:rsid w:val="00111738"/>
+    <w:rsid w:val="00111B52"/>
     <w:rsid w:val="00111C14"/>
+    <w:rsid w:val="00113076"/>
+    <w:rsid w:val="00113737"/>
+    <w:rsid w:val="00113996"/>
     <w:rsid w:val="00114D1D"/>
+    <w:rsid w:val="001153A6"/>
     <w:rsid w:val="00115668"/>
     <w:rsid w:val="001158E9"/>
     <w:rsid w:val="0012211E"/>
     <w:rsid w:val="00122456"/>
-    <w:rsid w:val="00122579"/>
     <w:rsid w:val="001232E0"/>
     <w:rsid w:val="0012389F"/>
+    <w:rsid w:val="00123B71"/>
+    <w:rsid w:val="00125662"/>
+    <w:rsid w:val="00125A0F"/>
     <w:rsid w:val="00126611"/>
+    <w:rsid w:val="00130B79"/>
     <w:rsid w:val="00130BD5"/>
     <w:rsid w:val="00131037"/>
     <w:rsid w:val="00131A8B"/>
-    <w:rsid w:val="00131ED3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001339C0"/>
     <w:rsid w:val="0013402D"/>
+    <w:rsid w:val="001351F9"/>
+    <w:rsid w:val="001363C5"/>
+    <w:rsid w:val="00136BC7"/>
+    <w:rsid w:val="001370AD"/>
     <w:rsid w:val="00137580"/>
     <w:rsid w:val="00140BCB"/>
     <w:rsid w:val="0014106E"/>
     <w:rsid w:val="00141186"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="0014651C"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="001500E4"/>
+    <w:rsid w:val="0015137A"/>
     <w:rsid w:val="00151B10"/>
     <w:rsid w:val="00153E1F"/>
     <w:rsid w:val="00155864"/>
     <w:rsid w:val="001568D7"/>
-    <w:rsid w:val="00157835"/>
     <w:rsid w:val="00160131"/>
     <w:rsid w:val="001605B3"/>
+    <w:rsid w:val="00160A16"/>
     <w:rsid w:val="00161B62"/>
-    <w:rsid w:val="00163D61"/>
+    <w:rsid w:val="00163A0C"/>
+    <w:rsid w:val="00166F6E"/>
     <w:rsid w:val="001677CF"/>
-    <w:rsid w:val="0016798D"/>
     <w:rsid w:val="00167DC1"/>
     <w:rsid w:val="00170BF2"/>
+    <w:rsid w:val="00171489"/>
+    <w:rsid w:val="00171CBF"/>
+    <w:rsid w:val="00172D73"/>
     <w:rsid w:val="0017449E"/>
     <w:rsid w:val="001757E8"/>
     <w:rsid w:val="0017604B"/>
     <w:rsid w:val="0017747E"/>
     <w:rsid w:val="00177AF7"/>
+    <w:rsid w:val="00184928"/>
+    <w:rsid w:val="001911A6"/>
     <w:rsid w:val="00192E5F"/>
     <w:rsid w:val="00193880"/>
+    <w:rsid w:val="00193C2D"/>
+    <w:rsid w:val="001959DD"/>
     <w:rsid w:val="00197F9F"/>
     <w:rsid w:val="001A1145"/>
-    <w:rsid w:val="001A1F5C"/>
+    <w:rsid w:val="001A25B0"/>
     <w:rsid w:val="001A3A77"/>
+    <w:rsid w:val="001A3F63"/>
+    <w:rsid w:val="001A558F"/>
     <w:rsid w:val="001A5D14"/>
-    <w:rsid w:val="001B0F24"/>
     <w:rsid w:val="001B1F83"/>
     <w:rsid w:val="001B222E"/>
     <w:rsid w:val="001B29EF"/>
     <w:rsid w:val="001B5180"/>
     <w:rsid w:val="001B6AB8"/>
     <w:rsid w:val="001C08EA"/>
     <w:rsid w:val="001C0B1A"/>
     <w:rsid w:val="001C23BC"/>
+    <w:rsid w:val="001C374C"/>
+    <w:rsid w:val="001C4A11"/>
     <w:rsid w:val="001C69E9"/>
     <w:rsid w:val="001C79A3"/>
     <w:rsid w:val="001E0AD5"/>
+    <w:rsid w:val="001E0D03"/>
     <w:rsid w:val="001E261A"/>
     <w:rsid w:val="001E3B30"/>
     <w:rsid w:val="001E5BA4"/>
     <w:rsid w:val="001E710F"/>
+    <w:rsid w:val="001E7AC7"/>
+    <w:rsid w:val="001F0676"/>
     <w:rsid w:val="001F6B7D"/>
+    <w:rsid w:val="00200D17"/>
     <w:rsid w:val="0020131A"/>
     <w:rsid w:val="00203A73"/>
     <w:rsid w:val="00203D76"/>
     <w:rsid w:val="00204AA0"/>
     <w:rsid w:val="00205B7E"/>
     <w:rsid w:val="00205D7B"/>
     <w:rsid w:val="00206001"/>
     <w:rsid w:val="00206D05"/>
     <w:rsid w:val="0020723F"/>
     <w:rsid w:val="00207AAF"/>
     <w:rsid w:val="00211EF7"/>
     <w:rsid w:val="002161B9"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="00220A34"/>
+    <w:rsid w:val="00221AF8"/>
+    <w:rsid w:val="00222134"/>
     <w:rsid w:val="00224A74"/>
     <w:rsid w:val="00226E23"/>
     <w:rsid w:val="002300E9"/>
-    <w:rsid w:val="00231998"/>
     <w:rsid w:val="002321F3"/>
+    <w:rsid w:val="00232364"/>
     <w:rsid w:val="002337D5"/>
     <w:rsid w:val="00234CFF"/>
+    <w:rsid w:val="00236A60"/>
+    <w:rsid w:val="0024060E"/>
+    <w:rsid w:val="0024215E"/>
     <w:rsid w:val="00242B9D"/>
     <w:rsid w:val="00244A2A"/>
+    <w:rsid w:val="002456EA"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
     <w:rsid w:val="00250C62"/>
     <w:rsid w:val="00254316"/>
-    <w:rsid w:val="002568E3"/>
     <w:rsid w:val="00261D08"/>
     <w:rsid w:val="002633D1"/>
     <w:rsid w:val="002651A8"/>
     <w:rsid w:val="00265D40"/>
+    <w:rsid w:val="002667B2"/>
     <w:rsid w:val="00270779"/>
     <w:rsid w:val="00270988"/>
     <w:rsid w:val="0027341A"/>
     <w:rsid w:val="00275F09"/>
     <w:rsid w:val="0027609B"/>
-    <w:rsid w:val="00277853"/>
-    <w:rsid w:val="0028348E"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="0028676A"/>
     <w:rsid w:val="00286EB3"/>
     <w:rsid w:val="00286F96"/>
     <w:rsid w:val="00287365"/>
     <w:rsid w:val="00287BF4"/>
     <w:rsid w:val="00290050"/>
-    <w:rsid w:val="00290AA3"/>
+    <w:rsid w:val="0029261E"/>
     <w:rsid w:val="0029308D"/>
     <w:rsid w:val="00293BEA"/>
-    <w:rsid w:val="00294664"/>
     <w:rsid w:val="002949F2"/>
     <w:rsid w:val="002949F3"/>
+    <w:rsid w:val="002953C0"/>
     <w:rsid w:val="00295952"/>
+    <w:rsid w:val="002972FC"/>
     <w:rsid w:val="002A0391"/>
     <w:rsid w:val="002A13BA"/>
+    <w:rsid w:val="002A327D"/>
+    <w:rsid w:val="002A6037"/>
     <w:rsid w:val="002A74BC"/>
     <w:rsid w:val="002B0232"/>
-    <w:rsid w:val="002B6918"/>
-    <w:rsid w:val="002B6E58"/>
+    <w:rsid w:val="002B0571"/>
+    <w:rsid w:val="002B1D5E"/>
+    <w:rsid w:val="002B2B99"/>
     <w:rsid w:val="002C168D"/>
     <w:rsid w:val="002C49CE"/>
     <w:rsid w:val="002C4A1F"/>
     <w:rsid w:val="002C6474"/>
-    <w:rsid w:val="002D1EA3"/>
+    <w:rsid w:val="002D0782"/>
+    <w:rsid w:val="002D2F76"/>
+    <w:rsid w:val="002D6943"/>
     <w:rsid w:val="002E0D88"/>
     <w:rsid w:val="002E44E7"/>
-    <w:rsid w:val="002E4E41"/>
+    <w:rsid w:val="002E4BA8"/>
     <w:rsid w:val="002E5756"/>
     <w:rsid w:val="002E5BBD"/>
     <w:rsid w:val="002E6B5D"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002E7E7D"/>
     <w:rsid w:val="002F10B6"/>
     <w:rsid w:val="002F11B4"/>
     <w:rsid w:val="002F12A2"/>
     <w:rsid w:val="002F1B0B"/>
     <w:rsid w:val="002F2CFE"/>
     <w:rsid w:val="002F44BC"/>
+    <w:rsid w:val="002F5C3D"/>
     <w:rsid w:val="002F5D2D"/>
-    <w:rsid w:val="00300A1A"/>
     <w:rsid w:val="00300D0D"/>
     <w:rsid w:val="0030192F"/>
     <w:rsid w:val="00302144"/>
-    <w:rsid w:val="0030283A"/>
     <w:rsid w:val="003035D2"/>
+    <w:rsid w:val="00303712"/>
     <w:rsid w:val="00303D70"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="003114B7"/>
     <w:rsid w:val="003128BE"/>
     <w:rsid w:val="0031346A"/>
+    <w:rsid w:val="00314DCA"/>
     <w:rsid w:val="00315E8E"/>
     <w:rsid w:val="003171DF"/>
     <w:rsid w:val="00321925"/>
     <w:rsid w:val="00322643"/>
     <w:rsid w:val="00323BBF"/>
-    <w:rsid w:val="00323BE0"/>
     <w:rsid w:val="003253AA"/>
+    <w:rsid w:val="0032676E"/>
     <w:rsid w:val="003304C4"/>
     <w:rsid w:val="00337421"/>
+    <w:rsid w:val="003404E7"/>
     <w:rsid w:val="00343560"/>
+    <w:rsid w:val="00346764"/>
     <w:rsid w:val="00350915"/>
     <w:rsid w:val="003544C0"/>
     <w:rsid w:val="00354527"/>
     <w:rsid w:val="00360134"/>
+    <w:rsid w:val="00360CB6"/>
+    <w:rsid w:val="0036288E"/>
     <w:rsid w:val="00362A21"/>
+    <w:rsid w:val="0036330A"/>
     <w:rsid w:val="003636B9"/>
-    <w:rsid w:val="003638DC"/>
-    <w:rsid w:val="00363E6D"/>
     <w:rsid w:val="00366CED"/>
     <w:rsid w:val="00367BAB"/>
+    <w:rsid w:val="00367E98"/>
+    <w:rsid w:val="00370E2E"/>
+    <w:rsid w:val="003758DE"/>
+    <w:rsid w:val="00377C70"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="003825A8"/>
+    <w:rsid w:val="0038369E"/>
     <w:rsid w:val="00383F17"/>
-    <w:rsid w:val="00385256"/>
-    <w:rsid w:val="00394001"/>
+    <w:rsid w:val="00386469"/>
+    <w:rsid w:val="00387402"/>
     <w:rsid w:val="003945C0"/>
     <w:rsid w:val="00394E12"/>
     <w:rsid w:val="00395BE4"/>
     <w:rsid w:val="00397E46"/>
+    <w:rsid w:val="003A080D"/>
+    <w:rsid w:val="003A0A5F"/>
     <w:rsid w:val="003A25EA"/>
+    <w:rsid w:val="003A3509"/>
     <w:rsid w:val="003A3F21"/>
-    <w:rsid w:val="003A4438"/>
-    <w:rsid w:val="003A4CDE"/>
     <w:rsid w:val="003A5BC3"/>
     <w:rsid w:val="003A5E3C"/>
+    <w:rsid w:val="003B3880"/>
+    <w:rsid w:val="003B5328"/>
     <w:rsid w:val="003B5E5A"/>
-    <w:rsid w:val="003B6619"/>
     <w:rsid w:val="003B68B0"/>
+    <w:rsid w:val="003B7DA2"/>
+    <w:rsid w:val="003C13C2"/>
     <w:rsid w:val="003C1B90"/>
     <w:rsid w:val="003C28CB"/>
     <w:rsid w:val="003C297F"/>
+    <w:rsid w:val="003D0049"/>
     <w:rsid w:val="003D3C46"/>
+    <w:rsid w:val="003D3DBC"/>
     <w:rsid w:val="003D50AD"/>
     <w:rsid w:val="003D708E"/>
-    <w:rsid w:val="003D7EDC"/>
     <w:rsid w:val="003E0F1A"/>
-    <w:rsid w:val="003E1284"/>
     <w:rsid w:val="003E14F0"/>
-    <w:rsid w:val="003E4B66"/>
+    <w:rsid w:val="003E2D04"/>
     <w:rsid w:val="003E5E6D"/>
     <w:rsid w:val="003E5F52"/>
     <w:rsid w:val="003E6615"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003E704E"/>
     <w:rsid w:val="003E73EF"/>
     <w:rsid w:val="003E7CC5"/>
     <w:rsid w:val="003E7FA3"/>
-    <w:rsid w:val="003F092B"/>
-    <w:rsid w:val="003F0C42"/>
     <w:rsid w:val="003F1C4E"/>
     <w:rsid w:val="003F22D1"/>
     <w:rsid w:val="003F3F4D"/>
     <w:rsid w:val="003F6180"/>
+    <w:rsid w:val="003F6D9C"/>
+    <w:rsid w:val="0040003C"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="00402A17"/>
     <w:rsid w:val="00404CD6"/>
     <w:rsid w:val="00406104"/>
     <w:rsid w:val="00406DA3"/>
     <w:rsid w:val="0040796F"/>
     <w:rsid w:val="004100CE"/>
     <w:rsid w:val="00410215"/>
     <w:rsid w:val="00412E0C"/>
     <w:rsid w:val="0041379E"/>
+    <w:rsid w:val="00414CA5"/>
     <w:rsid w:val="00414D2E"/>
     <w:rsid w:val="004152AB"/>
     <w:rsid w:val="00420C9C"/>
     <w:rsid w:val="00421559"/>
     <w:rsid w:val="004241E9"/>
     <w:rsid w:val="0042546F"/>
     <w:rsid w:val="00426175"/>
-    <w:rsid w:val="00426882"/>
-    <w:rsid w:val="00432A6E"/>
+    <w:rsid w:val="00430497"/>
     <w:rsid w:val="00434FC4"/>
     <w:rsid w:val="004407EA"/>
     <w:rsid w:val="00440CC2"/>
     <w:rsid w:val="00444095"/>
     <w:rsid w:val="00444282"/>
     <w:rsid w:val="0044436C"/>
+    <w:rsid w:val="004444BE"/>
     <w:rsid w:val="0044495F"/>
     <w:rsid w:val="00445E1C"/>
-    <w:rsid w:val="00446437"/>
+    <w:rsid w:val="00446DCE"/>
+    <w:rsid w:val="004470AA"/>
     <w:rsid w:val="00452128"/>
-    <w:rsid w:val="00453981"/>
+    <w:rsid w:val="00453120"/>
     <w:rsid w:val="00453D59"/>
     <w:rsid w:val="00453F4A"/>
+    <w:rsid w:val="00454BA2"/>
     <w:rsid w:val="004565F9"/>
-    <w:rsid w:val="004569EC"/>
+    <w:rsid w:val="00456C36"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="00460234"/>
     <w:rsid w:val="00460B65"/>
+    <w:rsid w:val="0046168F"/>
+    <w:rsid w:val="00462E4D"/>
     <w:rsid w:val="00464E72"/>
-    <w:rsid w:val="00465326"/>
     <w:rsid w:val="00465698"/>
     <w:rsid w:val="004658FE"/>
     <w:rsid w:val="004667C8"/>
+    <w:rsid w:val="004710A2"/>
     <w:rsid w:val="00471B16"/>
+    <w:rsid w:val="004730F8"/>
     <w:rsid w:val="004746D0"/>
     <w:rsid w:val="00475426"/>
     <w:rsid w:val="00476DDF"/>
     <w:rsid w:val="0047722E"/>
     <w:rsid w:val="00477606"/>
+    <w:rsid w:val="00477D4D"/>
     <w:rsid w:val="004812E9"/>
     <w:rsid w:val="00482C80"/>
     <w:rsid w:val="00484CC5"/>
     <w:rsid w:val="00485641"/>
-    <w:rsid w:val="00486EC5"/>
     <w:rsid w:val="00490500"/>
     <w:rsid w:val="0049079D"/>
     <w:rsid w:val="004921B1"/>
     <w:rsid w:val="0049296C"/>
     <w:rsid w:val="00493E13"/>
     <w:rsid w:val="00495616"/>
     <w:rsid w:val="004977EB"/>
-    <w:rsid w:val="004A00EF"/>
     <w:rsid w:val="004A2259"/>
     <w:rsid w:val="004A2B3E"/>
     <w:rsid w:val="004A6CEA"/>
     <w:rsid w:val="004B0119"/>
     <w:rsid w:val="004B03F4"/>
-    <w:rsid w:val="004B1F07"/>
     <w:rsid w:val="004B307A"/>
+    <w:rsid w:val="004B35A6"/>
     <w:rsid w:val="004B5B9C"/>
     <w:rsid w:val="004B6106"/>
+    <w:rsid w:val="004B624C"/>
+    <w:rsid w:val="004B6D6D"/>
     <w:rsid w:val="004B7BAC"/>
     <w:rsid w:val="004C0195"/>
     <w:rsid w:val="004C040F"/>
-    <w:rsid w:val="004C0854"/>
     <w:rsid w:val="004C1D64"/>
     <w:rsid w:val="004C274A"/>
+    <w:rsid w:val="004C58B8"/>
     <w:rsid w:val="004C603C"/>
+    <w:rsid w:val="004C7B79"/>
     <w:rsid w:val="004D040B"/>
     <w:rsid w:val="004D0B82"/>
+    <w:rsid w:val="004D0D09"/>
+    <w:rsid w:val="004D1A1A"/>
+    <w:rsid w:val="004D2465"/>
     <w:rsid w:val="004D424C"/>
+    <w:rsid w:val="004D4B86"/>
+    <w:rsid w:val="004D528A"/>
     <w:rsid w:val="004D5AD3"/>
+    <w:rsid w:val="004D77A8"/>
+    <w:rsid w:val="004D7D21"/>
     <w:rsid w:val="004E38F0"/>
     <w:rsid w:val="004E3B94"/>
     <w:rsid w:val="004E5659"/>
     <w:rsid w:val="004E571B"/>
     <w:rsid w:val="004E694A"/>
     <w:rsid w:val="004F01C3"/>
-    <w:rsid w:val="004F032A"/>
     <w:rsid w:val="004F1262"/>
+    <w:rsid w:val="004F1361"/>
     <w:rsid w:val="004F455F"/>
+    <w:rsid w:val="004F51FB"/>
     <w:rsid w:val="004F542A"/>
-    <w:rsid w:val="004F57EB"/>
+    <w:rsid w:val="004F6402"/>
     <w:rsid w:val="004F6A29"/>
+    <w:rsid w:val="004F7B95"/>
     <w:rsid w:val="005003C1"/>
     <w:rsid w:val="005010E5"/>
     <w:rsid w:val="00501F76"/>
     <w:rsid w:val="00502865"/>
-    <w:rsid w:val="00504307"/>
+    <w:rsid w:val="0050303D"/>
+    <w:rsid w:val="00504666"/>
     <w:rsid w:val="005055A9"/>
     <w:rsid w:val="005057F6"/>
     <w:rsid w:val="00506AD0"/>
     <w:rsid w:val="00507E51"/>
     <w:rsid w:val="00512536"/>
     <w:rsid w:val="00512F0B"/>
+    <w:rsid w:val="00514F70"/>
     <w:rsid w:val="00516A5F"/>
     <w:rsid w:val="005201EA"/>
     <w:rsid w:val="00521AF0"/>
-    <w:rsid w:val="00522B4F"/>
+    <w:rsid w:val="00523C5A"/>
+    <w:rsid w:val="00524911"/>
+    <w:rsid w:val="005258A2"/>
+    <w:rsid w:val="00526447"/>
     <w:rsid w:val="005265F8"/>
     <w:rsid w:val="0052661D"/>
     <w:rsid w:val="00526BE1"/>
+    <w:rsid w:val="00527A30"/>
     <w:rsid w:val="00531EFE"/>
     <w:rsid w:val="00532ACA"/>
     <w:rsid w:val="00533359"/>
     <w:rsid w:val="0053367B"/>
+    <w:rsid w:val="00534EA1"/>
     <w:rsid w:val="0053610E"/>
     <w:rsid w:val="00537783"/>
-    <w:rsid w:val="00537E44"/>
-    <w:rsid w:val="00542303"/>
+    <w:rsid w:val="005401D7"/>
+    <w:rsid w:val="0054256B"/>
     <w:rsid w:val="005427A0"/>
     <w:rsid w:val="00544DB0"/>
     <w:rsid w:val="005451CF"/>
     <w:rsid w:val="005459BE"/>
+    <w:rsid w:val="00546461"/>
     <w:rsid w:val="00554385"/>
+    <w:rsid w:val="005554D8"/>
     <w:rsid w:val="005555DF"/>
+    <w:rsid w:val="00556F49"/>
     <w:rsid w:val="0055789C"/>
+    <w:rsid w:val="00560ACD"/>
     <w:rsid w:val="005612C3"/>
     <w:rsid w:val="00562A8D"/>
     <w:rsid w:val="00564365"/>
     <w:rsid w:val="005657AE"/>
     <w:rsid w:val="00565D55"/>
     <w:rsid w:val="00565ED1"/>
     <w:rsid w:val="00567C33"/>
     <w:rsid w:val="00570735"/>
-    <w:rsid w:val="00570BA6"/>
+    <w:rsid w:val="005713FF"/>
     <w:rsid w:val="0057344C"/>
     <w:rsid w:val="005734C4"/>
     <w:rsid w:val="00574A98"/>
     <w:rsid w:val="005750A0"/>
     <w:rsid w:val="0057581A"/>
     <w:rsid w:val="00575DA9"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="0058009D"/>
-    <w:rsid w:val="005801D7"/>
     <w:rsid w:val="00581563"/>
+    <w:rsid w:val="00581E56"/>
     <w:rsid w:val="00585DAC"/>
+    <w:rsid w:val="00591E24"/>
     <w:rsid w:val="00592112"/>
+    <w:rsid w:val="0059334A"/>
     <w:rsid w:val="00593480"/>
-    <w:rsid w:val="005A2D12"/>
+    <w:rsid w:val="005954DB"/>
+    <w:rsid w:val="00596021"/>
     <w:rsid w:val="005A3EA6"/>
+    <w:rsid w:val="005A7A98"/>
+    <w:rsid w:val="005B07C4"/>
     <w:rsid w:val="005B17D9"/>
     <w:rsid w:val="005B2B33"/>
-    <w:rsid w:val="005B33BE"/>
-    <w:rsid w:val="005B4D64"/>
+    <w:rsid w:val="005B482B"/>
     <w:rsid w:val="005B532C"/>
+    <w:rsid w:val="005B64A6"/>
+    <w:rsid w:val="005B6F28"/>
     <w:rsid w:val="005B6F4D"/>
     <w:rsid w:val="005B7030"/>
     <w:rsid w:val="005B749B"/>
+    <w:rsid w:val="005C132B"/>
     <w:rsid w:val="005C2357"/>
     <w:rsid w:val="005C2BAB"/>
+    <w:rsid w:val="005C3740"/>
     <w:rsid w:val="005D205E"/>
-    <w:rsid w:val="005D44F2"/>
+    <w:rsid w:val="005D3139"/>
     <w:rsid w:val="005D6FDB"/>
     <w:rsid w:val="005D7F7E"/>
     <w:rsid w:val="005E0E5C"/>
     <w:rsid w:val="005E435A"/>
     <w:rsid w:val="005E4A10"/>
-    <w:rsid w:val="005E5065"/>
+    <w:rsid w:val="005E4AB2"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E6251"/>
-    <w:rsid w:val="005E6F50"/>
+    <w:rsid w:val="005E7295"/>
     <w:rsid w:val="005F1525"/>
     <w:rsid w:val="005F209E"/>
     <w:rsid w:val="005F4556"/>
+    <w:rsid w:val="005F4A83"/>
     <w:rsid w:val="005F5CBB"/>
+    <w:rsid w:val="005F73C1"/>
     <w:rsid w:val="005F7497"/>
     <w:rsid w:val="005F78BB"/>
     <w:rsid w:val="00602C50"/>
+    <w:rsid w:val="00602CD7"/>
     <w:rsid w:val="00604111"/>
     <w:rsid w:val="0060633E"/>
-    <w:rsid w:val="0062052F"/>
+    <w:rsid w:val="00607951"/>
+    <w:rsid w:val="006125E3"/>
+    <w:rsid w:val="00614AAA"/>
+    <w:rsid w:val="00615EEB"/>
+    <w:rsid w:val="00617EBD"/>
+    <w:rsid w:val="0062061C"/>
     <w:rsid w:val="0062412D"/>
-    <w:rsid w:val="0062503D"/>
     <w:rsid w:val="00626451"/>
     <w:rsid w:val="00626D5F"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="00631A84"/>
+    <w:rsid w:val="0063226D"/>
     <w:rsid w:val="006335A4"/>
+    <w:rsid w:val="00634B9B"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="00637CB4"/>
-    <w:rsid w:val="006411F4"/>
+    <w:rsid w:val="00642A14"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
     <w:rsid w:val="00646991"/>
     <w:rsid w:val="0064701F"/>
+    <w:rsid w:val="00652640"/>
     <w:rsid w:val="006540F2"/>
     <w:rsid w:val="006546B7"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="0065710B"/>
     <w:rsid w:val="00660152"/>
     <w:rsid w:val="00662CA2"/>
     <w:rsid w:val="00663216"/>
     <w:rsid w:val="00663830"/>
+    <w:rsid w:val="0066409D"/>
     <w:rsid w:val="00664180"/>
+    <w:rsid w:val="00665526"/>
     <w:rsid w:val="00666679"/>
     <w:rsid w:val="0066696C"/>
     <w:rsid w:val="006676FB"/>
+    <w:rsid w:val="00667A6C"/>
     <w:rsid w:val="006701F5"/>
     <w:rsid w:val="006714A0"/>
     <w:rsid w:val="00671A2E"/>
     <w:rsid w:val="00672D93"/>
     <w:rsid w:val="00673ABC"/>
-    <w:rsid w:val="0067693B"/>
+    <w:rsid w:val="00675631"/>
+    <w:rsid w:val="00675D38"/>
     <w:rsid w:val="006808BA"/>
     <w:rsid w:val="00680BD1"/>
+    <w:rsid w:val="00682774"/>
+    <w:rsid w:val="006833FA"/>
     <w:rsid w:val="006866C4"/>
     <w:rsid w:val="006950BF"/>
     <w:rsid w:val="006969ED"/>
+    <w:rsid w:val="0069789B"/>
     <w:rsid w:val="006A0019"/>
     <w:rsid w:val="006A0278"/>
     <w:rsid w:val="006A1090"/>
     <w:rsid w:val="006A19C4"/>
-    <w:rsid w:val="006A27F1"/>
     <w:rsid w:val="006A4B4F"/>
+    <w:rsid w:val="006A7C7A"/>
     <w:rsid w:val="006A7D94"/>
     <w:rsid w:val="006B174D"/>
-    <w:rsid w:val="006B3108"/>
     <w:rsid w:val="006B3601"/>
+    <w:rsid w:val="006B3945"/>
+    <w:rsid w:val="006B4A33"/>
     <w:rsid w:val="006B5C33"/>
     <w:rsid w:val="006B64DA"/>
     <w:rsid w:val="006B7A0A"/>
     <w:rsid w:val="006C0748"/>
     <w:rsid w:val="006C3F1F"/>
-    <w:rsid w:val="006C4171"/>
+    <w:rsid w:val="006C4341"/>
     <w:rsid w:val="006C4B3B"/>
     <w:rsid w:val="006C4F83"/>
     <w:rsid w:val="006C53B8"/>
+    <w:rsid w:val="006C5E0C"/>
     <w:rsid w:val="006C68A7"/>
     <w:rsid w:val="006C6A01"/>
     <w:rsid w:val="006C6B4F"/>
+    <w:rsid w:val="006D055F"/>
     <w:rsid w:val="006D2F9A"/>
     <w:rsid w:val="006D517F"/>
     <w:rsid w:val="006D5978"/>
     <w:rsid w:val="006E3282"/>
     <w:rsid w:val="006E4B1F"/>
+    <w:rsid w:val="006E5F13"/>
     <w:rsid w:val="006F2A74"/>
-    <w:rsid w:val="006F4697"/>
+    <w:rsid w:val="006F2BE6"/>
     <w:rsid w:val="006F4B0B"/>
     <w:rsid w:val="006F61DF"/>
     <w:rsid w:val="006F653E"/>
-    <w:rsid w:val="006F71C2"/>
+    <w:rsid w:val="00701458"/>
     <w:rsid w:val="0070163F"/>
     <w:rsid w:val="00701EAD"/>
     <w:rsid w:val="0070297D"/>
+    <w:rsid w:val="00703849"/>
     <w:rsid w:val="007068D3"/>
     <w:rsid w:val="00711C79"/>
     <w:rsid w:val="00711ED5"/>
     <w:rsid w:val="00712BDB"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="00716AA6"/>
     <w:rsid w:val="00720247"/>
+    <w:rsid w:val="007224BC"/>
     <w:rsid w:val="0072275F"/>
     <w:rsid w:val="00726FA6"/>
     <w:rsid w:val="007271D9"/>
     <w:rsid w:val="00727B5B"/>
+    <w:rsid w:val="00730C4F"/>
     <w:rsid w:val="00731E5B"/>
     <w:rsid w:val="00731E9E"/>
     <w:rsid w:val="007322D5"/>
+    <w:rsid w:val="0073349D"/>
+    <w:rsid w:val="007334EC"/>
+    <w:rsid w:val="00734E70"/>
+    <w:rsid w:val="007365ED"/>
     <w:rsid w:val="0074069B"/>
+    <w:rsid w:val="00743C88"/>
     <w:rsid w:val="007444AC"/>
+    <w:rsid w:val="00744D58"/>
+    <w:rsid w:val="0074513E"/>
+    <w:rsid w:val="0074637D"/>
     <w:rsid w:val="00746ADB"/>
     <w:rsid w:val="00752A9E"/>
+    <w:rsid w:val="007539A5"/>
     <w:rsid w:val="007548E7"/>
     <w:rsid w:val="00757125"/>
     <w:rsid w:val="0075763E"/>
     <w:rsid w:val="00762505"/>
+    <w:rsid w:val="0076451F"/>
+    <w:rsid w:val="00764EDB"/>
     <w:rsid w:val="00765342"/>
     <w:rsid w:val="00765AE7"/>
     <w:rsid w:val="00767B06"/>
     <w:rsid w:val="00770CD6"/>
     <w:rsid w:val="00771533"/>
     <w:rsid w:val="00772882"/>
-    <w:rsid w:val="00772C04"/>
-    <w:rsid w:val="00773378"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="0077590D"/>
     <w:rsid w:val="0077723F"/>
+    <w:rsid w:val="007800F1"/>
     <w:rsid w:val="007802E5"/>
     <w:rsid w:val="00780557"/>
     <w:rsid w:val="00781324"/>
     <w:rsid w:val="0078370A"/>
-    <w:rsid w:val="00783E6B"/>
     <w:rsid w:val="00784B5B"/>
     <w:rsid w:val="007879E6"/>
     <w:rsid w:val="00790502"/>
     <w:rsid w:val="0079123E"/>
     <w:rsid w:val="0079162F"/>
-    <w:rsid w:val="007924F5"/>
     <w:rsid w:val="007935A1"/>
     <w:rsid w:val="0079491D"/>
     <w:rsid w:val="00797173"/>
-    <w:rsid w:val="00797737"/>
     <w:rsid w:val="007A0D3B"/>
     <w:rsid w:val="007A1A9A"/>
     <w:rsid w:val="007A2A8A"/>
-    <w:rsid w:val="007A3BAF"/>
-    <w:rsid w:val="007A5C12"/>
+    <w:rsid w:val="007A6A46"/>
     <w:rsid w:val="007A6EDB"/>
     <w:rsid w:val="007A7648"/>
     <w:rsid w:val="007A7CFB"/>
     <w:rsid w:val="007B00F8"/>
-    <w:rsid w:val="007B1D21"/>
+    <w:rsid w:val="007B1829"/>
     <w:rsid w:val="007B364F"/>
     <w:rsid w:val="007B3F53"/>
+    <w:rsid w:val="007B486A"/>
     <w:rsid w:val="007B50D0"/>
     <w:rsid w:val="007B79CD"/>
+    <w:rsid w:val="007B7BB9"/>
     <w:rsid w:val="007B7E64"/>
     <w:rsid w:val="007C0DE0"/>
     <w:rsid w:val="007C31B5"/>
+    <w:rsid w:val="007C4884"/>
+    <w:rsid w:val="007C6399"/>
     <w:rsid w:val="007C78F9"/>
     <w:rsid w:val="007C7E9A"/>
-    <w:rsid w:val="007D037D"/>
+    <w:rsid w:val="007D0DAD"/>
     <w:rsid w:val="007D0ED2"/>
     <w:rsid w:val="007D0F1E"/>
+    <w:rsid w:val="007D139F"/>
+    <w:rsid w:val="007D1DF1"/>
     <w:rsid w:val="007D272B"/>
+    <w:rsid w:val="007D2AAE"/>
     <w:rsid w:val="007D3AA9"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007D68E0"/>
     <w:rsid w:val="007D6DFA"/>
     <w:rsid w:val="007E00AC"/>
     <w:rsid w:val="007E0233"/>
     <w:rsid w:val="007E2279"/>
+    <w:rsid w:val="007E3ACA"/>
     <w:rsid w:val="007E4A2A"/>
     <w:rsid w:val="007E67F4"/>
+    <w:rsid w:val="007E6873"/>
     <w:rsid w:val="007F0B9F"/>
     <w:rsid w:val="007F73BF"/>
     <w:rsid w:val="007F7AD0"/>
     <w:rsid w:val="008000C6"/>
+    <w:rsid w:val="00802391"/>
     <w:rsid w:val="00803710"/>
     <w:rsid w:val="00810857"/>
     <w:rsid w:val="00810B2F"/>
     <w:rsid w:val="008114B3"/>
     <w:rsid w:val="00811ABE"/>
+    <w:rsid w:val="00815155"/>
     <w:rsid w:val="00815DA3"/>
     <w:rsid w:val="00816360"/>
     <w:rsid w:val="008206EB"/>
     <w:rsid w:val="008225B7"/>
     <w:rsid w:val="0082362B"/>
-    <w:rsid w:val="00826DDF"/>
+    <w:rsid w:val="0082499D"/>
     <w:rsid w:val="008323F1"/>
+    <w:rsid w:val="00832A30"/>
+    <w:rsid w:val="00833239"/>
     <w:rsid w:val="00833414"/>
+    <w:rsid w:val="00836D8B"/>
+    <w:rsid w:val="00841458"/>
     <w:rsid w:val="00844223"/>
-    <w:rsid w:val="0084695C"/>
-    <w:rsid w:val="00847BD5"/>
     <w:rsid w:val="008516BE"/>
     <w:rsid w:val="00852DFA"/>
     <w:rsid w:val="00852EE4"/>
     <w:rsid w:val="00855768"/>
+    <w:rsid w:val="00856A19"/>
     <w:rsid w:val="00857A48"/>
     <w:rsid w:val="00857B52"/>
     <w:rsid w:val="0086067A"/>
+    <w:rsid w:val="00861B36"/>
     <w:rsid w:val="00862C1D"/>
+    <w:rsid w:val="00862F24"/>
+    <w:rsid w:val="008638D3"/>
     <w:rsid w:val="00864640"/>
+    <w:rsid w:val="00865B92"/>
     <w:rsid w:val="0086704C"/>
     <w:rsid w:val="008708E4"/>
+    <w:rsid w:val="0087090C"/>
+    <w:rsid w:val="00876593"/>
     <w:rsid w:val="00877B22"/>
-    <w:rsid w:val="008821F4"/>
     <w:rsid w:val="00882407"/>
     <w:rsid w:val="00882478"/>
     <w:rsid w:val="008835CA"/>
     <w:rsid w:val="0088381B"/>
     <w:rsid w:val="0088495B"/>
+    <w:rsid w:val="0088640F"/>
     <w:rsid w:val="00886AB8"/>
     <w:rsid w:val="008872B1"/>
+    <w:rsid w:val="00897540"/>
     <w:rsid w:val="008976B1"/>
     <w:rsid w:val="008A3670"/>
     <w:rsid w:val="008A390F"/>
     <w:rsid w:val="008A5191"/>
     <w:rsid w:val="008B21BB"/>
     <w:rsid w:val="008B24A2"/>
     <w:rsid w:val="008B24DA"/>
+    <w:rsid w:val="008B2BFD"/>
     <w:rsid w:val="008B2C98"/>
+    <w:rsid w:val="008B526C"/>
     <w:rsid w:val="008B5E88"/>
+    <w:rsid w:val="008B62B2"/>
     <w:rsid w:val="008B687E"/>
     <w:rsid w:val="008B6F0B"/>
     <w:rsid w:val="008B76AA"/>
+    <w:rsid w:val="008C00E2"/>
+    <w:rsid w:val="008C1C4A"/>
+    <w:rsid w:val="008C2579"/>
+    <w:rsid w:val="008C4772"/>
+    <w:rsid w:val="008C5DA4"/>
     <w:rsid w:val="008C6161"/>
     <w:rsid w:val="008C7BE7"/>
     <w:rsid w:val="008D0974"/>
-    <w:rsid w:val="008D3164"/>
     <w:rsid w:val="008D3DE0"/>
     <w:rsid w:val="008D51C1"/>
-    <w:rsid w:val="008D5973"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008D7AB5"/>
+    <w:rsid w:val="008D5570"/>
     <w:rsid w:val="008E0643"/>
     <w:rsid w:val="008E164E"/>
     <w:rsid w:val="008E1C94"/>
     <w:rsid w:val="008E2405"/>
     <w:rsid w:val="008E343E"/>
     <w:rsid w:val="008E3586"/>
     <w:rsid w:val="008E75FD"/>
     <w:rsid w:val="008E75FE"/>
     <w:rsid w:val="008F1D56"/>
     <w:rsid w:val="008F5864"/>
     <w:rsid w:val="008F6352"/>
-    <w:rsid w:val="008F72A7"/>
     <w:rsid w:val="00900C42"/>
+    <w:rsid w:val="00901B44"/>
     <w:rsid w:val="00902002"/>
     <w:rsid w:val="009026A0"/>
     <w:rsid w:val="00906B2F"/>
     <w:rsid w:val="00906C27"/>
     <w:rsid w:val="009074BF"/>
     <w:rsid w:val="0091065E"/>
     <w:rsid w:val="009110D3"/>
     <w:rsid w:val="009119CA"/>
     <w:rsid w:val="0091282E"/>
     <w:rsid w:val="009135EB"/>
     <w:rsid w:val="00914B7D"/>
+    <w:rsid w:val="009203DD"/>
     <w:rsid w:val="00920C29"/>
+    <w:rsid w:val="00922764"/>
     <w:rsid w:val="009227BF"/>
-    <w:rsid w:val="009263CF"/>
     <w:rsid w:val="00927F42"/>
     <w:rsid w:val="00930265"/>
     <w:rsid w:val="00930953"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="009312B7"/>
     <w:rsid w:val="0093210C"/>
     <w:rsid w:val="00932255"/>
     <w:rsid w:val="00934D27"/>
     <w:rsid w:val="009357F1"/>
     <w:rsid w:val="0093635C"/>
     <w:rsid w:val="009374EA"/>
+    <w:rsid w:val="00937CBB"/>
     <w:rsid w:val="00940397"/>
     <w:rsid w:val="00942AA6"/>
+    <w:rsid w:val="0094316E"/>
+    <w:rsid w:val="00943C99"/>
+    <w:rsid w:val="00946419"/>
     <w:rsid w:val="00946936"/>
-    <w:rsid w:val="00947937"/>
     <w:rsid w:val="00950E44"/>
     <w:rsid w:val="00951CB9"/>
     <w:rsid w:val="0095271D"/>
+    <w:rsid w:val="00954DEC"/>
     <w:rsid w:val="009560FD"/>
+    <w:rsid w:val="00956C90"/>
     <w:rsid w:val="00957CB1"/>
     <w:rsid w:val="0096091F"/>
     <w:rsid w:val="0096253B"/>
     <w:rsid w:val="00962B92"/>
+    <w:rsid w:val="00964BA1"/>
     <w:rsid w:val="0096630A"/>
-    <w:rsid w:val="00967E5C"/>
+    <w:rsid w:val="00966ADC"/>
     <w:rsid w:val="00974EF9"/>
+    <w:rsid w:val="00975C54"/>
     <w:rsid w:val="009774EC"/>
     <w:rsid w:val="00977649"/>
+    <w:rsid w:val="009803AF"/>
     <w:rsid w:val="009814BD"/>
     <w:rsid w:val="00981869"/>
     <w:rsid w:val="009818D5"/>
     <w:rsid w:val="00981957"/>
     <w:rsid w:val="0098223B"/>
     <w:rsid w:val="00984E15"/>
     <w:rsid w:val="00993E3F"/>
     <w:rsid w:val="0099479B"/>
-    <w:rsid w:val="0099531D"/>
     <w:rsid w:val="00995899"/>
     <w:rsid w:val="009962C0"/>
     <w:rsid w:val="00996A47"/>
+    <w:rsid w:val="00996B9C"/>
     <w:rsid w:val="00997718"/>
     <w:rsid w:val="009A00E5"/>
     <w:rsid w:val="009A0226"/>
     <w:rsid w:val="009A03A2"/>
+    <w:rsid w:val="009A0EEE"/>
+    <w:rsid w:val="009A11C7"/>
+    <w:rsid w:val="009A12B4"/>
     <w:rsid w:val="009A19E1"/>
     <w:rsid w:val="009A25A6"/>
     <w:rsid w:val="009A267A"/>
     <w:rsid w:val="009A660D"/>
     <w:rsid w:val="009B03B6"/>
+    <w:rsid w:val="009B39A3"/>
+    <w:rsid w:val="009B598F"/>
+    <w:rsid w:val="009B674B"/>
     <w:rsid w:val="009B6A47"/>
     <w:rsid w:val="009B751B"/>
-    <w:rsid w:val="009B76EF"/>
     <w:rsid w:val="009B7A37"/>
     <w:rsid w:val="009C08E4"/>
     <w:rsid w:val="009C0E85"/>
+    <w:rsid w:val="009C4286"/>
     <w:rsid w:val="009D0CE4"/>
+    <w:rsid w:val="009D0CE5"/>
     <w:rsid w:val="009D22F4"/>
     <w:rsid w:val="009D270E"/>
     <w:rsid w:val="009D2E68"/>
     <w:rsid w:val="009D5EC4"/>
     <w:rsid w:val="009E1224"/>
     <w:rsid w:val="009E1BE1"/>
     <w:rsid w:val="009E201C"/>
     <w:rsid w:val="009E33E6"/>
+    <w:rsid w:val="009F00AE"/>
     <w:rsid w:val="009F0552"/>
     <w:rsid w:val="009F0747"/>
     <w:rsid w:val="009F0C6F"/>
     <w:rsid w:val="009F16C3"/>
-    <w:rsid w:val="009F1A19"/>
     <w:rsid w:val="009F1ACB"/>
+    <w:rsid w:val="009F2147"/>
     <w:rsid w:val="009F26EA"/>
+    <w:rsid w:val="009F385D"/>
+    <w:rsid w:val="009F3F6E"/>
     <w:rsid w:val="009F4515"/>
-    <w:rsid w:val="009F604C"/>
-    <w:rsid w:val="009F7801"/>
+    <w:rsid w:val="009F4D95"/>
     <w:rsid w:val="00A01661"/>
+    <w:rsid w:val="00A0229D"/>
     <w:rsid w:val="00A04A92"/>
     <w:rsid w:val="00A05331"/>
+    <w:rsid w:val="00A056DE"/>
     <w:rsid w:val="00A06AA9"/>
     <w:rsid w:val="00A07BE1"/>
+    <w:rsid w:val="00A11080"/>
     <w:rsid w:val="00A1143C"/>
     <w:rsid w:val="00A125D4"/>
     <w:rsid w:val="00A1287A"/>
-    <w:rsid w:val="00A13C08"/>
+    <w:rsid w:val="00A12963"/>
+    <w:rsid w:val="00A20032"/>
     <w:rsid w:val="00A23652"/>
     <w:rsid w:val="00A23902"/>
     <w:rsid w:val="00A24BE2"/>
     <w:rsid w:val="00A2549C"/>
     <w:rsid w:val="00A27E02"/>
+    <w:rsid w:val="00A31A48"/>
     <w:rsid w:val="00A33F66"/>
+    <w:rsid w:val="00A35221"/>
+    <w:rsid w:val="00A35438"/>
     <w:rsid w:val="00A37664"/>
     <w:rsid w:val="00A410E5"/>
     <w:rsid w:val="00A41BCA"/>
     <w:rsid w:val="00A42540"/>
     <w:rsid w:val="00A43D05"/>
-    <w:rsid w:val="00A44D43"/>
+    <w:rsid w:val="00A443AC"/>
     <w:rsid w:val="00A45AB5"/>
     <w:rsid w:val="00A466AB"/>
+    <w:rsid w:val="00A468BA"/>
     <w:rsid w:val="00A46B46"/>
     <w:rsid w:val="00A46CCE"/>
     <w:rsid w:val="00A473A8"/>
     <w:rsid w:val="00A47C9F"/>
     <w:rsid w:val="00A47CD5"/>
     <w:rsid w:val="00A47F2E"/>
     <w:rsid w:val="00A51BF5"/>
     <w:rsid w:val="00A5207B"/>
     <w:rsid w:val="00A54777"/>
     <w:rsid w:val="00A547EA"/>
+    <w:rsid w:val="00A55428"/>
     <w:rsid w:val="00A563A5"/>
+    <w:rsid w:val="00A57CA1"/>
+    <w:rsid w:val="00A60BBB"/>
     <w:rsid w:val="00A648EF"/>
     <w:rsid w:val="00A64FCC"/>
+    <w:rsid w:val="00A65328"/>
     <w:rsid w:val="00A6784C"/>
+    <w:rsid w:val="00A67BC0"/>
     <w:rsid w:val="00A67F6D"/>
+    <w:rsid w:val="00A70E29"/>
+    <w:rsid w:val="00A70E3C"/>
     <w:rsid w:val="00A719FA"/>
+    <w:rsid w:val="00A72709"/>
     <w:rsid w:val="00A73995"/>
     <w:rsid w:val="00A7748E"/>
     <w:rsid w:val="00A77623"/>
     <w:rsid w:val="00A820CD"/>
-    <w:rsid w:val="00A820D9"/>
     <w:rsid w:val="00A8335D"/>
+    <w:rsid w:val="00A84856"/>
     <w:rsid w:val="00A8531A"/>
+    <w:rsid w:val="00A85348"/>
+    <w:rsid w:val="00A85A47"/>
     <w:rsid w:val="00A867FD"/>
-    <w:rsid w:val="00A868E2"/>
     <w:rsid w:val="00A87566"/>
     <w:rsid w:val="00A912E2"/>
+    <w:rsid w:val="00A94A60"/>
     <w:rsid w:val="00A9554D"/>
+    <w:rsid w:val="00A95B3B"/>
     <w:rsid w:val="00A960DB"/>
     <w:rsid w:val="00A968A5"/>
-    <w:rsid w:val="00A97F2A"/>
     <w:rsid w:val="00AA0633"/>
     <w:rsid w:val="00AA1BE1"/>
     <w:rsid w:val="00AA2B43"/>
     <w:rsid w:val="00AA303D"/>
     <w:rsid w:val="00AA3698"/>
+    <w:rsid w:val="00AA49B7"/>
     <w:rsid w:val="00AA49BB"/>
     <w:rsid w:val="00AA5027"/>
+    <w:rsid w:val="00AA5595"/>
+    <w:rsid w:val="00AA6490"/>
+    <w:rsid w:val="00AA66B2"/>
     <w:rsid w:val="00AB046A"/>
+    <w:rsid w:val="00AB4551"/>
     <w:rsid w:val="00AB4601"/>
     <w:rsid w:val="00AB4C13"/>
-    <w:rsid w:val="00AC3ED4"/>
+    <w:rsid w:val="00AB61B0"/>
+    <w:rsid w:val="00AC2B7B"/>
     <w:rsid w:val="00AC4B1B"/>
     <w:rsid w:val="00AC5EAE"/>
-    <w:rsid w:val="00AD0604"/>
+    <w:rsid w:val="00AC7C66"/>
     <w:rsid w:val="00AD2FC6"/>
     <w:rsid w:val="00AD4C2B"/>
     <w:rsid w:val="00AD5052"/>
-    <w:rsid w:val="00AD5EA1"/>
-    <w:rsid w:val="00AE00BE"/>
+    <w:rsid w:val="00AE1F06"/>
+    <w:rsid w:val="00AE26A4"/>
     <w:rsid w:val="00AE2DAA"/>
     <w:rsid w:val="00AE3362"/>
+    <w:rsid w:val="00AE420F"/>
     <w:rsid w:val="00AE433C"/>
-    <w:rsid w:val="00AF0A99"/>
     <w:rsid w:val="00AF1C92"/>
     <w:rsid w:val="00AF25C8"/>
-    <w:rsid w:val="00AF27F5"/>
     <w:rsid w:val="00AF36CB"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF7A54"/>
-    <w:rsid w:val="00AF7B9D"/>
     <w:rsid w:val="00AF7DDC"/>
+    <w:rsid w:val="00B0083E"/>
     <w:rsid w:val="00B0124C"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B05F30"/>
     <w:rsid w:val="00B11E6F"/>
     <w:rsid w:val="00B12280"/>
+    <w:rsid w:val="00B12913"/>
+    <w:rsid w:val="00B12E7F"/>
     <w:rsid w:val="00B139DE"/>
     <w:rsid w:val="00B15072"/>
     <w:rsid w:val="00B16071"/>
     <w:rsid w:val="00B1633F"/>
+    <w:rsid w:val="00B16561"/>
+    <w:rsid w:val="00B20AD0"/>
     <w:rsid w:val="00B2306A"/>
+    <w:rsid w:val="00B23506"/>
+    <w:rsid w:val="00B31ED5"/>
+    <w:rsid w:val="00B32CFA"/>
     <w:rsid w:val="00B36262"/>
     <w:rsid w:val="00B415B4"/>
     <w:rsid w:val="00B4193B"/>
     <w:rsid w:val="00B41EAD"/>
+    <w:rsid w:val="00B42562"/>
     <w:rsid w:val="00B431E9"/>
     <w:rsid w:val="00B43295"/>
     <w:rsid w:val="00B439E6"/>
     <w:rsid w:val="00B450F9"/>
     <w:rsid w:val="00B47DEB"/>
-    <w:rsid w:val="00B51F86"/>
+    <w:rsid w:val="00B50C9F"/>
     <w:rsid w:val="00B54359"/>
     <w:rsid w:val="00B5451A"/>
     <w:rsid w:val="00B54BB1"/>
     <w:rsid w:val="00B55368"/>
+    <w:rsid w:val="00B561F1"/>
+    <w:rsid w:val="00B6118E"/>
     <w:rsid w:val="00B6122D"/>
-    <w:rsid w:val="00B62AAD"/>
     <w:rsid w:val="00B635E8"/>
+    <w:rsid w:val="00B6692F"/>
+    <w:rsid w:val="00B675BB"/>
     <w:rsid w:val="00B8014D"/>
     <w:rsid w:val="00B81E72"/>
     <w:rsid w:val="00B832F9"/>
     <w:rsid w:val="00B839B3"/>
-    <w:rsid w:val="00B847EB"/>
+    <w:rsid w:val="00B840FB"/>
     <w:rsid w:val="00B84AE8"/>
     <w:rsid w:val="00B858A3"/>
+    <w:rsid w:val="00B85CD1"/>
+    <w:rsid w:val="00B872C5"/>
     <w:rsid w:val="00B90846"/>
     <w:rsid w:val="00B934BA"/>
     <w:rsid w:val="00B937D8"/>
     <w:rsid w:val="00B938B2"/>
     <w:rsid w:val="00B95511"/>
     <w:rsid w:val="00B95835"/>
     <w:rsid w:val="00B9646C"/>
+    <w:rsid w:val="00B96BF4"/>
     <w:rsid w:val="00B9795F"/>
     <w:rsid w:val="00B97BBE"/>
     <w:rsid w:val="00BA10DC"/>
     <w:rsid w:val="00BA4578"/>
     <w:rsid w:val="00BA6C5B"/>
-    <w:rsid w:val="00BA7A66"/>
     <w:rsid w:val="00BB048E"/>
+    <w:rsid w:val="00BB2383"/>
+    <w:rsid w:val="00BB30D7"/>
     <w:rsid w:val="00BB3638"/>
     <w:rsid w:val="00BB3D0A"/>
+    <w:rsid w:val="00BB406F"/>
     <w:rsid w:val="00BB6820"/>
     <w:rsid w:val="00BB7450"/>
     <w:rsid w:val="00BC3869"/>
     <w:rsid w:val="00BC455F"/>
+    <w:rsid w:val="00BC568D"/>
     <w:rsid w:val="00BD1683"/>
     <w:rsid w:val="00BD18BC"/>
     <w:rsid w:val="00BD260D"/>
+    <w:rsid w:val="00BD4C4B"/>
     <w:rsid w:val="00BD5841"/>
+    <w:rsid w:val="00BD5CF0"/>
     <w:rsid w:val="00BE001A"/>
     <w:rsid w:val="00BE1B4D"/>
     <w:rsid w:val="00BE49AE"/>
+    <w:rsid w:val="00BE547D"/>
     <w:rsid w:val="00BE7005"/>
     <w:rsid w:val="00BE7DFD"/>
+    <w:rsid w:val="00BF2AF0"/>
+    <w:rsid w:val="00BF412D"/>
+    <w:rsid w:val="00BF4F49"/>
+    <w:rsid w:val="00C00458"/>
     <w:rsid w:val="00C03842"/>
+    <w:rsid w:val="00C05094"/>
     <w:rsid w:val="00C053C1"/>
     <w:rsid w:val="00C059BA"/>
     <w:rsid w:val="00C06A93"/>
     <w:rsid w:val="00C074E6"/>
     <w:rsid w:val="00C07610"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C0788F"/>
     <w:rsid w:val="00C11578"/>
     <w:rsid w:val="00C11C3C"/>
+    <w:rsid w:val="00C121BC"/>
     <w:rsid w:val="00C12D48"/>
     <w:rsid w:val="00C130B4"/>
     <w:rsid w:val="00C1366C"/>
     <w:rsid w:val="00C14F01"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C1731A"/>
-    <w:rsid w:val="00C20BCD"/>
+    <w:rsid w:val="00C17E6F"/>
     <w:rsid w:val="00C2101E"/>
+    <w:rsid w:val="00C21DE9"/>
+    <w:rsid w:val="00C30ADE"/>
+    <w:rsid w:val="00C30FD7"/>
     <w:rsid w:val="00C31177"/>
     <w:rsid w:val="00C3310F"/>
     <w:rsid w:val="00C34111"/>
-    <w:rsid w:val="00C3516E"/>
+    <w:rsid w:val="00C404E5"/>
     <w:rsid w:val="00C40FBF"/>
     <w:rsid w:val="00C41529"/>
     <w:rsid w:val="00C42193"/>
     <w:rsid w:val="00C42C77"/>
     <w:rsid w:val="00C44CD5"/>
+    <w:rsid w:val="00C4533A"/>
     <w:rsid w:val="00C45C00"/>
     <w:rsid w:val="00C46CDA"/>
+    <w:rsid w:val="00C47E50"/>
     <w:rsid w:val="00C50791"/>
+    <w:rsid w:val="00C562B8"/>
+    <w:rsid w:val="00C56A11"/>
     <w:rsid w:val="00C60D53"/>
     <w:rsid w:val="00C6196E"/>
-    <w:rsid w:val="00C61B77"/>
+    <w:rsid w:val="00C661AA"/>
+    <w:rsid w:val="00C6622F"/>
+    <w:rsid w:val="00C6713B"/>
+    <w:rsid w:val="00C675C1"/>
     <w:rsid w:val="00C71285"/>
     <w:rsid w:val="00C73463"/>
     <w:rsid w:val="00C7527A"/>
     <w:rsid w:val="00C75FFC"/>
     <w:rsid w:val="00C77D3B"/>
+    <w:rsid w:val="00C8093D"/>
     <w:rsid w:val="00C8272F"/>
     <w:rsid w:val="00C836D3"/>
-    <w:rsid w:val="00C8439B"/>
     <w:rsid w:val="00C8602B"/>
     <w:rsid w:val="00C860C7"/>
     <w:rsid w:val="00C8645E"/>
+    <w:rsid w:val="00C8743E"/>
+    <w:rsid w:val="00C87A24"/>
     <w:rsid w:val="00C90208"/>
     <w:rsid w:val="00C90B5D"/>
+    <w:rsid w:val="00C92154"/>
     <w:rsid w:val="00C9216C"/>
     <w:rsid w:val="00C922B6"/>
+    <w:rsid w:val="00C94703"/>
     <w:rsid w:val="00C956F6"/>
+    <w:rsid w:val="00C96588"/>
+    <w:rsid w:val="00C96D21"/>
     <w:rsid w:val="00CA010B"/>
     <w:rsid w:val="00CA1369"/>
     <w:rsid w:val="00CA29F1"/>
-    <w:rsid w:val="00CA379D"/>
     <w:rsid w:val="00CB0359"/>
-    <w:rsid w:val="00CB035D"/>
     <w:rsid w:val="00CB3355"/>
     <w:rsid w:val="00CB3546"/>
     <w:rsid w:val="00CB76E3"/>
     <w:rsid w:val="00CB7D7B"/>
     <w:rsid w:val="00CC033E"/>
     <w:rsid w:val="00CC1075"/>
-    <w:rsid w:val="00CC294D"/>
+    <w:rsid w:val="00CC2AE0"/>
     <w:rsid w:val="00CC2EF0"/>
+    <w:rsid w:val="00CC2F29"/>
     <w:rsid w:val="00CC33B8"/>
     <w:rsid w:val="00CC47AF"/>
+    <w:rsid w:val="00CC54B6"/>
     <w:rsid w:val="00CC5509"/>
     <w:rsid w:val="00CC617E"/>
-    <w:rsid w:val="00CD106F"/>
     <w:rsid w:val="00CD2C5E"/>
     <w:rsid w:val="00CD2F13"/>
     <w:rsid w:val="00CD39D2"/>
-    <w:rsid w:val="00CD4AFA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CD6F8E"/>
+    <w:rsid w:val="00CD783D"/>
     <w:rsid w:val="00CE0057"/>
     <w:rsid w:val="00CE1A06"/>
     <w:rsid w:val="00CE3795"/>
     <w:rsid w:val="00CE5488"/>
     <w:rsid w:val="00CE74CE"/>
     <w:rsid w:val="00CE77E7"/>
     <w:rsid w:val="00CF04B0"/>
     <w:rsid w:val="00CF087C"/>
     <w:rsid w:val="00CF1AE3"/>
     <w:rsid w:val="00CF3C8D"/>
     <w:rsid w:val="00CF4674"/>
+    <w:rsid w:val="00CF4CB6"/>
     <w:rsid w:val="00CF631A"/>
-    <w:rsid w:val="00CF786B"/>
     <w:rsid w:val="00D01EBB"/>
-    <w:rsid w:val="00D02F49"/>
     <w:rsid w:val="00D0342D"/>
     <w:rsid w:val="00D034A6"/>
     <w:rsid w:val="00D034AC"/>
+    <w:rsid w:val="00D03AC3"/>
+    <w:rsid w:val="00D043B9"/>
     <w:rsid w:val="00D04D9E"/>
     <w:rsid w:val="00D05B49"/>
     <w:rsid w:val="00D06E62"/>
+    <w:rsid w:val="00D104C8"/>
     <w:rsid w:val="00D10BED"/>
     <w:rsid w:val="00D12695"/>
+    <w:rsid w:val="00D12862"/>
+    <w:rsid w:val="00D139DB"/>
+    <w:rsid w:val="00D159D6"/>
     <w:rsid w:val="00D16080"/>
     <w:rsid w:val="00D16E28"/>
     <w:rsid w:val="00D20E41"/>
     <w:rsid w:val="00D2183C"/>
+    <w:rsid w:val="00D2263D"/>
     <w:rsid w:val="00D23997"/>
     <w:rsid w:val="00D23BD6"/>
-    <w:rsid w:val="00D31C12"/>
-    <w:rsid w:val="00D36B96"/>
+    <w:rsid w:val="00D24F9E"/>
+    <w:rsid w:val="00D25155"/>
+    <w:rsid w:val="00D270E8"/>
+    <w:rsid w:val="00D34009"/>
+    <w:rsid w:val="00D34EFE"/>
     <w:rsid w:val="00D4039C"/>
     <w:rsid w:val="00D405FF"/>
     <w:rsid w:val="00D41FEE"/>
     <w:rsid w:val="00D455CE"/>
     <w:rsid w:val="00D4650D"/>
+    <w:rsid w:val="00D46D13"/>
     <w:rsid w:val="00D4741A"/>
     <w:rsid w:val="00D4772A"/>
+    <w:rsid w:val="00D47B05"/>
     <w:rsid w:val="00D50F3F"/>
     <w:rsid w:val="00D52373"/>
+    <w:rsid w:val="00D52DCE"/>
     <w:rsid w:val="00D5374A"/>
     <w:rsid w:val="00D5418F"/>
     <w:rsid w:val="00D55073"/>
     <w:rsid w:val="00D574B5"/>
     <w:rsid w:val="00D57A9C"/>
     <w:rsid w:val="00D63B38"/>
     <w:rsid w:val="00D66458"/>
     <w:rsid w:val="00D6655A"/>
     <w:rsid w:val="00D67FCD"/>
     <w:rsid w:val="00D73810"/>
+    <w:rsid w:val="00D73ED2"/>
     <w:rsid w:val="00D74292"/>
     <w:rsid w:val="00D7479F"/>
     <w:rsid w:val="00D74F8E"/>
     <w:rsid w:val="00D75C81"/>
-    <w:rsid w:val="00D81409"/>
+    <w:rsid w:val="00D76B44"/>
+    <w:rsid w:val="00D80714"/>
     <w:rsid w:val="00D82FE4"/>
     <w:rsid w:val="00D84CC0"/>
     <w:rsid w:val="00D854C6"/>
     <w:rsid w:val="00D85C42"/>
+    <w:rsid w:val="00D85C61"/>
     <w:rsid w:val="00D860CF"/>
+    <w:rsid w:val="00D91B8D"/>
+    <w:rsid w:val="00D92880"/>
     <w:rsid w:val="00D9330E"/>
     <w:rsid w:val="00D934C0"/>
-    <w:rsid w:val="00D95111"/>
-    <w:rsid w:val="00D95FDD"/>
     <w:rsid w:val="00D979F4"/>
+    <w:rsid w:val="00DA0F5C"/>
     <w:rsid w:val="00DA12FE"/>
+    <w:rsid w:val="00DA2D39"/>
+    <w:rsid w:val="00DA7AA3"/>
     <w:rsid w:val="00DB2813"/>
     <w:rsid w:val="00DB2B9E"/>
+    <w:rsid w:val="00DB4DF7"/>
     <w:rsid w:val="00DB6B8E"/>
     <w:rsid w:val="00DC108E"/>
     <w:rsid w:val="00DC2ED7"/>
     <w:rsid w:val="00DC54D8"/>
     <w:rsid w:val="00DC56E5"/>
     <w:rsid w:val="00DC5F83"/>
     <w:rsid w:val="00DC678B"/>
     <w:rsid w:val="00DD12AD"/>
-    <w:rsid w:val="00DD57B9"/>
     <w:rsid w:val="00DE1FCA"/>
     <w:rsid w:val="00DE2434"/>
     <w:rsid w:val="00DE42FE"/>
     <w:rsid w:val="00DE542C"/>
-    <w:rsid w:val="00DE687F"/>
+    <w:rsid w:val="00DE606F"/>
     <w:rsid w:val="00DE6E8A"/>
     <w:rsid w:val="00DE7DB3"/>
-    <w:rsid w:val="00DF0A53"/>
     <w:rsid w:val="00DF25D9"/>
     <w:rsid w:val="00DF3166"/>
+    <w:rsid w:val="00DF7392"/>
     <w:rsid w:val="00DF778C"/>
     <w:rsid w:val="00E00047"/>
+    <w:rsid w:val="00E02901"/>
     <w:rsid w:val="00E03C32"/>
+    <w:rsid w:val="00E040B1"/>
     <w:rsid w:val="00E040FC"/>
     <w:rsid w:val="00E05B74"/>
+    <w:rsid w:val="00E075A8"/>
     <w:rsid w:val="00E07BF5"/>
     <w:rsid w:val="00E102E9"/>
     <w:rsid w:val="00E11B52"/>
-    <w:rsid w:val="00E14615"/>
     <w:rsid w:val="00E1493B"/>
     <w:rsid w:val="00E154DA"/>
     <w:rsid w:val="00E16DEA"/>
     <w:rsid w:val="00E17A0B"/>
     <w:rsid w:val="00E22701"/>
     <w:rsid w:val="00E22B08"/>
+    <w:rsid w:val="00E238E1"/>
     <w:rsid w:val="00E25C2A"/>
     <w:rsid w:val="00E27259"/>
     <w:rsid w:val="00E2750C"/>
-    <w:rsid w:val="00E27CC5"/>
     <w:rsid w:val="00E32051"/>
     <w:rsid w:val="00E327C8"/>
+    <w:rsid w:val="00E32EC8"/>
+    <w:rsid w:val="00E33C35"/>
     <w:rsid w:val="00E35769"/>
+    <w:rsid w:val="00E36403"/>
     <w:rsid w:val="00E374BE"/>
     <w:rsid w:val="00E40F9A"/>
+    <w:rsid w:val="00E41C9F"/>
     <w:rsid w:val="00E441D3"/>
-    <w:rsid w:val="00E445F9"/>
+    <w:rsid w:val="00E444A3"/>
     <w:rsid w:val="00E45E8C"/>
+    <w:rsid w:val="00E46859"/>
+    <w:rsid w:val="00E46D92"/>
     <w:rsid w:val="00E4791C"/>
     <w:rsid w:val="00E53471"/>
     <w:rsid w:val="00E534A0"/>
     <w:rsid w:val="00E5383C"/>
     <w:rsid w:val="00E54622"/>
     <w:rsid w:val="00E54CBC"/>
     <w:rsid w:val="00E55B56"/>
     <w:rsid w:val="00E56C52"/>
     <w:rsid w:val="00E56ECB"/>
     <w:rsid w:val="00E60023"/>
     <w:rsid w:val="00E62575"/>
     <w:rsid w:val="00E6380C"/>
-    <w:rsid w:val="00E66E23"/>
-    <w:rsid w:val="00E712C0"/>
     <w:rsid w:val="00E721A6"/>
+    <w:rsid w:val="00E748B1"/>
     <w:rsid w:val="00E767C3"/>
     <w:rsid w:val="00E7760E"/>
     <w:rsid w:val="00E807DE"/>
     <w:rsid w:val="00E81824"/>
     <w:rsid w:val="00E84D53"/>
+    <w:rsid w:val="00E854D4"/>
     <w:rsid w:val="00E85B64"/>
     <w:rsid w:val="00E85E01"/>
     <w:rsid w:val="00E87709"/>
     <w:rsid w:val="00E9076C"/>
     <w:rsid w:val="00E90EBB"/>
+    <w:rsid w:val="00E91FB9"/>
     <w:rsid w:val="00E936D1"/>
-    <w:rsid w:val="00E93C69"/>
     <w:rsid w:val="00E9418A"/>
+    <w:rsid w:val="00E95D1D"/>
     <w:rsid w:val="00E96B7E"/>
     <w:rsid w:val="00EA09D1"/>
     <w:rsid w:val="00EA2F74"/>
-    <w:rsid w:val="00EA310A"/>
+    <w:rsid w:val="00EA50D4"/>
     <w:rsid w:val="00EA59C2"/>
     <w:rsid w:val="00EA6531"/>
     <w:rsid w:val="00EA71EB"/>
     <w:rsid w:val="00EA7EAC"/>
-    <w:rsid w:val="00EB111A"/>
     <w:rsid w:val="00EB3B73"/>
-    <w:rsid w:val="00EC0381"/>
+    <w:rsid w:val="00EB7F38"/>
+    <w:rsid w:val="00EC087B"/>
     <w:rsid w:val="00EC11D3"/>
+    <w:rsid w:val="00EC1327"/>
     <w:rsid w:val="00EC149A"/>
     <w:rsid w:val="00EC2113"/>
     <w:rsid w:val="00EC3545"/>
+    <w:rsid w:val="00EC4DDB"/>
     <w:rsid w:val="00EC5AF1"/>
     <w:rsid w:val="00EC793A"/>
     <w:rsid w:val="00EC7AB2"/>
     <w:rsid w:val="00ED0BEC"/>
     <w:rsid w:val="00ED1560"/>
     <w:rsid w:val="00ED16DE"/>
+    <w:rsid w:val="00ED1B39"/>
     <w:rsid w:val="00ED2C01"/>
     <w:rsid w:val="00ED2F00"/>
     <w:rsid w:val="00ED51FB"/>
     <w:rsid w:val="00ED57B1"/>
     <w:rsid w:val="00ED5981"/>
     <w:rsid w:val="00ED60AC"/>
     <w:rsid w:val="00EE1076"/>
     <w:rsid w:val="00EE139C"/>
     <w:rsid w:val="00EE17FB"/>
+    <w:rsid w:val="00EE22AA"/>
     <w:rsid w:val="00EE2936"/>
+    <w:rsid w:val="00EE2C4C"/>
     <w:rsid w:val="00EE30E6"/>
+    <w:rsid w:val="00EE368D"/>
+    <w:rsid w:val="00EE41F3"/>
     <w:rsid w:val="00EE4229"/>
     <w:rsid w:val="00EE44E4"/>
     <w:rsid w:val="00EE5492"/>
     <w:rsid w:val="00EE5824"/>
     <w:rsid w:val="00EE5FB2"/>
+    <w:rsid w:val="00EE65DF"/>
     <w:rsid w:val="00EE7197"/>
+    <w:rsid w:val="00EE7443"/>
+    <w:rsid w:val="00EF000E"/>
     <w:rsid w:val="00EF01D7"/>
     <w:rsid w:val="00EF077C"/>
     <w:rsid w:val="00EF0BCD"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF2200"/>
     <w:rsid w:val="00EF41F2"/>
     <w:rsid w:val="00EF51A7"/>
+    <w:rsid w:val="00EF541F"/>
     <w:rsid w:val="00EF65BC"/>
+    <w:rsid w:val="00EF698B"/>
     <w:rsid w:val="00EF796E"/>
+    <w:rsid w:val="00EF7AD8"/>
     <w:rsid w:val="00EF7EB3"/>
     <w:rsid w:val="00F02255"/>
     <w:rsid w:val="00F023D3"/>
     <w:rsid w:val="00F02AFE"/>
     <w:rsid w:val="00F053C7"/>
     <w:rsid w:val="00F05624"/>
+    <w:rsid w:val="00F07CBA"/>
     <w:rsid w:val="00F1170E"/>
     <w:rsid w:val="00F11E97"/>
+    <w:rsid w:val="00F11F4F"/>
     <w:rsid w:val="00F13BD8"/>
+    <w:rsid w:val="00F155D4"/>
     <w:rsid w:val="00F155E0"/>
     <w:rsid w:val="00F15A12"/>
-    <w:rsid w:val="00F15BC3"/>
-    <w:rsid w:val="00F24A65"/>
+    <w:rsid w:val="00F16503"/>
     <w:rsid w:val="00F279DB"/>
     <w:rsid w:val="00F349D2"/>
     <w:rsid w:val="00F34A85"/>
     <w:rsid w:val="00F3640D"/>
     <w:rsid w:val="00F40002"/>
-    <w:rsid w:val="00F40FC5"/>
+    <w:rsid w:val="00F40F56"/>
     <w:rsid w:val="00F441CB"/>
     <w:rsid w:val="00F4519F"/>
     <w:rsid w:val="00F45492"/>
-    <w:rsid w:val="00F52161"/>
+    <w:rsid w:val="00F45826"/>
     <w:rsid w:val="00F532A8"/>
+    <w:rsid w:val="00F553BD"/>
     <w:rsid w:val="00F554D8"/>
+    <w:rsid w:val="00F5792D"/>
     <w:rsid w:val="00F60389"/>
     <w:rsid w:val="00F60A03"/>
+    <w:rsid w:val="00F6179D"/>
+    <w:rsid w:val="00F61B7D"/>
+    <w:rsid w:val="00F63704"/>
     <w:rsid w:val="00F63857"/>
-    <w:rsid w:val="00F6471C"/>
     <w:rsid w:val="00F72659"/>
     <w:rsid w:val="00F80F79"/>
+    <w:rsid w:val="00F81F20"/>
     <w:rsid w:val="00F83921"/>
     <w:rsid w:val="00F83E2A"/>
     <w:rsid w:val="00F84323"/>
+    <w:rsid w:val="00F848DB"/>
     <w:rsid w:val="00F84E3F"/>
     <w:rsid w:val="00F8558A"/>
     <w:rsid w:val="00F861AA"/>
-    <w:rsid w:val="00F866CC"/>
-    <w:rsid w:val="00F86920"/>
+    <w:rsid w:val="00F87023"/>
     <w:rsid w:val="00F87282"/>
     <w:rsid w:val="00F9308C"/>
     <w:rsid w:val="00F933CE"/>
+    <w:rsid w:val="00F93DC9"/>
     <w:rsid w:val="00F948E8"/>
+    <w:rsid w:val="00F969BE"/>
     <w:rsid w:val="00FA1A1D"/>
     <w:rsid w:val="00FA1D8B"/>
+    <w:rsid w:val="00FA4065"/>
     <w:rsid w:val="00FA430D"/>
     <w:rsid w:val="00FA4395"/>
     <w:rsid w:val="00FA4445"/>
     <w:rsid w:val="00FA4F5F"/>
     <w:rsid w:val="00FA5AD6"/>
     <w:rsid w:val="00FA5C7A"/>
     <w:rsid w:val="00FB07DC"/>
     <w:rsid w:val="00FB3E16"/>
     <w:rsid w:val="00FB51D5"/>
     <w:rsid w:val="00FB54A0"/>
     <w:rsid w:val="00FC08E6"/>
     <w:rsid w:val="00FC1708"/>
     <w:rsid w:val="00FC361B"/>
-    <w:rsid w:val="00FC3B78"/>
     <w:rsid w:val="00FC65A8"/>
     <w:rsid w:val="00FC6B17"/>
     <w:rsid w:val="00FD088B"/>
     <w:rsid w:val="00FD1541"/>
     <w:rsid w:val="00FD29F8"/>
     <w:rsid w:val="00FE0D5B"/>
     <w:rsid w:val="00FE207C"/>
     <w:rsid w:val="00FE33EA"/>
     <w:rsid w:val="00FE46BC"/>
     <w:rsid w:val="00FE480B"/>
     <w:rsid w:val="00FE4A00"/>
-    <w:rsid w:val="00FE60FB"/>
     <w:rsid w:val="00FE61BC"/>
+    <w:rsid w:val="00FE74AE"/>
+    <w:rsid w:val="00FF19A1"/>
     <w:rsid w:val="00FF20A1"/>
     <w:rsid w:val="00FF2D03"/>
     <w:rsid w:val="00FF30FC"/>
     <w:rsid w:val="00FF43AE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -24043,51 +27133,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1693873073">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vnr@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:informationrelease@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/health-services/Pages/Policies-and-Guidelines.aspx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpo@ag.gov.au" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/arms.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_887_homepage.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SOR@police.wa.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpo@ag.gov.au" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/arms.aspx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_887_homepage.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vnr@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:informationrelease@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wa.compliance.courts.prisons@abf.gov.au" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SOR@police.wa.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/health-services/Pages/Policies-and-Guidelines.aspx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -24356,50 +27446,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C009D283A2B4D092640B099EBA98FA54080" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a7eef6cd8d77f8653cd002b2ae6ac640">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93b15f15b5db860ec30dd6321a4a2258" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -24649,51 +27743,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Rules</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8c30193b-5862-40d3-b22f-a5f0b3dcbefd</TermId>
         </TermInfo>
       </Terms>
     </pa8a0a93780a4945b3173f20d8e45055>
     <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <UserInfo>
         <DisplayName>Gregory, Ashlee</DisplayName>
         <AccountId>7099</AccountId>
         <AccountType/>
       </UserInfo>
     </Contributor_x0020_Name>
     <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
     <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
     <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
     <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
     <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
@@ -24717,155 +27811,151 @@
       </Terms>
     </kf620cb349b946fa81ca1074c0b3c5af>
     <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 14.6 Prisoner Release from Custody</CategoryDescription>
     <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
     <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Adults</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">60d2f251-dc34-41a1-bf8e-c8689923972e</TermId>
         </TermInfo>
       </Terms>
     </g2cdfbdd30c849e9bbb5c12aa747ff35>
     <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <UserInfo>
         <DisplayName>Gregory, Ashlee</DisplayName>
         <AccountId>7099</AccountId>
         <AccountType/>
       </UserInfo>
     </Contributor_x0020_Email>
     <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">2022-01-11T16:00:00+00:00</Date_x0020_Valid_x0020_From>
     <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9933BC8-21AF-4ACB-AC24-4861D94D638A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80FC1DAF-47FF-4C9E-8221-A6B482D1BD29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>27</Pages>
-[...1 lines deleted...]
-  <Characters>46501</Characters>
+  <Pages>1</Pages>
+  <Words>9199</Words>
+  <Characters>50320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>387</Lines>
-  <Paragraphs>109</Paragraphs>
+  <Lines>1290</Lines>
+  <Paragraphs>763</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 14.6 Prisoner Release from Custody</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54550</CharactersWithSpaces>
+  <CharactersWithSpaces>58756</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>