--- v1 (2026-01-12)
+++ v2 (2026-02-21)
@@ -1,92 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74E26098" w14:textId="77777777" w:rsidR="00104BA4" w:rsidRPr="00ED2C01" w:rsidRDefault="00104BA4" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="4A556DCF" w14:textId="77777777" w:rsidR="00104BA4" w:rsidRPr="00ED2C01" w:rsidRDefault="00104BA4" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="4B283652" w14:textId="32E84AE7" w:rsidR="00146739" w:rsidRPr="002E5756" w:rsidRDefault="008114B3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E5756">
         <w:t xml:space="preserve">COPP </w:t>
       </w:r>
       <w:r w:rsidR="00F11E97">
         <w:t>14.</w:t>
       </w:r>
       <w:r w:rsidR="00104BA4">
         <w:t xml:space="preserve">6 – </w:t>
       </w:r>
       <w:r w:rsidR="0008325A">
         <w:t>Prisoner</w:t>
       </w:r>
       <w:r w:rsidR="000A34D8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0008325A">
         <w:t xml:space="preserve"> Release from Custody</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B8BA22" w14:textId="54DD1F81" w:rsidR="000D69A3" w:rsidRPr="00EA7EAC" w:rsidRDefault="00A547EA" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Prison</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9010"/>
@@ -163,4696 +170,4792 @@
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00565D55" w:rsidRPr="00ED2C01">
               <w:t>.1.3 Conditions and penalties imposed by courts and releasing authorities are administered consistently.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="522B6BAF" w14:textId="77777777" w:rsidR="00565D55" w:rsidRPr="00ED2C01" w:rsidRDefault="00565D55" w:rsidP="00ED2C01"/>
           <w:p w14:paraId="07440C18" w14:textId="3A84DD86" w:rsidR="00565D55" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA50D4" w:rsidP="00ED2C01">
             <w:r>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00565D55" w:rsidRPr="00ED2C01">
               <w:t>.5.2 Records of sentence details, administration and personal information are maintained, used for legitimate purposes and secured from unauthorised access and use.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AF27777" w14:textId="77777777" w:rsidR="00EA09D1" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA09D1" w:rsidP="00ED2C01"/>
           <w:p w14:paraId="0708C053" w14:textId="0879B8D0" w:rsidR="00EA09D1" w:rsidRPr="007068D3" w:rsidRDefault="00EA09D1" w:rsidP="00EA50D4"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CC66A40" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="12E6FF3B" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="42DA3627" w14:textId="77777777" w:rsidR="00663830" w:rsidRDefault="00663830" w:rsidP="00ED2C01">
       <w:pPr>
         <w:sectPr w:rsidR="00663830" w:rsidSect="002E5756">
-          <w:headerReference w:type="default" r:id="rId13"/>
-          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="485C4717" w14:textId="77777777" w:rsidR="00EA09D1" w:rsidRPr="00ED2C01" w:rsidRDefault="00EA09D1" w:rsidP="00ED2C01">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17201DCA" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00ED2C01" w:rsidRDefault="00FA1D8B" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED2C01">
+        <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FD08A0" w14:textId="5DB0BB5A" w:rsidR="00AA6490" w:rsidRDefault="004E38F0">
+    <w:p w14:paraId="032BFA4E" w14:textId="0CEC3544" w:rsidR="00F77D69" w:rsidRDefault="004E38F0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00204AA0">
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc218064755" w:history="1">
-        <w:r w:rsidR="00AA6490" w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619645" w:history="1">
+        <w:r w:rsidR="00F77D69" w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00AA6490">
+        <w:r w:rsidR="00F77D69">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00AA6490" w:rsidRPr="005A3C1B">
+        <w:r w:rsidR="00F77D69" w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00AA6490">
+        <w:r w:rsidR="00F77D69">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00AA6490">
+        <w:r w:rsidR="00F77D69">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00AA6490">
-[...12 lines deleted...]
-        <w:r w:rsidR="00AA6490">
+        <w:r w:rsidR="00F77D69">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619645 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00F77D69">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00F77D69">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00AA6490">
+        <w:r w:rsidR="00F77D69">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00AA6490">
+        <w:r w:rsidR="00F77D69">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3140B3B9" w14:textId="28018801" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="492E2C38" w14:textId="6BB668AC" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064756" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619646" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064756 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619646 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A3B92A1" w14:textId="1490B865" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="0B634ECB" w14:textId="0EFCC38D" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064757" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619647" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release Types</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064757 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619647 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A74FCD5" w14:textId="7F54C005" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="7BD2822E" w14:textId="57CBF56A" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064758" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619648" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preparation for the Release of a Prisoner</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064758 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619648 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7514691E" w14:textId="3554D2A6" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="55D92701" w14:textId="0A848252" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064759" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619649" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064759 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619649 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B1199E9" w14:textId="00917640" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="06BA3ACB" w14:textId="3DF08F8A" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064760" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619650" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transfer and discharge sheet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064760 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619650 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D4A5CC7" w14:textId="32260BF8" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="316E20AA" w14:textId="59F4F59F" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064761" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619651" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transport</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064761 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619651 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08D63608" w14:textId="5EA47C4A" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="68E7E5F5" w14:textId="330305F3" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064762" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619652" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Australian National Child (sex) Offender Register (ANCOR) reporting requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064762 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619652 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CE38E6D" w14:textId="7D65A2DD" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="236DDDCB" w14:textId="4BB7F8C1" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064763" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619653" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Victim Notification Register (VNR) reporting requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064763 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619653 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60DBA3F1" w14:textId="27944D86" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="48E27CE7" w14:textId="7D3C27BF" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064764" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619654" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>4.6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
+          <w:t>Electronic Monitoring (EM)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619654 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="33DE80B0" w14:textId="79B73912" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221619655" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:noProof/>
+            <w14:scene3d>
+              <w14:camera w14:prst="orthographicFront"/>
+              <w14:lightRig w14:rig="threePt" w14:dir="t">
+                <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+              </w14:lightRig>
+            </w14:scene3d>
+          </w:rPr>
+          <w:t>4.7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00451BBE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
           <w:t>Exit interview</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064764 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619655 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="652D452B" w14:textId="61B18C60" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="79FBA073" w14:textId="1E233943" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064765" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619656" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions Prior to Release</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064765 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619656 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14C35CB0" w14:textId="7D10FE11" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="454744AD" w14:textId="07448A8E" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064766" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619657" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064766 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619657 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25C78C27" w14:textId="42B23AED" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="5A228613" w14:textId="45A6A8A2" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064767" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619658" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release from Court</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064767 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619658 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73588131" w14:textId="1A52C582" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="797E6FF3" w14:textId="0AE17003" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064768" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619659" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>6.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General Requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064768 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619659 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25612A84" w14:textId="707BCA2C" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="0299B072" w14:textId="6F0475E9" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064769" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619660" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Other Release Considerations</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064769 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619660 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BA8CB38" w14:textId="547D46F6" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="5D12BFEE" w14:textId="5849348B" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064770" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619661" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bail release</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064770 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619661 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3588DED6" w14:textId="3565BA9C" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="335A0859" w14:textId="20D0CA5A" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064771" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619662" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release to home detention bail</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064771 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619662 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5ED99A1F" w14:textId="18B0B050" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="1FFF049E" w14:textId="7B001784" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064772" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619663" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release on appeal</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064772 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619663 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CFA840E" w14:textId="67B99E13" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="1560E36A" w14:textId="20EF24E6" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064773" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619664" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release to parole</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064773 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619664 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11A90367" w14:textId="10CA093F" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="41010DF5" w14:textId="42B2F304" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064774" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619665" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Immigration</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064774 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619665 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BF432A1" w14:textId="4DBCA0B7" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="60814F89" w14:textId="366D86FF" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064775" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619666" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Extradition</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064775 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619666 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02470469" w14:textId="74803444" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="5BD52B4F" w14:textId="232EBD89" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064776" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619667" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>International or interstate transfers</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064776 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619667 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7980F347" w14:textId="04EAAD00" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="1BEB6F29" w14:textId="0E9837D7" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064777" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619668" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Freedom without supervision</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064777 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619668 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6301E168" w14:textId="690EA39F" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="32143C3B" w14:textId="03D0DB2D" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064778" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619669" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoners undergoing punishment</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064778 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619669 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A3131DD" w14:textId="7ECC7385" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="4D577016" w14:textId="6A515472" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064779" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619670" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release of fine defaulters</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064779 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619670 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C52D862" w14:textId="0B4E5C99" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="2E73CEDD" w14:textId="1D59D0B6" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064780" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619671" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release to WAPF custody</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064780 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619671 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0143ED10" w14:textId="3BC43B60" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="2BD3CA14" w14:textId="72D2D0F5" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064781" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619672" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>High Risk Serious Offenders Act 2020</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064781 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619672 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25EA40E7" w14:textId="2F555B2F" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="76FC3A47" w14:textId="540DFFEB" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064782" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619673" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release following court appearance via video-link</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064782 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619673 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26C89957" w14:textId="6B13C731" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="4554ADE7" w14:textId="36F78342" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064783" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619674" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>7.14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Release from external unit (excluding workcamps)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064783 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619674 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78AF5F27" w14:textId="562AEDD7" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="5CA05759" w14:textId="73F9C28D" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064784" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619675" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Custodial Orders</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064784 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619675 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AE25ABB" w14:textId="520B92EE" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="0E43E8C5" w14:textId="37946397" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064785" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619676" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>8.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>Criminal Law (Mentally Impairment) Act 2023</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064785 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619676 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58BFAE65" w14:textId="6BDA3787" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="5E459592" w14:textId="490D27D8" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064786" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619677" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hospital Orders</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064786 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619677 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C923946" w14:textId="3F5CA639" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="2E87F13C" w14:textId="5B75F98D" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064787" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619678" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Early Discharge</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064787 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619678 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20AC1171" w14:textId="0A278634" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="303E538E" w14:textId="3201FD45" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064788" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619679" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>10.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064788 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619679 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0425DBD2" w14:textId="6BBA96A8" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="6218305F" w14:textId="5F37ABEE" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064789" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619680" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>10.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoners eligible for up to 30 days early discharge</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064789 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619680 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B6EAA82" w14:textId="519BDBCE" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="550498C8" w14:textId="2275196E" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064790" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619681" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>10.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Prisoners ineligible for up to 30 days early discharge</w:t>
+          <w:t>Prisoners’ ineligible for up to 30 days early discharge</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064790 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619681 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F8FFEF1" w14:textId="57879BDF" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="2C661C8E" w14:textId="72568B83" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064791" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619682" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>10.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Application process</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064791 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619682 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7234227D" w14:textId="0D7C53DB" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="64623CA4" w14:textId="2B5601DD" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064792" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619683" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>10.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appeals process</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064792 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619683 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="551C056D" w14:textId="2AA9E20B" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="27BD3D3E" w14:textId="10854D8F" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064793" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619684" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>10.6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Early discharge on licence</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064793 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619684 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F0915B8" w14:textId="120C67C0" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="21E328F3" w14:textId="60BCED4C" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064794" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619685" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Permission for a Prisoner to Remain Overnight</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064794 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619685 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A92F5A2" w14:textId="30472EAA" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="22A6B950" w14:textId="50F56CAB" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064795" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619686" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoner Released in Error</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064795 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619686 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42E60DC3" w14:textId="5F934E79" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="711FED07" w14:textId="05FC541C" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064796" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619687" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoner Detained in Error</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064796 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619687 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EAAB760" w14:textId="3FFC003E" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="70D523DF" w14:textId="1A3264F2" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064797" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619688" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064797 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619688 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>21</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4649A6EE" w14:textId="73A52CC8" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="3BCE0571" w14:textId="255825F2" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064798" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619689" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>14.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related COPPS and documents</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064798 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619689 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>21</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1295D620" w14:textId="4FCB0DE1" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="69B39B63" w14:textId="443A71CA" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064799" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619690" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>14.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions and acronyms</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064799 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619690 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>21</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="19443F0D" w14:textId="0A04D815" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="2A5D0EEA" w14:textId="66251E53" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064800" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619691" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>14.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064800 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619691 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>25</w:t>
+          <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A339CC1" w14:textId="60EE6A1B" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="4F11FAB4" w14:textId="35DB3763" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064801" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619692" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064801 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619692 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>25</w:t>
+          <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59117972" w14:textId="49004EC4" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="7FCBA11B" w14:textId="3918BC14" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064802" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619693" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w14:scene3d>
               <w14:camera w14:prst="orthographicFront"/>
               <w14:lightRig w14:rig="threePt" w14:dir="t">
                 <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
               </w14:lightRig>
             </w14:scene3d>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="005A3C1B">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document Version History</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064802 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619693 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>26</w:t>
+          <w:t>27</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E6CE262" w14:textId="4D266B33" w:rsidR="00AA6490" w:rsidRDefault="00AA6490">
+    <w:p w14:paraId="41F08138" w14:textId="24E4529F" w:rsidR="00F77D69" w:rsidRDefault="00F77D69">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc218064803" w:history="1">
-        <w:r w:rsidRPr="005A3C1B">
+      <w:hyperlink w:anchor="_Toc221619694" w:history="1">
+        <w:r w:rsidRPr="00451BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendix A: Expiry of a Sentence</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc218064803 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221619694 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>27</w:t>
+          <w:t>28</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18D09432" w14:textId="02358686" w:rsidR="00634C54" w:rsidRDefault="004E38F0" w:rsidP="00ED2C01">
+    <w:p w14:paraId="18D09432" w14:textId="429A1749" w:rsidR="00634C54" w:rsidRDefault="004E38F0" w:rsidP="00ED2C01">
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D1FB56" w14:textId="77777777" w:rsidR="00634C54" w:rsidRDefault="00634C54" w:rsidP="00ED2C01">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A3DC6C" w14:textId="77777777" w:rsidR="00C8272F" w:rsidRPr="003E5E6D" w:rsidRDefault="00C8272F" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc218064755"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc221619645"/>
       <w:r w:rsidRPr="003E5E6D">
+        <w:lastRenderedPageBreak/>
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6702F736" w14:textId="64A54C14" w:rsidR="00B15072" w:rsidRPr="00ED2C01" w:rsidRDefault="00B15072" w:rsidP="00ED2C01">
       <w:r w:rsidRPr="00ED2C01">
         <w:t>This Commissioner’s Operating Policy and Procedure (COPP) applies to all public and private prisons administered by or on behalf of the Department of Justice (the Department).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D2C5A1" w14:textId="157243FE" w:rsidR="00B15072" w:rsidRPr="00ED2C01" w:rsidRDefault="00B15072" w:rsidP="00ED2C01">
       <w:r w:rsidRPr="00ED2C01">
         <w:t>It also applies to any organisation contracted to the Department for the provision of custodial services</w:t>
       </w:r>
       <w:r w:rsidR="00406DA3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00224A74">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00ED2C01">
         <w:t xml:space="preserve"> to the extent that this COPP informs the development of that</w:t>
       </w:r>
       <w:r w:rsidR="001232E0" w:rsidRPr="00ED2C01">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2C01">
         <w:t>organisation</w:t>
       </w:r>
       <w:r w:rsidR="0002059A" w:rsidRPr="00ED2C01">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2C01">
         <w:t>s operating policy and procedures consistent with legislation and contract obligations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF4AAB8" w14:textId="74DB90AC" w:rsidR="00EC5AF1" w:rsidRPr="003E5E6D" w:rsidRDefault="00EC5AF1" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc218064756"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc221619646"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="24465127" w14:textId="75A77295" w:rsidR="009F26EA" w:rsidRDefault="009818D5" w:rsidP="00ED2C01">
       <w:r w:rsidRPr="00F81F96">
         <w:t>Prisoners shall be released from lawful custody</w:t>
       </w:r>
       <w:r w:rsidR="00261D08" w:rsidRPr="00261D08">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00261D08" w:rsidRPr="005451CF">
         <w:t>at any time during the day</w:t>
       </w:r>
       <w:r w:rsidR="00261D08">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidRPr="00F81F96">
         <w:t xml:space="preserve"> their sentence expires but not earlier than that </w:t>
       </w:r>
       <w:r w:rsidR="000F2C66" w:rsidRPr="00F81F96">
         <w:t>day</w:t>
       </w:r>
       <w:r w:rsidR="000F2C66">
@@ -5094,52 +5197,53 @@
       <w:r w:rsidR="00406DA3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00765342">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D945981" w14:textId="6C2BD2B4" w:rsidR="003E7FA3" w:rsidRPr="00CE3795" w:rsidRDefault="00EF51A7" w:rsidP="00CE3795">
       <w:r w:rsidRPr="00EF51A7">
         <w:t>The prison, where appropriate should assist the prisoner by providing options to hide the insignia, such as provision of band-aids or makeup to hide the prohibited insignia where such items cannot be accessed by the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00765342" w:rsidRPr="00765342">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E7FA3">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3A5A32" w14:textId="77777777" w:rsidR="002651A8" w:rsidRPr="003E5E6D" w:rsidRDefault="002651A8" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc218064757"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc221619647"/>
       <w:r w:rsidRPr="003E5E6D">
+        <w:lastRenderedPageBreak/>
         <w:t>Release Types</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="4CA2E9B5" w14:textId="77777777" w:rsidR="002651A8" w:rsidRPr="00AA49BB" w:rsidRDefault="002651A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA49BB">
         <w:t>The e</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">xpiry of a sentence for the purpose of </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:t>releasing</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -5176,257 +5280,257 @@
       <w:r w:rsidRPr="00AA49BB">
         <w:t>. Prisoners may be released</w:t>
       </w:r>
       <w:r w:rsidR="009F26EA" w:rsidRPr="00AA49BB">
         <w:t xml:space="preserve"> from prison</w:t>
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00AA49BB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00AA49BB">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00AA49BB">
         <w:t>refer section 6</w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00AA49BB">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00AA49BB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA49BB">
         <w:t xml:space="preserve"> as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20ECB1C7" w14:textId="209652CF" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="007224BC">
+    <w:p w14:paraId="20ECB1C7" w14:textId="209652CF" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">release to </w:t>
       </w:r>
       <w:r w:rsidR="002651A8">
         <w:t>bail</w:t>
       </w:r>
       <w:r w:rsidR="00EE4229">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336CDDC9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="007224BC">
+    <w:p w14:paraId="336CDDC9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="009F26EA" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">release to </w:t>
       </w:r>
       <w:r w:rsidR="002651A8">
         <w:t>home detention bail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72852E39" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="72852E39" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release on appeal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4B4879" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="7A4B4879" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release to parole</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35284F41" w14:textId="29F1F0F2" w:rsidR="002651A8" w:rsidRDefault="00C60D53" w:rsidP="007224BC">
+    <w:p w14:paraId="35284F41" w14:textId="29F1F0F2" w:rsidR="002651A8" w:rsidRDefault="00C60D53" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>immigration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66754FD8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="66754FD8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>extradition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D850C80" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="3D850C80" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>interstate/international transfers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343D6E15" w14:textId="02780F5E" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="343D6E15" w14:textId="02780F5E" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>freedom without supervision</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F22924" w14:textId="25DCECD8" w:rsidR="006C3F1F" w:rsidRDefault="006C3F1F" w:rsidP="007224BC">
+    <w:p w14:paraId="52F22924" w14:textId="25DCECD8" w:rsidR="006C3F1F" w:rsidRDefault="006C3F1F" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>freedom with supervision</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B4DE77" w14:textId="33CB9719" w:rsidR="002651A8" w:rsidRDefault="002321F3" w:rsidP="007224BC">
+    <w:p w14:paraId="33B4DE77" w14:textId="33CB9719" w:rsidR="002651A8" w:rsidRDefault="002321F3" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release following a period of</w:t>
       </w:r>
       <w:r w:rsidR="002651A8">
         <w:t xml:space="preserve"> punishment</w:t>
       </w:r>
       <w:r w:rsidR="00EE4229">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC755F8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="3CC755F8" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release of fine defaulters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4639E3A9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="4639E3A9" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release to police custody</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DF98B2" w14:textId="463E17BF" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="35DF98B2" w14:textId="463E17BF" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">release under the </w:t>
       </w:r>
       <w:r w:rsidR="008E75FE" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>High Risk Serious Offenders Act WA 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF1B762" w14:textId="2867F328" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="5DF1B762" w14:textId="2867F328" w:rsidR="002651A8" w:rsidRPr="00EE4229" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE4229">
         <w:t xml:space="preserve">release under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Criminal Law </w:t>
       </w:r>
       <w:r w:rsidR="00D63B38" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4229">
@@ -5436,195 +5540,195 @@
         </w:rPr>
         <w:t>Mental</w:t>
       </w:r>
       <w:r w:rsidR="00471B16" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Impairment</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">) Act </w:t>
       </w:r>
       <w:r w:rsidR="00471B16" w:rsidRPr="00EE4229">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1518D3" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="1D1518D3" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release following court appearance via video link</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D66118C" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="4D66118C" w14:textId="77777777" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release from external unit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBBF8DB" w14:textId="0B92FD96" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="007224BC">
+    <w:p w14:paraId="5FBBF8DB" w14:textId="0B92FD96" w:rsidR="002651A8" w:rsidRDefault="002651A8" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>release from court</w:t>
       </w:r>
       <w:r w:rsidR="00024E77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5463771A" w14:textId="1AFD07E2" w:rsidR="00024E77" w:rsidRPr="002651A8" w:rsidRDefault="00024E77" w:rsidP="007224BC">
+    <w:p w14:paraId="5463771A" w14:textId="1AFD07E2" w:rsidR="00024E77" w:rsidRPr="002651A8" w:rsidRDefault="00024E77" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>hospital order</w:t>
       </w:r>
       <w:r w:rsidR="007F7AD0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4946D0F6" w14:textId="77777777" w:rsidR="002651A8" w:rsidRPr="003E5E6D" w:rsidRDefault="004977EB" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc218064758"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc221619648"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Preparation for the Release of a Prisoner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="3CCB3A52" w14:textId="77777777" w:rsidR="001B222E" w:rsidRPr="00FA4F5F" w:rsidRDefault="004977EB" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc218064759"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc221619649"/>
       <w:r w:rsidRPr="00FA4F5F">
         <w:t>General requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="5B89242B" w14:textId="242C1823" w:rsidR="003F22D1" w:rsidRDefault="009074BF" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>Preparation for the release of</w:t>
       </w:r>
       <w:r w:rsidR="00E2750C">
         <w:t xml:space="preserve"> sentenced</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00E2750C">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall occur </w:t>
       </w:r>
       <w:r w:rsidR="004152AB">
         <w:t xml:space="preserve">within 2 weeks </w:t>
       </w:r>
       <w:r w:rsidR="009F0C6F">
         <w:t>prior to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> their release date</w:t>
       </w:r>
       <w:r w:rsidR="00F80F79">
         <w:t xml:space="preserve">, where </w:t>
       </w:r>
       <w:r w:rsidR="006B174D">
         <w:t>practicable</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="00D75D58">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F22D1">
         <w:t>The Superintendent shall ensure the following documents are checked to enable verification of a sentenced prisoner’s eligibility and legal entitlement for release:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373D714B" w14:textId="77777777" w:rsidR="003F22D1" w:rsidRPr="00F532A8" w:rsidRDefault="00666679" w:rsidP="007224BC">
+    <w:p w14:paraId="373D714B" w14:textId="77777777" w:rsidR="003F22D1" w:rsidRPr="00F532A8" w:rsidRDefault="00666679" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00F532A8">
         <w:t>entence summary sheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3024C2" w14:textId="240AAE9E" w:rsidR="003F22D1" w:rsidRPr="00DE42FE" w:rsidRDefault="009074BF" w:rsidP="007224BC">
+    <w:p w14:paraId="4B3024C2" w14:textId="240AAE9E" w:rsidR="003F22D1" w:rsidRPr="00DE42FE" w:rsidRDefault="009074BF" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00F532A8">
         <w:t>ard copies of warrants (warrant file and T</w:t>
       </w:r>
       <w:r w:rsidR="00DE1FCA" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve">otal </w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00F532A8">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DE1FCA" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve">ffender Management </w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00DE42FE">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00DE1FCA" w:rsidRPr="00DE42FE">
         <w:t>olution (TOMS</w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00DE42FE">
@@ -5657,50 +5761,51 @@
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> shall c</w:t>
       </w:r>
       <w:r w:rsidR="00033EDF" w:rsidRPr="00DE42FE">
         <w:t>onfirm</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0079491D" w:rsidRPr="00DE42FE">
         <w:t>the prisoner is the same as indicated on any bail conditions or community orders (</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00DE42FE">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="0079491D" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> parole order). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E15ADC9" w14:textId="6971B23C" w:rsidR="00C90208" w:rsidRDefault="00F34A85" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="003253AA">
         <w:t xml:space="preserve">utstanding </w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t xml:space="preserve">remand warrants should </w:t>
       </w:r>
       <w:r w:rsidR="00ED60AC">
         <w:t>match the</w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t xml:space="preserve"> information held on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00D2183C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t>and charge numbers matched with the signed bail documentation</w:t>
       </w:r>
       <w:r w:rsidR="00D10BED" w:rsidRPr="003253AA">
         <w:t xml:space="preserve"> (if there are no signed bail papers, the prisoner shall not be released)</w:t>
       </w:r>
       <w:r w:rsidR="00882478" w:rsidRPr="003253AA">
         <w:t>.</w:t>
@@ -5868,51 +5973,51 @@
         <w:t>plan with the prisoner to prepare them for release, and link support s</w:t>
       </w:r>
       <w:r w:rsidR="002161B9">
         <w:t>ervices as appropriate, if the release</w:t>
       </w:r>
       <w:r w:rsidRPr="00160131">
         <w:t xml:space="preserve"> date is known</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671064BA" w14:textId="29850B80" w:rsidR="0017604B" w:rsidRPr="0017604B" w:rsidRDefault="0017604B" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>Should a prisoner refuse to sign documents relevant for release, an Authorised Officer shall document this on the relevant document, then sign and date the document. This shall be witnessed by another Authorised Officer who shall also sign and date the document. An offender note shall also be placed on TOMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55596566" w14:textId="5BFBA82B" w:rsidR="00167DC1" w:rsidRPr="003E5E6D" w:rsidRDefault="00167DC1" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc218064760"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc221619650"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Transfer and discharge sheet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="4002F74D" w14:textId="3497528D" w:rsidR="00167DC1" w:rsidRDefault="006D5978" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00167DC1">
         <w:t>risoner movements</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall be</w:t>
       </w:r>
       <w:r w:rsidR="00167DC1">
         <w:t xml:space="preserve"> entered on the T</w:t>
       </w:r>
       <w:r w:rsidR="000C54EB">
         <w:t>&amp;</w:t>
       </w:r>
@@ -6144,51 +6249,51 @@
         <w:t>ie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve">for late returns from </w:t>
       </w:r>
       <w:r>
         <w:t>court</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> due in </w:t>
       </w:r>
       <w:r>
         <w:t>court</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0195">
         <w:t xml:space="preserve"> again the following day).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60172AA0" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="003E5E6D" w:rsidRDefault="00444095" w:rsidP="00444095">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc218064761"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc221619651"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Transport</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73CB1AC2" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="009A660D" w:rsidRDefault="00444095" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="009A660D">
         <w:t>Prisons shall assist prisoners to arrange transport if necessary and/or refer the prisoner to the appropriate community agency where applicable</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51CE6E20" w14:textId="77777777" w:rsidR="00444095" w:rsidRPr="00444095" w:rsidRDefault="00444095" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
@@ -6243,50 +6348,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> their home, usual place of residence within the State </w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:t xml:space="preserve">(where available support services have been confirmed) </w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>or to the place of their arrest</w:t>
       </w:r>
       <w:r w:rsidRPr="009A660D">
         <w:t xml:space="preserve">, when </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC65A8">
         <w:t>released from prison.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039CE43C" w14:textId="35E1E0C4" w:rsidR="009A660D" w:rsidRPr="007224BC" w:rsidRDefault="009A660D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="007224BC">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Superintendent of the releasing prison shall be responsible for the cost of the transport and </w:t>
       </w:r>
       <w:r w:rsidR="009E201C" w:rsidRPr="007224BC">
         <w:t>this shall be recorded on the discharge interview</w:t>
       </w:r>
       <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35743699" w14:textId="4F91A977" w:rsidR="00940397" w:rsidRPr="007224BC" w:rsidRDefault="009A660D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve">Routine prison transport shall be used where </w:t>
       </w:r>
       <w:r w:rsidR="004667C8" w:rsidRPr="007224BC">
         <w:t>possible</w:t>
       </w:r>
       <w:r w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> to return a prisoner to a prison nearer to the place of residence, prior to their release.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A4D269B" w14:textId="74FADE5B" w:rsidR="00FE0D5B" w:rsidRPr="007224BC" w:rsidRDefault="004746D0" w:rsidP="007224BC">
@@ -6340,51 +6446,51 @@
         <w:t xml:space="preserve"> for TOP shall be referred </w:t>
       </w:r>
       <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00AF1C92" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t>the Transitional Manager</w:t>
       </w:r>
       <w:r w:rsidR="004667C8" w:rsidRPr="007224BC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009A660D" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Hlk87349450"/>
       <w:bookmarkStart w:id="9" w:name="_Toc384883344"/>
     </w:p>
     <w:p w14:paraId="6A4CCFAA" w14:textId="77777777" w:rsidR="00CF631A" w:rsidRPr="003E5E6D" w:rsidRDefault="00E87709" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc218064762"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc221619652"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Australian National Child (sex) Offender Register (ANCOR) </w:t>
       </w:r>
       <w:r w:rsidR="0093210C" w:rsidRPr="003E5E6D">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="003E5E6D">
         <w:t>eporting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00CF631A" w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B222E" w:rsidRPr="003E5E6D">
         <w:t>requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="73FB87E1" w14:textId="2D71A9B2" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="00E87709" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E87709">
@@ -6501,112 +6607,112 @@
       <w:r w:rsidR="006A7D94" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="006A7D94" w:rsidRPr="00EF01D7">
         <w:t>fficer</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="007E0233" w:rsidRPr="00EF01D7">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB9EA8A" w14:textId="77777777" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
+    <w:p w14:paraId="7FB9EA8A" w14:textId="77777777" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">interview the prisoner </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A679B0F" w14:textId="74CE5024" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
+    <w:p w14:paraId="1A679B0F" w14:textId="74CE5024" w:rsidR="007E0233" w:rsidRPr="00EF01D7" w:rsidRDefault="00CF631A" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">explain reporting obligations </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve">to the prisoner </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">in accordance with the Reportable Offenders brochure </w:t>
       </w:r>
       <w:r w:rsidR="00444282">
         <w:t xml:space="preserve">(provide a copy on release) </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="007E0233" w:rsidRPr="00EF01D7">
         <w:t>Notifications of Reporting Obligations</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF01D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E87709" w:rsidRPr="00EF01D7">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="003E7FA3">
         <w:t xml:space="preserve">P308) on </w:t>
       </w:r>
       <w:r w:rsidR="00E87709" w:rsidRPr="00EF01D7">
         <w:t>TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00A27E02">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B449B8" w14:textId="6AE3733B" w:rsidR="001B6AB8" w:rsidRPr="00DE42FE" w:rsidRDefault="004658FE" w:rsidP="007224BC">
+    <w:p w14:paraId="13B449B8" w14:textId="6AE3733B" w:rsidR="001B6AB8" w:rsidRPr="00DE42FE" w:rsidRDefault="004658FE" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>have the prisoner sign all copies of the relevant documentation prior to release.</w:t>
       </w:r>
       <w:r w:rsidR="006A19C4" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> Should the prisoner refuse to sign the P308, the Authorised Officer shall mark the ‘refused to sign’ box. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB1C149" w14:textId="1EE0FD13" w:rsidR="00057E0E" w:rsidRPr="00DE42FE" w:rsidRDefault="00057E0E" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">If the prisoner is </w:t>
       </w:r>
       <w:r w:rsidR="00A912E2" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">being </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">released from court, the P308 </w:t>
       </w:r>
       <w:r w:rsidR="00367BAB" w:rsidRPr="00DE42FE">
@@ -6699,139 +6805,139 @@
       <w:r>
         <w:t xml:space="preserve"> shall </w:t>
       </w:r>
       <w:r w:rsidR="007E0233">
         <w:t xml:space="preserve">distribute </w:t>
       </w:r>
       <w:r w:rsidR="00F1170E">
         <w:t xml:space="preserve">a copy of </w:t>
       </w:r>
       <w:r w:rsidR="007E0233">
         <w:t>the c</w:t>
       </w:r>
       <w:r w:rsidR="007E0233" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">ompleted </w:t>
       </w:r>
       <w:r w:rsidR="00EF01D7" w:rsidRPr="004C1D64">
         <w:t>P308</w:t>
       </w:r>
       <w:r w:rsidR="00A410E5" w:rsidRPr="004C1D64">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5" w:rsidRPr="004C1D64">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559E44E9" w14:textId="77777777" w:rsidR="00EE4229" w:rsidRDefault="00E16DEA" w:rsidP="007224BC">
+    <w:p w14:paraId="559E44E9" w14:textId="77777777" w:rsidR="00EE4229" w:rsidRDefault="00E16DEA" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Hlk87344361"/>
       <w:r>
         <w:t>ANCO</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00CE74CE" w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve">SOMS Registration </w:t>
       </w:r>
       <w:r w:rsidR="00CE3795">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve"> Assessment Team</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve"> via</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve"> email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="0041379E" w:rsidRPr="000D5740">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SOR@police.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or fax: 08 9267 5678</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7BFA90" w14:textId="47C7C35B" w:rsidR="001B1F83" w:rsidRDefault="00AD5052" w:rsidP="007224BC">
+    <w:p w14:paraId="5A7BFA90" w14:textId="47C7C35B" w:rsidR="001B1F83" w:rsidRDefault="00AD5052" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Information Release and Litigation Management</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve"> via</w:t>
       </w:r>
       <w:r w:rsidR="001B1F83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00512F0B">
         <w:t xml:space="preserve">email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="0070163F" w:rsidRPr="00445038">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>informationrelease@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0070163F">
         <w:t xml:space="preserve"> or fax: 9481 8504</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to update TOMS/CBIS alerts and filing on the Offender in Custody file</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p w14:paraId="61484326" w14:textId="26B30952" w:rsidR="00CF631A" w:rsidRPr="00CF631A" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
+    <w:p w14:paraId="61484326" w14:textId="26B30952" w:rsidR="00CF631A" w:rsidRPr="00CF631A" w:rsidRDefault="00CF631A" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t>the prisoner on release</w:t>
       </w:r>
       <w:r w:rsidR="001232E0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2E5228" w14:textId="52B143EA" w:rsidR="00CB7D7B" w:rsidRDefault="001B1F83" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r>
@@ -6840,65 +6946,66 @@
       <w:r w:rsidR="006F2A74">
         <w:t>attach</w:t>
       </w:r>
       <w:r w:rsidR="006F2A74" w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7FA3">
         <w:t xml:space="preserve">a copy of the P308 </w:t>
       </w:r>
       <w:r w:rsidR="006F2A74">
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidR="00160131">
         <w:t>Prisoner’s Release Checklist</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D84D5F6" w14:textId="56ACABA5" w:rsidR="00295952" w:rsidRPr="00103390" w:rsidRDefault="00295952" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Authorised Officer shall file the Department </w:t>
       </w:r>
       <w:r w:rsidR="00A410E5">
         <w:t xml:space="preserve">copy </w:t>
       </w:r>
       <w:r>
         <w:t>into the prisoners Unit File for forwarding to Offender Information Management for archiving.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A05421F" w14:textId="5004888E" w:rsidR="00CF631A" w:rsidRPr="003E5E6D" w:rsidRDefault="007C31B5" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_VNR_Notification_(Victim"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc218064763"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc221619653"/>
       <w:bookmarkStart w:id="14" w:name="_Hlk88574835"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Victim Notification Register (VNR) </w:t>
       </w:r>
       <w:r w:rsidR="0093210C" w:rsidRPr="003E5E6D">
         <w:t>reporting requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="186226FA" w14:textId="220A1C47" w:rsidR="00CB7D7B" w:rsidRPr="00CB7D7B" w:rsidRDefault="00CF631A" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t>VNR</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t>is a</w:t>
       </w:r>
       <w:r w:rsidR="003945C0">
@@ -6916,109 +7023,109 @@
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00073751">
         <w:t xml:space="preserve">f a VNR alert </w:t>
       </w:r>
       <w:r w:rsidR="009F0747">
         <w:t>exists,</w:t>
       </w:r>
       <w:r w:rsidR="00E11B52">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the Authorised Officer </w:t>
       </w:r>
       <w:r w:rsidR="00E11B52">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00073751">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E11B52">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEBE0BC" w14:textId="71D2DE5B" w:rsidR="00EE4229" w:rsidRDefault="00E11B52" w:rsidP="007224BC">
+    <w:p w14:paraId="6BEBE0BC" w14:textId="71D2DE5B" w:rsidR="00EE4229" w:rsidRDefault="00E11B52" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004241E9">
         <w:t xml:space="preserve">advise the </w:t>
       </w:r>
       <w:r w:rsidR="00B1633F" w:rsidRPr="004241E9">
         <w:t xml:space="preserve">VNR via telephone (9425 </w:t>
       </w:r>
       <w:r w:rsidR="00B1633F" w:rsidRPr="00DE42FE">
         <w:t>2870)</w:t>
       </w:r>
       <w:r w:rsidR="009F0747" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A0EEE">
         <w:t>at least 14 days prior, or earlier if possible, of</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> a prisoner’s release</w:t>
       </w:r>
       <w:r w:rsidR="00412E0C" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00DE42FE">
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD2AC79" w14:textId="3F02DD2D" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="003A5E3C" w:rsidP="007224BC">
+    <w:p w14:paraId="2AD2AC79" w14:textId="3F02DD2D" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="003A5E3C" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>ensure when</w:t>
       </w:r>
       <w:r w:rsidR="009F0747" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> a prisoner is released to bail</w:t>
       </w:r>
       <w:r w:rsidR="003B68B0" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> or a community based disposition, ie a Parole Order or a Court Order etc,</w:t>
       </w:r>
       <w:r w:rsidR="009F0747" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="009F0747">
         <w:t xml:space="preserve"> confirmation email is also to be sent to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00B450F9" w:rsidRPr="007D44FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>vnr@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B450F9">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004241E9" w:rsidRPr="004241E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2F5780" w14:textId="6A48414F" w:rsidR="00B54BB1" w:rsidRPr="00B54BB1" w:rsidRDefault="00E11B52" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>Authorised Officer</w:t>
       </w:r>
@@ -7028,51 +7135,51 @@
       <w:r>
         <w:t>shall refer the VNR t</w:t>
       </w:r>
       <w:r w:rsidR="0057344C">
         <w:t>o the Superintendent for follow-</w:t>
       </w:r>
       <w:r>
         <w:t>up, i</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:r w:rsidR="00A410E5">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">VNR advise </w:t>
       </w:r>
       <w:r w:rsidR="0057344C">
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> issues regarding the release of a prisoner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5824A824" w14:textId="6815168E" w:rsidR="002337D5" w:rsidRPr="008E1C94" w:rsidRDefault="0057344C" w:rsidP="007224BC">
+    <w:p w14:paraId="5824A824" w14:textId="6815168E" w:rsidR="002337D5" w:rsidRDefault="0057344C" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>The Superintendent shall refer issues of a serious nature</w:t>
       </w:r>
       <w:r w:rsidR="00B95511">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0086704C">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="00B95511">
         <w:t xml:space="preserve"> ANCOR, VNR, high media interest</w:t>
       </w:r>
       <w:r w:rsidR="0086704C">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
@@ -7083,541 +7190,682 @@
         <w:t xml:space="preserve"> prior to release</w:t>
       </w:r>
       <w:r w:rsidR="00526BE1">
         <w:t xml:space="preserve">, who </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">consult with </w:t>
       </w:r>
       <w:r w:rsidR="00526BE1">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">relevant agencies to ascertain how </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to manage </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
         <w:t>the situation.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
+    <w:p w14:paraId="3E018004" w14:textId="0E760A60" w:rsidR="000F2529" w:rsidRDefault="000F2529" w:rsidP="000F2529">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc221619654"/>
+      <w:r w:rsidRPr="000F2529">
+        <w:t>Electronic Monitoring (EM)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="0775A6A9" w14:textId="77777777" w:rsidR="000F2529" w:rsidRPr="000F2529" w:rsidRDefault="000F2529" w:rsidP="000F2529">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F2529">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Prisoners may be subject to Electronic Monitoring (EM) upon release. The Authorised Officer shall check TOMS to determine if the prisoner has an EM alert.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478767E7" w14:textId="77777777" w:rsidR="000F2529" w:rsidRPr="000F2529" w:rsidRDefault="000F2529" w:rsidP="000F2529">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F2529">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Where a prisoner is subject to an EM alert, the authorised officer shall contact the relevant local Adult Community Corrections Centre during business hours, or the Community Offender Monitoring Unit (COMU – telephone 1800 885 726) outside of business hours, prior to release to ensure the prisoner is fitted with an EM device (where applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A9DFD6" w14:textId="231C70B1" w:rsidR="000F2529" w:rsidRPr="000F2529" w:rsidRDefault="000F2529" w:rsidP="000F2529">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F2529">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the EM device may not need to be fitted prior to </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2398" w:rsidRPr="000F2529">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>release;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F2529">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> however the relevant ACC manager shall provide advice regarding this.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2D9C7E88" w14:textId="77777777" w:rsidR="001B222E" w:rsidRPr="003E5E6D" w:rsidRDefault="001B222E" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc218064764"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc221619655"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Exit </w:t>
       </w:r>
       <w:r w:rsidR="0066696C" w:rsidRPr="003E5E6D">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>nterview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="3CC1C2BC" w14:textId="09AE011D" w:rsidR="00FE480B" w:rsidRPr="00FE480B" w:rsidRDefault="00EE5FB2" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t xml:space="preserve">Authorised Officer </w:t>
       </w:r>
       <w:r>
         <w:t>shall complete the followin</w:t>
       </w:r>
       <w:r w:rsidR="007C31B5">
         <w:t>g prior to the prisoner’s release:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70588813" w14:textId="4CC614CB" w:rsidR="0077590D" w:rsidRPr="00DE42FE" w:rsidRDefault="007C31B5" w:rsidP="007224BC">
+    <w:p w14:paraId="70588813" w14:textId="4CC614CB" w:rsidR="0077590D" w:rsidRPr="00DE42FE" w:rsidRDefault="007C31B5" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>discharge</w:t>
       </w:r>
       <w:r w:rsidR="005555DF">
         <w:t xml:space="preserve"> offender module</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2">
         <w:t>, to include the exit interview, discharge</w:t>
       </w:r>
       <w:r w:rsidR="00B139DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t>comment and proposed address</w:t>
       </w:r>
       <w:r w:rsidR="002F1B0B" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> (including no fixed address)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4396834C" w14:textId="7F0D2A07" w:rsidR="00111C14" w:rsidRPr="00DE42FE" w:rsidRDefault="00B450F9" w:rsidP="007224BC">
+    <w:p w14:paraId="4396834C" w14:textId="7F0D2A07" w:rsidR="00111C14" w:rsidRPr="00DE42FE" w:rsidRDefault="00B450F9" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>confirm that</w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> the proposed address provided by the prisoner is the same as indicated on any bail conditions or community order</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00DE42FE">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF631A" w:rsidRPr="00DE42FE">
         <w:t>parole</w:t>
       </w:r>
       <w:r w:rsidR="00EE5FB2" w:rsidRPr="00DE42FE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C8F876" w14:textId="27312C97" w:rsidR="00A410E5" w:rsidRPr="00DE42FE" w:rsidRDefault="00111C14" w:rsidP="007224BC">
+    <w:p w14:paraId="54C8F876" w14:textId="27312C97" w:rsidR="00A410E5" w:rsidRPr="00DE42FE" w:rsidRDefault="00111C14" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>ensure property is returned and gratuities are paid.</w:t>
       </w:r>
       <w:r w:rsidR="00852EE4" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="592BC55B" w14:textId="77777777" w:rsidR="00AA1BE1" w:rsidRPr="003E5E6D" w:rsidRDefault="00AA1BE1" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc378241321"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc378241321"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc221619656"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc384883348"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc14937866"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Actions Prior to Release</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7F3F2259" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc218064766"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc221619657"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>General requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="3415BEEC" w14:textId="7EAC45BC" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
         <w:t>when preparing the prisoner for release</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> shall conduct the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414A30B0" w14:textId="35D026C7" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
+    <w:p w14:paraId="414A30B0" w14:textId="35D026C7" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
+        <w:lastRenderedPageBreak/>
         <w:t>initiate the</w:t>
       </w:r>
       <w:r w:rsidR="00C9216C" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> appropriate</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">risoner </w:t>
       </w:r>
       <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">elease </w:t>
       </w:r>
       <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>hecklist</w:t>
       </w:r>
       <w:r w:rsidR="00104BA4" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="007B79CD" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> to ensure a lawful release </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03980085" w14:textId="0E85D21A" w:rsidR="00914B7D" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
+    <w:p w14:paraId="03980085" w14:textId="0E85D21A" w:rsidR="00914B7D" w:rsidRDefault="00AA1BE1" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>notify the relevant services of the prisoner’s release where required</w:t>
       </w:r>
       <w:r w:rsidR="00D4650D" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> in accordance with this COPP</w:t>
       </w:r>
       <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00EC149A">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7F57E5" w14:textId="08FC1E02" w:rsidR="00D66458" w:rsidRPr="00EC149A" w:rsidRDefault="00D66458" w:rsidP="007224BC">
+    <w:p w14:paraId="4C4719D6" w14:textId="77777777" w:rsidR="00A8159E" w:rsidRPr="00EC149A" w:rsidRDefault="00A8159E" w:rsidP="00A8159E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t xml:space="preserve">Community Offender </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="563A9851" w14:textId="66525600" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="007224BC">
+        <w:t>VNR – the day prior to release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB71064" w14:textId="77777777" w:rsidR="00A8159E" w:rsidRPr="00A8159E" w:rsidRDefault="00A8159E" w:rsidP="00A8159E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC149A">
-[...18 lines deleted...]
-    <w:p w14:paraId="7FBA2E77" w14:textId="24AF1959" w:rsidR="00D4650D" w:rsidRPr="00EC149A" w:rsidRDefault="00D4650D" w:rsidP="007224BC">
+      <w:r w:rsidRPr="00A8159E">
+        <w:t>Adult Community Corrections Centre/Community Offender Monitoring Unit</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="_Hlk202441937"/>
+      <w:r w:rsidRPr="00A8159E">
+        <w:t xml:space="preserve"> – prior to release (refer to section 4.6).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w14:paraId="4B7F57E5" w14:textId="08FC1E02" w:rsidR="00D66458" w:rsidRPr="00EC149A" w:rsidRDefault="00D66458" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>Department of Communities – Child Protection (DCC</w:t>
-[...2 lines deleted...]
-        <w:t>P</w:t>
+        <w:t xml:space="preserve">Community Offender </w:t>
+      </w:r>
+      <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>anagement Unit (</w:t>
+      </w:r>
+      <w:r w:rsidR="00914B7D" w:rsidRPr="00EC149A">
+        <w:t>COMU</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>) – the day prior to release</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3218AFBE" w14:textId="189B1404" w:rsidR="008E3586" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="007224BC">
+    <w:p w14:paraId="563A9851" w14:textId="66525600" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>ANCOR – the day of release</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F332D71" w14:textId="614256D6" w:rsidR="00FF2D03" w:rsidRPr="00EC149A" w:rsidRDefault="00FF2D03" w:rsidP="007224BC">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
+        <w:t>epartment of Home Affairs (D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>HA</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>– the day prior to release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBA2E77" w14:textId="24AF1959" w:rsidR="00D4650D" w:rsidRPr="00EC149A" w:rsidRDefault="00D4650D" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
-        <w:t>Prison Health Services</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> – the day of release</w:t>
+        <w:t>Department of Communities – Child Protection (DCC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
+        <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3972BF8F" w14:textId="40090555" w:rsidR="00FF2D03" w:rsidRPr="00DE42FE" w:rsidRDefault="00FF2D03" w:rsidP="007224BC">
+        <w:t>) – the day prior to release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3218AFBE" w14:textId="189B1404" w:rsidR="008E3586" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE42FE">
-[...9 lines deleted...]
-    <w:p w14:paraId="4EB9B3F9" w14:textId="49C7804D" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="00D4650D" w:rsidP="007224BC">
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>ANCOR – the day of release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F332D71" w14:textId="614256D6" w:rsidR="00FF2D03" w:rsidRPr="00EC149A" w:rsidRDefault="00FF2D03" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t>Prison Health Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00EC149A">
+        <w:t xml:space="preserve"> – the day of release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC149A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3972BF8F" w14:textId="40090555" w:rsidR="00FF2D03" w:rsidRPr="00DE42FE" w:rsidRDefault="00FF2D03" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1276" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t>Mental Health and other Drugs (MHAOD)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66458" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> – the day of release</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4650D" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB9B3F9" w14:textId="49C7804D" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="00D4650D" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1276" w:hanging="283"/>
+      </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>Western Australia Police Force (WAP</w:t>
       </w:r>
       <w:r w:rsidR="009119CA" w:rsidRPr="00DE42FE">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>) – the day of release</w:t>
       </w:r>
       <w:r w:rsidR="009560FD" w:rsidRPr="00DE42FE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D2C542" w14:textId="77777777" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Hlk87349555"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk87349555"/>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">Prior to release, if a </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>prisoner</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">s own money is insufficient </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">to purchase </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>civilian clothing</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> appropriate to the needs of the prisoner (ie work or casual clothing) the Superintendent/OIC may authorise expenditure (prison finances not exceeding $150.00).</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="1AE66406" w14:textId="77777777" w:rsidR="007B79CD" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>The Authorised Officer shall record the issuing of liberty clothing for release on TOMS offender notes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F84D480" w14:textId="29936DD4" w:rsidR="000526A8" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007224BC">
+    <w:p w14:paraId="2F84D480" w14:textId="38662B74" w:rsidR="000526A8" w:rsidRPr="00DE42FE" w:rsidRDefault="007B79CD" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> minimum security </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">prisoner </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>is eligible to apply for an Absence</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">Permit in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00DE42FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 8.1 – Prisoner Constructive Activities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00DE42FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 14.5 – Authorised Absences and Absence Permits,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>purchase liberty clothing</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C892022" w14:textId="458C40E2" w:rsidR="000526A8" w:rsidRPr="004C1D64" w:rsidRDefault="000526A8" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
@@ -7627,526 +7875,514 @@
       <w:r w:rsidRPr="004C1D64">
         <w:t xml:space="preserve">check and endorse the Prisoner Release Checklist. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="099FCE4D" w14:textId="5113F8DE" w:rsidR="00914B7D" w:rsidRPr="00EC149A" w:rsidRDefault="00914B7D" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
         <w:t>Authorised Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> prior to escorting the prisoner </w:t>
       </w:r>
       <w:r w:rsidR="00FB51D5" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">for release </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>shall:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F2471A" w14:textId="1AFB1F1D" w:rsidR="0086704C" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
+    <w:p w14:paraId="20F2471A" w14:textId="1AFB1F1D" w:rsidR="0086704C" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>check the prisoner’s identity against the photograph on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="0086704C" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099E6499" w14:textId="036A02D2" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="0086704C" w:rsidP="007224BC">
+    <w:p w14:paraId="099E6499" w14:textId="036A02D2" w:rsidR="00AA1BE1" w:rsidRPr="00EC149A" w:rsidRDefault="0086704C" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>take a digital photograph of the prisoner and update on TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00383F17" w:rsidRPr="00EC149A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> unless the prisoner has been in prison less than 12 months and there are no significant changes</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2912044C" w14:textId="77777777" w:rsidR="00A54777" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
+    <w:p w14:paraId="2912044C" w14:textId="77777777" w:rsidR="00A54777" w:rsidRDefault="00AA1BE1" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">ensure the prisoner has signed their </w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">P308, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>parole, bail paperwork</w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">, supervision </w:t>
       </w:r>
       <w:r w:rsidR="00762505" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">document </w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00EC149A">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidR="0088381B" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> Community Based Order, Intensive Supervision Order), </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>or any other relevant instrument permitting the prisoner’s release as applicable</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A5B2D5" w14:textId="77777777" w:rsidR="00A54777" w:rsidRDefault="00D860CF" w:rsidP="007224BC">
+    <w:p w14:paraId="18A5B2D5" w14:textId="7B671822" w:rsidR="00A54777" w:rsidRDefault="00D860CF" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">search the prisoner as detailed within the prison’s Standing Order and in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 11.2 </w:t>
         </w:r>
         <w:r w:rsidR="003E7FA3" w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Searching</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A1FCD4" w14:textId="4A90309C" w:rsidR="00C0788F" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="007224BC">
+    <w:p w14:paraId="24A1FCD4" w14:textId="4BC4F6FF" w:rsidR="00C0788F" w:rsidRPr="00EC149A" w:rsidRDefault="00AA1BE1" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">search, </w:t>
       </w:r>
       <w:r w:rsidR="00104BA4" w:rsidRPr="00EC149A">
         <w:t>check,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> and account for the prisoner’s property in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 11.2 </w:t>
         </w:r>
         <w:r w:rsidR="003E7FA3" w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Searching</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00EC149A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 – Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EC149A">
         <w:t>, prior to issuing</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB1F0AC" w14:textId="7775B4A6" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="007224BC">
+    <w:p w14:paraId="0FB1F0AC" w14:textId="7775B4A6" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>provide the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC35A48" w14:textId="24E1F6D1" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="007224BC">
+    <w:p w14:paraId="2EC35A48" w14:textId="24E1F6D1" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
+        <w:lastRenderedPageBreak/>
         <w:t>prescribed medication (contact</w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> Prison</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t xml:space="preserve">ealth </w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC149A">
         <w:t>ervices staff if no medication has been forwarded to reception), where possible</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176B4B49" w14:textId="2A83EAAF" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="007224BC">
+    <w:p w14:paraId="176B4B49" w14:textId="2A83EAAF" w:rsidR="0088381B" w:rsidRPr="00EC149A" w:rsidRDefault="0088381B" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1276" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>exit kit (containing health information and other items)</w:t>
       </w:r>
       <w:r w:rsidR="00B450F9" w:rsidRPr="00EC149A">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE" w:rsidRPr="00EC149A">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E0D4D6" w14:textId="62802553" w:rsidR="009A00E5" w:rsidRPr="00EC149A" w:rsidRDefault="00104FB4" w:rsidP="007224BC">
+    <w:p w14:paraId="78E0D4D6" w14:textId="62802553" w:rsidR="009A00E5" w:rsidRPr="00EC149A" w:rsidRDefault="00104FB4" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="2127"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC149A">
         <w:t>complete an exit interview</w:t>
       </w:r>
       <w:r w:rsidR="009560FD" w:rsidRPr="00EC149A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46758CB9" w14:textId="496EB29C" w:rsidR="009A00E5" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00602C50">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000731E9">
         <w:t>uthorised</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00602C50">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">fficer shall escort the prisoner to the prison gate and provide the following information to the discharging officer for verification: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0954C9F9" w14:textId="7C48E3B2" w:rsidR="00383F17" w:rsidRDefault="00383F17" w:rsidP="007224BC">
+    <w:p w14:paraId="0954C9F9" w14:textId="7C48E3B2" w:rsidR="00383F17" w:rsidRDefault="00383F17" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>a copy of the Prisoner Release Checklist</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A46096" w14:textId="38739F08" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
+    <w:p w14:paraId="26A46096" w14:textId="38739F08" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB3355">
         <w:t>a copy of the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t>s Sentence Summary Sheet from TOMS (if sentenced)</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1A29FF" w14:textId="520186CA" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
+    <w:p w14:paraId="0B1A29FF" w14:textId="520186CA" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve">copies of all Warrants of Commitment relating to the </w:t>
       </w:r>
       <w:r w:rsidR="00D73810" w:rsidRPr="00CB3355">
         <w:t>prisoner’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> current imprisonment (if sentenced)</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C9C467" w14:textId="26A5EDA2" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="007224BC">
+    <w:p w14:paraId="05C9C467" w14:textId="26A5EDA2" w:rsidR="009A00E5" w:rsidRPr="00CB3355" w:rsidRDefault="009A00E5" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve">opies of all completed </w:t>
       </w:r>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t>ail documents</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> where applicable</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28804FB4" w14:textId="520749EC" w:rsidR="009A00E5" w:rsidRDefault="00131A8B" w:rsidP="007224BC">
+    <w:p w14:paraId="28804FB4" w14:textId="520749EC" w:rsidR="009A00E5" w:rsidRDefault="00131A8B" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>copy of Client Identification Details</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5" w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for the prisoner to supply to</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5" w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> Centrelink to claim appropriate benefits</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5">
         <w:t>, where applicable</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>; and</w:t>
       </w:r>
       <w:r w:rsidR="009A00E5" w:rsidRPr="00CB3355">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5ADA46" w14:textId="4322604D" w:rsidR="00083562" w:rsidRPr="00CB3355" w:rsidRDefault="00083562" w:rsidP="007224BC">
+    <w:p w14:paraId="2C5ADA46" w14:textId="4322604D" w:rsidR="00083562" w:rsidRPr="00CB3355" w:rsidRDefault="00083562" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3355">
         <w:t>ny monies d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ue to the prisoner upon release, where applicable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCD4A66" w14:textId="77777777" w:rsidR="0095271D" w:rsidRDefault="00083562" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
@@ -8234,347 +8470,357 @@
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t xml:space="preserve">discharging </w:t>
       </w:r>
       <w:r w:rsidR="00526BE1">
         <w:t>officer</w:t>
       </w:r>
       <w:r w:rsidR="001C79A3">
         <w:t xml:space="preserve"> releasing the prisoner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall only release the prisoner when satisfied all accompanying documentation is complete and legally correct.</w:t>
       </w:r>
       <w:r w:rsidR="006C6A01">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC16DFA" w14:textId="5B5D614D" w:rsidR="006C6A01" w:rsidRPr="003E5E6D" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc218064767"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc221619658"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Release from </w:t>
       </w:r>
       <w:r w:rsidR="00DC2ED7">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>ourt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="2DA4C146" w14:textId="77777777" w:rsidR="006C6A01" w:rsidRPr="003E5E6D" w:rsidRDefault="006C6A01" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc218064768"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc221619659"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>General Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="24976FC6" w14:textId="78FFAE51" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="24976FC6" w14:textId="51FFC986" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The Movements Officer/Reception Officer shall prepare for the possible release of a prisoner </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">with no return order </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">from court custody in accordance with this </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t>COPP</w:t>
       </w:r>
       <w:r w:rsidR="00757125">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00993E3F" w:rsidRPr="00993E3F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 – Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00757125">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00A64FCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.2 – Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00604111">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A7D47F" w14:textId="7FC46F63" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
+    <w:p w14:paraId="60A7D47F" w14:textId="20E89FD4" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In accordance with this COPP and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00287365">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 2.1 – Reception</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>Movements Officer/Reception Officer</w:t>
       </w:r>
       <w:r w:rsidR="00DC2ED7">
         <w:t xml:space="preserve"> or other authorised officer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall complete the Prisoner Release from Court Checklist generated from TOMS, </w:t>
       </w:r>
       <w:r w:rsidR="0062412D">
         <w:t xml:space="preserve">prior to </w:t>
       </w:r>
       <w:r w:rsidR="009560FD">
         <w:t xml:space="preserve">the prisoner’s </w:t>
       </w:r>
       <w:r w:rsidR="0062412D">
         <w:t xml:space="preserve">court appearance, </w:t>
       </w:r>
       <w:r>
         <w:t>ensuring any pre-release paperwork is signed by the prisoner (</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795">
         <w:t>ie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ANCOR reporting etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF49CC9" w14:textId="0B0C1FA6" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
+    <w:p w14:paraId="601AAB4A" w14:textId="77777777" w:rsidR="00A8159E" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>Prisoners with a ANCOR TOMS alert, shall have the ANCOR notification and reporting documentation (P308) generated from TOMS</w:t>
       </w:r>
       <w:r w:rsidR="009560FD">
         <w:t>; this shall be</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> completed in accordance with this COPP</w:t>
       </w:r>
       <w:r w:rsidR="0062412D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> prior to the prisoner’s attendance at court (with no return order) and held at the prison for action in the event the prisoner is released from court. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="052F83E5" w14:textId="6C88D82B" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
+        <w:t xml:space="preserve"> prior to the prisoner’s attendance at court (with no return order) and held at the prison for action in the event the prisoner is released from court</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF49CC9" w14:textId="4CFD0456" w:rsidR="006C6A01" w:rsidRDefault="00A8159E" w:rsidP="00A8159E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="58D9DE0F" w14:textId="74F45063" w:rsidR="008708E4" w:rsidRPr="007548E7" w:rsidRDefault="008708E4" w:rsidP="007224BC">
+      <w:r w:rsidRPr="00A8159E">
+        <w:t>The Movements Officer shall check TOMS to determine if the prisoner has an EM alert (refer to section 4.6).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052F83E5" w14:textId="6C88D82B" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">The prisoner shall be supplied the Reportable Offender’s Copy and the Important Information for Reportable Offender the morning of the court appearance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D9DE0F" w14:textId="0DCF71FF" w:rsidR="008708E4" w:rsidRPr="007548E7" w:rsidRDefault="008708E4" w:rsidP="007224BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A reasonable amount of immediate release property may accompany the prisoner to court for possible release. This property may consist of identification cards, keys, bank cards or similar, sealed and sent in a small clear property </w:t>
       </w:r>
       <w:r w:rsidR="00211EF7">
         <w:t>bag with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009560FD">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>prisoner identification</w:t>
       </w:r>
       <w:r w:rsidR="00506AD0">
         <w:t xml:space="preserve"> and C220</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> attached. Immediate release property shall be prepared in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00287365">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 – Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E57E5F" w14:textId="33B17F83" w:rsidR="006C6A01" w:rsidRDefault="006C6A01" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="002E5BBD">
         <w:t xml:space="preserve">Contractor </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>shall release a prisoner, where there is no other lawful requirement to detain them</w:t>
       </w:r>
       <w:r w:rsidR="003128BE" w:rsidRPr="00DE42FE">
         <w:t>, and notify the prison to enable removal from TOMS.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B06EC0" w14:textId="52766CAB" w:rsidR="00211EF7" w:rsidRDefault="00211EF7" w:rsidP="007224BC">
+    <w:p w14:paraId="32B06EC0" w14:textId="77ACAA55" w:rsidR="00211EF7" w:rsidRDefault="00211EF7" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Hlk88736561"/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk88736561"/>
       <w:r>
         <w:t xml:space="preserve">In circumstances where </w:t>
       </w:r>
       <w:r w:rsidR="00E03C32" w:rsidRPr="003A5E3C">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003A5E3C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C836D3" w:rsidRPr="003A5E3C">
         <w:t>remand</w:t>
       </w:r>
       <w:r w:rsidR="00C836D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prisoner has attended court in person with a return order and all matters are dealt with by the court, the court custody officers shall notify the prison</w:t>
       </w:r>
       <w:r w:rsidR="00E03C32">
         <w:t xml:space="preserve"> requesting authority to release</w:t>
       </w:r>
       <w:r w:rsidR="0017747E">
         <w:t xml:space="preserve"> in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="0017747E" w:rsidRPr="0017747E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.3 – Conducting </w:t>
         </w:r>
         <w:r w:rsidR="002E5BBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>E</w:t>
         </w:r>
         <w:r w:rsidR="0017747E" w:rsidRPr="0017747E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23681562" w14:textId="77777777" w:rsidR="001C69E9" w:rsidRPr="003E5E6D" w:rsidRDefault="001C69E9" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc218064769"/>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc221619660"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:r w:rsidR="00C75FFC" w:rsidRPr="003E5E6D">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000A791B" w:rsidRPr="003E5E6D">
         <w:t xml:space="preserve">elease </w:t>
       </w:r>
       <w:r w:rsidR="00C75FFC" w:rsidRPr="003E5E6D">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>onsiderations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="6B092126" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc14937867"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc218064770"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc14937867"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc19884630"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc221619661"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Bail release</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="584992C2" w14:textId="37486571" w:rsidR="008B76AA" w:rsidRPr="008B76AA" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Remand prisoners may be released on</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> bail</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
@@ -8683,70 +8929,70 @@
         <w:t>undertakings</w:t>
       </w:r>
       <w:r w:rsidR="00360134">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B64DA">
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r>
         <w:t>signing the</w:t>
       </w:r>
       <w:r w:rsidR="006B64DA">
         <w:t xml:space="preserve"> Certificate to Authorise Release</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Form 6 on TOMS. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B53E68" w14:textId="2D1B98BB" w:rsidR="00604111" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc14937868"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Toc218064771"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc14937868"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc19884631"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc221619662"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Release to home detention bail</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidR="000C4C77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB4157C" w14:textId="211FD6AE" w:rsidR="002C6474" w:rsidRDefault="002C6474" w:rsidP="007224BC">
+    <w:p w14:paraId="127A20F3" w14:textId="77777777" w:rsidR="009748A7" w:rsidRPr="009748A7" w:rsidRDefault="009748A7" w:rsidP="009748A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
-      <w:r>
-        <w:t>The electronic monitoring bracelet does not need to be fitted prior to release.</w:t>
+      <w:r w:rsidRPr="009748A7">
+        <w:t>The Authorised Officer shall check TOMS to determine if the prisoner has an EM alert (refer to section 4.6).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D40C9E6" w14:textId="366A866F" w:rsidR="00203D76" w:rsidRPr="00203D76" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:t xml:space="preserve">During office hours, prisoners shall </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">be released in accordance with this </w:t>
       </w:r>
       <w:r w:rsidRPr="00395BE4">
         <w:t>COPP</w:t>
       </w:r>
       <w:r w:rsidR="006F61DF">
         <w:t xml:space="preserve"> and in consultation with the relevant</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t xml:space="preserve"> Adult Community Corrections</w:t>
       </w:r>
       <w:r w:rsidR="006F61DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8768,164 +9014,185 @@
     </w:p>
     <w:p w14:paraId="2EE173A0" w14:textId="197F65AF" w:rsidR="00604111" w:rsidRPr="00604111" w:rsidRDefault="009B03B6" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">After </w:t>
       </w:r>
       <w:r w:rsidR="00D55073">
         <w:t>office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> hours, t</w:t>
       </w:r>
       <w:r w:rsidR="0064701F">
         <w:t>he Superintendent/OIC shall contact the ACC After-Hours Manager (AHM)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1D98DE" w14:textId="28EF7A55" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
+    <w:p w14:paraId="33BA153C" w14:textId="77777777" w:rsidR="009748A7" w:rsidRDefault="00604111" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>confirm ACC are aware of the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="003171DF" w:rsidRPr="00F532A8">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00F532A8">
-        <w:t>s release</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="7C7E4B05" w14:textId="14925FF9" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="009748A7">
+        <w:t xml:space="preserve">impending </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F532A8">
+        <w:t>release</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1D98DE" w14:textId="08925892" w:rsidR="00604111" w:rsidRPr="00AE5378" w:rsidRDefault="009748A7" w:rsidP="009748A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="3119"/>
+        </w:tabs>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5378">
+        <w:t>discuss arrangements for the installation of the EM device;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7E4B05" w14:textId="14925FF9" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>enquire or clarify any issues with the release documentation</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1410FEDF" w14:textId="02150EFD" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
+    <w:p w14:paraId="1410FEDF" w14:textId="02150EFD" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t xml:space="preserve">obtain any instructions from the AHM (confirmed by email) that need to </w:t>
       </w:r>
       <w:r w:rsidR="00A648EF" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="00F532A8">
         <w:t>communicated to the prisoner prior to release</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0E74D2" w14:textId="38903BD4" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="007224BC">
+    <w:p w14:paraId="6B0E74D2" w14:textId="38903BD4" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>if AHM is not able to provide these instructions by email</w:t>
       </w:r>
       <w:r w:rsidR="00D55073" w:rsidRPr="00F532A8">
         <w:t>, record the directions and verbally confirm with the AHM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31582F46" w14:textId="4C67F4C3" w:rsidR="00A8531A" w:rsidRPr="00A8531A" w:rsidRDefault="00604111" w:rsidP="007224BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t>The Superintendent/OIC shall ensure the prison’s after hours contact list reflects the current AHM mobile telephone number as advised.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568AE82F" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc14937869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="34" w:name="_Toc218064772"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc14937869"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc19884632"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc221619663"/>
       <w:r w:rsidRPr="003E5E6D">
+        <w:lastRenderedPageBreak/>
         <w:t>Release on appeal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-      <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="1EC5DBDA" w14:textId="70E6FA45" w:rsidR="00784B5B" w:rsidRPr="00784B5B" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">On advice from the Supreme Court </w:t>
       </w:r>
       <w:r w:rsidR="0077723F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">a sentenced prisoner has been granted bail or is to be released as a result of an </w:t>
       </w:r>
       <w:r w:rsidR="00B9646C">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">ppeal, </w:t>
       </w:r>
       <w:r w:rsidR="009B03B6">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D55073">
@@ -9030,204 +9297,230 @@
       <w:r w:rsidR="00CB7D7B">
         <w:t>SIU</w:t>
       </w:r>
       <w:r w:rsidR="00A45AB5">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>. The OIC, in consultation with the Superintendent shall complete this outside of office hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE0C1A1" w14:textId="468E9067" w:rsidR="009D5EC4" w:rsidRPr="009D5EC4" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t>The prisoner may be released following confirmation</w:t>
       </w:r>
       <w:r w:rsidR="00D55073">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41FA3FE6" w14:textId="18AFA997" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+    <w:p w14:paraId="41FA3FE6" w14:textId="18AFA997" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>the reference numbers on the appeal documents and existing warrants coincide</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38721F1D" w14:textId="6AA78D13" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+    <w:p w14:paraId="38721F1D" w14:textId="6AA78D13" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>no new warrants of commitment exist (</w:t>
       </w:r>
       <w:r w:rsidR="00CE3795" w:rsidRPr="00F532A8">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidRPr="00F532A8">
         <w:t xml:space="preserve"> fines warrants)</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D207D18" w14:textId="49D49A83" w:rsidR="00604111" w:rsidRPr="00F532A8" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+    <w:p w14:paraId="0D207D18" w14:textId="49D49A83" w:rsidR="00604111" w:rsidRDefault="00604111" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F532A8">
         <w:t>bail conditions of any current remand warrants for outstanding charges have been satisfied</w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t xml:space="preserve"> the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00130BD5" w:rsidRPr="00F532A8">
         <w:t xml:space="preserve"> is not serving a separate term of imprisonment on other charges, where the term has not yet expired.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3321A3C9" w14:textId="046E3150" w:rsidR="009748A7" w:rsidRPr="009748A7" w:rsidRDefault="009748A7" w:rsidP="009748A7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009748A7">
+        <w:t>a check has been conducted for an EM alert.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="326BC83A" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="003E5E6D" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc14937870"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="_Toc218064773"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc14937870"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc19884633"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc221619664"/>
       <w:r w:rsidRPr="003E5E6D">
         <w:t>Release to parole</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
-    </w:p>
-    <w:p w14:paraId="2B242F7D" w14:textId="557CAAB8" w:rsidR="003E7CC5" w:rsidRPr="00DE42FE" w:rsidRDefault="00FE4A00" w:rsidP="00166F6E">
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="2B242F7D" w14:textId="4313F96A" w:rsidR="003E7CC5" w:rsidRDefault="00FE4A00" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t>hen a prisoner is being released to parole</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r>
         <w:t>Authorised</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>fficer</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t xml:space="preserve"> shall apply the requirements in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00604111" w:rsidRPr="00FE4A00">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 14.</w:t>
         </w:r>
         <w:r w:rsidRPr="00FE4A00">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00604111" w:rsidRPr="00FE4A00">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> – Parole Applications</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006F61DF">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="006F61DF" w:rsidRPr="00DE42FE">
         <w:t>where applicable, in consultation with the relevant ACC centre</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="21D7ABAA" w14:textId="77777777" w:rsidR="009748A7" w:rsidRPr="009748A7" w:rsidRDefault="009748A7" w:rsidP="009748A7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009748A7">
+        <w:t>The authorised officer shall check TOMS to determine if the prisoner has an EM alert (refer to section 4.6).</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="0556CB5D" w14:textId="0ABAA2EE" w:rsidR="00604111" w:rsidRPr="00DE42FE" w:rsidRDefault="00A648EF" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc218064774"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc221619665"/>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>Immigration</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="34E7E0AF" w14:textId="759ECA11" w:rsidR="00CB7D7B" w:rsidRPr="00CB7D7B" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FE4A00" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">Authorised Officer </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">shall advise </w:t>
       </w:r>
       <w:r w:rsidR="00C12D48" w:rsidRPr="00DE42FE">
         <w:t>Department of Home Affairs (</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>DHA</w:t>
       </w:r>
       <w:r w:rsidR="00C12D48" w:rsidRPr="00DE42FE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FE4A00" w:rsidRPr="00DE42FE">
@@ -9252,59 +9545,59 @@
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A648EF" w:rsidRPr="00DE42FE">
         <w:t>immigration</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> alert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="540020D2" w14:textId="0D597697" w:rsidR="00203D76" w:rsidRPr="00203D76" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t>DHA shall arrange with the prison for the collection of prisoners who require deportation or holding in immigration detention on the day of their release.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41DC3892" w14:textId="77777777" w:rsidR="00932255" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc14937872"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="41" w:name="_Toc218064775"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc14937872"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc19884635"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc221619666"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t>Extradition</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-      <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="7C1DA78D" w14:textId="77777777" w:rsidR="0077723F" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t>Extradition occurs by way of an order from the Magistrates Court.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6B6E17" w14:textId="63D46DA5" w:rsidR="003E7CC5" w:rsidRPr="003E7CC5" w:rsidRDefault="00383F17" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">Prisons shall ensure there are no outstanding warrants or breaches that shall require </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the prisoner </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>to remain in custody</w:t>
       </w:r>
       <w:r w:rsidRPr="009B03B6">
@@ -9314,98 +9607,105 @@
         <w:t>before extradition occurs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="316BB621" w14:textId="65ED5217" w:rsidR="00604111" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>PF</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> shall make arrangements regarding escorts and travel for extradited prisoners.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EB79891" w14:textId="4F2F2F06" w:rsidR="00CF04B0" w:rsidRDefault="00CF04B0" w:rsidP="00CF04B0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc218064776"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc221619667"/>
       <w:r>
         <w:t>International or interstate transfers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="602BEBD1" w14:textId="1ED18608" w:rsidR="00CF04B0" w:rsidRPr="00CF04B0" w:rsidRDefault="00BB3D0A" w:rsidP="00166F6E">
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="602BEBD1" w14:textId="3D3F8DDB" w:rsidR="00CF04B0" w:rsidRPr="00CF04B0" w:rsidRDefault="00BB3D0A" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>For</w:t>
       </w:r>
       <w:r w:rsidR="00CF04B0">
         <w:t xml:space="preserve"> international and interstate transfers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of prisoners</w:t>
       </w:r>
       <w:r w:rsidR="00CF04B0">
-        <w:t xml:space="preserve">, refer </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId29" w:history="1">
+        <w:t>, refer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F77D69">
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00CF04B0" w:rsidRPr="00C77D3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>to COPP 2.3 – Assessments and Sentence Management</w:t>
+          <w:t xml:space="preserve"> COPP 2.3 – Assessments and Sentence Management</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CF04B0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F1A22C" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc14937873"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="45" w:name="_Toc218064777"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc14937873"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc19884636"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc221619668"/>
       <w:r w:rsidRPr="001C69E9">
+        <w:lastRenderedPageBreak/>
         <w:t>Freedom without supervision</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-      <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="5E495664" w14:textId="42E427CF" w:rsidR="00784B5B" w:rsidRPr="00784B5B" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">Prisoners reaching their </w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>MAX</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> cannot be held in custody if no other warrants or orders are held by the </w:t>
       </w:r>
       <w:r w:rsidR="0065710B" w:rsidRPr="00604111">
         <w:t>prison</w:t>
       </w:r>
       <w:r w:rsidR="0065710B">
         <w:t xml:space="preserve"> unless</w:t>
       </w:r>
       <w:r w:rsidR="004C0195">
         <w:t xml:space="preserve"> they are undergoing punishment</w:t>
       </w:r>
       <w:r w:rsidR="00406DA3">
@@ -9487,55 +9787,55 @@
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The Superintendent shall commence a prosecution in a court of summary jurisdiction and deliver the prisoner into the custody of a </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t xml:space="preserve">WA </w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>police officer if a charge of an aggravated prison offence</w:t>
       </w:r>
       <w:r w:rsidRPr="00A64FCC">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> is laid against a prisoner due for release. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD5D1BF" w14:textId="324D86D6" w:rsidR="00060C04" w:rsidRPr="00060C04" w:rsidRDefault="00060C04" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc218064778"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc221619669"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t>Prisoners undergoing punishment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="7D365769" w14:textId="7768FEB1" w:rsidR="00B43295" w:rsidRPr="00B43295" w:rsidRDefault="00E85E01" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t xml:space="preserve">risoners due for release </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t xml:space="preserve">undergoing </w:t>
       </w:r>
       <w:r w:rsidR="00321925" w:rsidRPr="00604111">
         <w:t>punishment shall</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t xml:space="preserve"> be managed in accordance with legislation</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00A64FCC">
@@ -9548,158 +9848,158 @@
         <w:t xml:space="preserve"> and shall not be release</w:t>
       </w:r>
       <w:r w:rsidR="00E05B74">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00537783">
         <w:t xml:space="preserve"> prior to the end of the period of punishment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E68215" w14:textId="2BB14521" w:rsidR="00B43295" w:rsidRPr="00B43295" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t>Unpaid restitution at the time of a prisoner’s release shall remain and may be re-instated on any subsequent imprisonment</w:t>
       </w:r>
       <w:r w:rsidR="00151B10">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8EE595" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="00DE42FE" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc14937875"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="_Toc218064779"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc14937875"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc19884638"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc221619670"/>
       <w:r w:rsidRPr="00DE42FE">
         <w:t>Release of fine defaulters</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-      <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
-    </w:p>
-    <w:p w14:paraId="14D07986" w14:textId="2CB5B82F" w:rsidR="00784B5B" w:rsidRPr="00DE42FE" w:rsidRDefault="009B03B6" w:rsidP="00166F6E">
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="14D07986" w14:textId="2C10AF42" w:rsidR="00784B5B" w:rsidRPr="00DE42FE" w:rsidRDefault="009B03B6" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">prisoner serving a </w:t>
       </w:r>
       <w:r w:rsidR="00E27259" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">warrant of commitment or expiation order for </w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
         <w:t>fines</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> may have their fines paid to have them released</w:t>
       </w:r>
       <w:r w:rsidR="00CF04B0" w:rsidRPr="00DE42FE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004565F9" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve"> providing there are no </w:t>
       </w:r>
       <w:r w:rsidR="00CF04B0" w:rsidRPr="00DE42FE">
         <w:t>outs</w:t>
       </w:r>
       <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00CF04B0" w:rsidRPr="00DE42FE">
         <w:t>anding warrants</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">. Prisons shall manage the payment of fines in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.7 – Warrants</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00604111" w:rsidRPr="00DE42FE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F13A27" w14:textId="25B48E3E" w:rsidR="001232E0" w:rsidRPr="001232E0" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+    <w:p w14:paraId="19F13A27" w14:textId="6140CAC0" w:rsidR="001232E0" w:rsidRPr="001232E0" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">Prisoners who do not arrange to have their fines paid to secure their release shall be managed in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00C73463">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.7 – Warrants</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00604111">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E22B2A" w14:textId="03B1FA51" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc14937876"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="52" w:name="_Toc218064780"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc14937876"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc19884639"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc221619671"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t>Release to</w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t xml:space="preserve"> WA</w:t>
       </w:r>
       <w:r w:rsidR="00D41FEE">
         <w:t>PF</w:t>
       </w:r>
       <w:r w:rsidRPr="001C69E9">
         <w:t xml:space="preserve"> custody</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-      <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="54766655" w14:textId="78D08E34" w:rsidR="00354527" w:rsidRPr="00354527" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The Superintendent/OIC shall approve special prior arrangements to </w:t>
       </w:r>
       <w:r w:rsidR="00537783">
         <w:t>enable</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00537783">
         <w:t>PF to detain a prisoner</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> on release</w:t>
       </w:r>
       <w:r w:rsidR="0065710B">
@@ -9725,192 +10025,163 @@
       </w:r>
       <w:r w:rsidR="0027341A" w:rsidRPr="00604111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065710B">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>fficer shall handover all release documentation and prisoner property to th</w:t>
       </w:r>
       <w:r w:rsidR="00537783">
         <w:t>e prisoner on release</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D318542" w14:textId="11D7EC80" w:rsidR="00604111" w:rsidRPr="00C77D3B" w:rsidRDefault="00402A17" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc218064781"/>
-      <w:bookmarkStart w:id="54" w:name="_Hlk88211377"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc221619672"/>
+      <w:bookmarkStart w:id="56" w:name="_Hlk88211377"/>
       <w:r w:rsidRPr="00C77D3B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>High Risk Serious Offenders Act 2020</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="461CD1C8" w14:textId="6FE90C1D" w:rsidR="00F83921" w:rsidRPr="00F83921" w:rsidRDefault="00604111" w:rsidP="00166F6E">
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="461CD1C8" w14:textId="6FE90C1D" w:rsidR="00F83921" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">A prisoner may be released to a community supervision order issued under </w:t>
       </w:r>
       <w:r w:rsidR="00395BE4">
         <w:t>legislation</w:t>
       </w:r>
       <w:r w:rsidR="00406DA3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00395BE4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> provided no other imprisonment orders or </w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">emand </w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>arrants exist.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="55" w:name="_Toc14937878"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="10CFB0AD" w14:textId="3099A968" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="005C2357" w:rsidP="00166F6E">
+      <w:bookmarkStart w:id="57" w:name="_Toc14937878"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc19884641"/>
+    </w:p>
+    <w:p w14:paraId="53595EC6" w14:textId="77777777" w:rsidR="009748A7" w:rsidRPr="009748A7" w:rsidRDefault="009748A7" w:rsidP="009748A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="009748A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>The authorised officer shall check TOMS to determine if the prisoner has an EM alert (refer to section 4.6).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B91C2B5" w14:textId="77777777" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc14937879"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc19884642"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc221619673"/>
       <w:bookmarkEnd w:id="56"/>
-    </w:p>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t>Release following court appearance via video-link</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-      <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="574FC872" w14:textId="77777777" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The release of prisoners following a court appearance via video-link shall be in accordance with this </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1D64">
         <w:t>COPP</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="_Toc14937880"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc14937880"/>
       <w:r w:rsidR="00024E77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A721B8D" w14:textId="08D657F9" w:rsidR="00604111" w:rsidRPr="001C69E9" w:rsidRDefault="00604111" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc19884643"/>
-      <w:bookmarkStart w:id="62" w:name="_Toc218064783"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc19884643"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc221619674"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t xml:space="preserve">Release from external </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:r w:rsidRPr="001C69E9">
         <w:t>unit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="00E05B74">
         <w:t xml:space="preserve"> (excluding workcamps)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="013AC6DC" w14:textId="4F33EB20" w:rsidR="00A1287A" w:rsidRPr="00A1287A" w:rsidRDefault="00604111" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>Authorised O</w:t>
       </w:r>
       <w:r w:rsidR="0027341A">
         <w:t>fficer</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
         <w:t xml:space="preserve"> shall liaise with </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00C77D3B">
         <w:t>PF</w:t>
       </w:r>
       <w:r w:rsidRPr="00604111">
@@ -9971,101 +10242,101 @@
         <w:t xml:space="preserve"> and subsequently provides all relevant documentation to the </w:t>
       </w:r>
       <w:r w:rsidR="00D01EBB" w:rsidRPr="00E60023">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="009119CA" w:rsidRPr="00E60023">
         <w:t>PF</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00E60023">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00300D0D" w:rsidRPr="00E60023">
         <w:t>Escorting Officers</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00E60023">
         <w:t xml:space="preserve"> supervising</w:t>
       </w:r>
       <w:r w:rsidR="00604111" w:rsidRPr="00604111">
         <w:t xml:space="preserve"> the prisoner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C659564" w14:textId="396F0ABC" w:rsidR="00024E77" w:rsidRPr="009D0CE4" w:rsidRDefault="00F84E3F" w:rsidP="00406DA3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Toc218064784"/>
-      <w:bookmarkStart w:id="64" w:name="_Hlk87514180"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc221619675"/>
+      <w:bookmarkStart w:id="66" w:name="_Hlk87514180"/>
       <w:r>
         <w:t xml:space="preserve">Custodial </w:t>
       </w:r>
       <w:r w:rsidR="00882407">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00024E77">
         <w:t>rders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="04673007" w14:textId="05016536" w:rsidR="00F84E3F" w:rsidRPr="00471B16" w:rsidRDefault="00024E77" w:rsidP="00406DA3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Toc218064785"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc221619676"/>
       <w:r w:rsidRPr="00A01661">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Criminal Law (Mentally </w:t>
       </w:r>
       <w:r w:rsidR="00C3310F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Impairment</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01661">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">) Act </w:t>
       </w:r>
       <w:r w:rsidR="00C3310F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidR="00C3310F" w:rsidRPr="00A01661">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40BB20A2" w14:textId="77777777" w:rsidR="00BB048E" w:rsidRDefault="00F84E3F" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00950E44">
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r>
         <w:t>accord</w:t>
       </w:r>
       <w:r w:rsidR="00471B16">
         <w:t>ance</w:t>
       </w:r>
@@ -10123,4038 +10394,4167 @@
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r w:rsidR="00950E44" w:rsidRPr="00950E44">
         <w:t xml:space="preserve"> a person in custody may be made an involuntary patient and placed on a custodial order</w:t>
       </w:r>
       <w:r w:rsidR="00BB048E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03EC1A60" w14:textId="3602E28C" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00950E44">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB048E">
         <w:t xml:space="preserve">A custodial order in accordance with the CLMI Act </w:t>
       </w:r>
       <w:r w:rsidRPr="00950E44">
         <w:t>may include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096AF5D8" w14:textId="2FD12BB8" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
+    <w:p w14:paraId="096AF5D8" w14:textId="2FD12BB8" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>an order remanding an accused in custody;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46984A54" w14:textId="1096F2EE" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">a hospital order under which a person is in custody </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB048E">
+        <w:t xml:space="preserve">if an accused has been refused bail under the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB048E" w:rsidRPr="00BB048E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bail Act 1982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DE550A" w14:textId="2FF0D027" w:rsidR="00303D70" w:rsidRDefault="00303D70" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a custody order or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477756F1" w14:textId="0553EB93" w:rsidR="00303D70" w:rsidRPr="00ED0BEC" w:rsidRDefault="00303D70" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>an interim or extended custody order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4B49D8" w14:textId="6E58A77D" w:rsidR="00EF41F2" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00303D70">
+        <w:t xml:space="preserve">A custody order is an order that a person be detained in custody at a place determined by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6820">
+        <w:t xml:space="preserve"> Mental Impairment Review </w:t>
+      </w:r>
+      <w:r w:rsidR="00303D70">
+        <w:t>Tribunal</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6820">
+        <w:t xml:space="preserve"> (the Tribunal)</w:t>
+      </w:r>
+      <w:r w:rsidR="00471B16">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4899C5F9" w14:textId="4631EEC2" w:rsidR="00471B16" w:rsidRDefault="00471B16" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="708"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00471B16">
+        <w:t xml:space="preserve">The Tribunal </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or the Court </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471B16">
+        <w:t>may at any time issue an order to release a CLMI prisoner, subject to legislation</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4A2A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="14"/>
+      </w:r>
+      <w:r w:rsidRPr="00471B16">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B4AEED" w14:textId="77777777" w:rsidR="0031184F" w:rsidRDefault="00471B16" w:rsidP="00166F6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="708"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t>The prisoner may only be released on the date specified in the order and in accordance with the release order, providing no other warrants or orders exist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3983DF20" w14:textId="7D84E81C" w:rsidR="0031184F" w:rsidRPr="0031184F" w:rsidRDefault="0031184F" w:rsidP="0031184F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031184F">
+        <w:t>The authorised officer shall check TOMS to determine if the prisoner has an EM alert (refer to section 4.6).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364546F3" w14:textId="14118026" w:rsidR="00471B16" w:rsidRPr="00406DA3" w:rsidRDefault="00471B16" w:rsidP="00406DA3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="_Toc221619677"/>
+      <w:bookmarkStart w:id="69" w:name="_Hlk88653686"/>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t>Hospital Orders</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w14:paraId="32C3D728" w14:textId="62A8B3AF" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="00471B16" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t>A hospital order may be</w:t>
+      </w:r>
+      <w:r w:rsidR="009A25A6" w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve"> made by a court in accordance with</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6FDB" w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="009A25A6" w:rsidRPr="00406DA3">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5FC78C" w14:textId="03DE231F" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Mental Health Act 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="15"/>
+      </w:r>
+      <w:r w:rsidR="00406DA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A0702F" w14:textId="241CC411" w:rsidR="00471B16" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Criminal Law (Mental Impairment) Act 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6FDB" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="16"/>
+      </w:r>
+      <w:r w:rsidR="00406DA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7664353B" w14:textId="6E8039FA" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Mental Health Act 2014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="466C3714" w14:textId="4299946E" w:rsidR="00EF41F2" w:rsidRPr="00406DA3" w:rsidRDefault="00EF41F2" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve">Prisoners on a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve">ospital </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t>rder</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6FDB" w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0047722E" w:rsidRPr="00406DA3">
+        <w:t>and made an involuntary patient</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6F0B" w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve"> cannot be held in prison if no other warrants or imprisonment orders are held by the prison and shall be discharged </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95835" w:rsidRPr="00406DA3">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6F0B" w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve"> TOMS once the prison has been formally notified of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C73463" w:rsidRPr="00406DA3">
+        <w:t>hospital order</w:t>
+      </w:r>
+      <w:r w:rsidR="00471B16" w:rsidRPr="00406DA3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w14:paraId="7B8074E9" w14:textId="14974E6F" w:rsidR="008B6F0B" w:rsidRPr="00406DA3" w:rsidRDefault="008B6F0B" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve">If the prisoner has other remand warrants, is sentenced, or is being held on other </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
+        <w:t>orders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve"> authorising imprisonment, the prisoner shall remain on TOMS and on the prison’s count. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2538754A" w14:textId="5B24D7FC" w:rsidR="00F84E3F" w:rsidRPr="00406DA3" w:rsidRDefault="008B6F0B" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Should the prisoner remain on the holding prison’s count, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>the prison is to send a copy of the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73463" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41FEE" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Offender Movement Information (OMI)</w:t>
+      </w:r>
+      <w:r w:rsidR="00726FA6" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4395" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> orders authorising imprisonment and EED/EDR if sentenced to the authorised hospital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065C5085" w14:textId="4690ADBE" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="005D6FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Criminal Law (Mental Impairment) Act 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5C5B1B" w14:textId="22BD4C52" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t xml:space="preserve">If a hospital order is made in respect of a prisoner in custody, under a custodial order, the prisoner must be detained at a hospital in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Mental Health Act 2014</w:t>
+      </w:r>
+      <w:r w:rsidR="00406DA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="17"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBB4772" w14:textId="79810616" w:rsidR="005D6FDB" w:rsidRPr="00406DA3" w:rsidRDefault="005D6FDB" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406DA3">
+        <w:t>If the prisoner is released from the hospital, they must be detained in custody, in accordance with the custodial order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6117BD7D" w14:textId="0B3F6E2C" w:rsidR="00F83E2A" w:rsidRPr="009E054E" w:rsidRDefault="00F83E2A" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="_Toc221619678"/>
+      <w:bookmarkStart w:id="71" w:name="_Hlk85630367"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">Early </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20AD0" w:rsidRPr="009E054E">
+        <w:t>Discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidR="00B20AD0" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CD6044" w14:textId="77777777" w:rsidR="001B222E" w:rsidRPr="00107E87" w:rsidRDefault="001B222E" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_Toc221619679"/>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>General requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p w14:paraId="43EC5301" w14:textId="565EBB6B" w:rsidR="002E6B5D" w:rsidRPr="00100FE1" w:rsidRDefault="00AB4C13" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>Legislation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="18"/>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> provides the </w:t>
+      </w:r>
+      <w:r w:rsidR="007935A1" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">Chief Executive Officer (CEO) and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">Superintendent, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>power to discharge a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73ED2" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> State</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> prisoner from custody early.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD6FA2D" w14:textId="52682802" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>Federal prisoners are managed in accordance with section 10.6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2FBE70" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>Prisoners may be approved for early discharge up to 30 days immediately prior to the day their sentence is due to expire, permitting the Department to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AE2E86" w14:textId="1C8DC6FD" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>coordinate state-wide travel arrangements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3BA4BE" w14:textId="45FAF689" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>address an identified compassionate or special welfare need</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772BF399" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>facilitate the re-integration of a prisoner back into their community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2D27F8" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRDefault="00AA5595" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>safely and responsibly manage the prison population.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CB40DC" w14:textId="10C54364" w:rsidR="00F263F2" w:rsidRPr="009E054E" w:rsidRDefault="00173E33" w:rsidP="00F263F2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">The early discharge checklist is to be completed for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>eligible prisoners, in accordance with section 10.2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547728B1" w14:textId="7AB7144A" w:rsidR="00AA5595" w:rsidRPr="009E054E" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">All prisoners </w:t>
+      </w:r>
+      <w:r w:rsidR="005E7472" w:rsidRPr="009E054E">
+        <w:t>eligible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20504" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">up to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">30 days early </w:t>
+      </w:r>
+      <w:r w:rsidR="0087090C" w:rsidRPr="009E054E">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> shall be subject to the completion of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0229D" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">the early </w:t>
+      </w:r>
+      <w:r w:rsidR="00C121BC" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0229D" w:rsidRPr="009E054E">
+        <w:t>checklist on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> the Total Offender Management Solution (TOMS) and approved by a delegated Assistant Commissioner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C672C9D" w14:textId="77777777" w:rsidR="00383C11" w:rsidRDefault="005B482B" w:rsidP="00236A60">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">Consideration of up to 10 days early discharge to facilitate regional transportation or on the grounds of compassionate or special welfare needs only, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:lastRenderedPageBreak/>
+        <w:t>shall be at the discretion and approval of the relevant Assistant Commissioner and completion of the Early Discharge checklist on TOMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568F777C" w14:textId="5227CEF5" w:rsidR="00460234" w:rsidRPr="00100FE1" w:rsidRDefault="00546461" w:rsidP="00ED2C01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="_Toc221619680"/>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">Prisoners eligible for up to 30 days early </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5595" w:rsidRPr="00100FE1">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w14:paraId="71FA9192" w14:textId="51820EBC" w:rsidR="00A304D2" w:rsidRDefault="00A304D2" w:rsidP="00A304D2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5F29">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">prisoners </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2984">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> eligible to apply for up to 30 days early discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F7C759" w14:textId="2146D026" w:rsidR="00917C6A" w:rsidRPr="009E054E" w:rsidRDefault="00917C6A" w:rsidP="001223C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>A prisoner denied or refused their State parole</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3692805C" w14:textId="5FFA8BAB" w:rsidR="00917C6A" w:rsidRPr="009E054E" w:rsidRDefault="00917C6A" w:rsidP="001223C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="_Hlk220668093"/>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">A prisoner with </w:t>
+      </w:r>
+      <w:r w:rsidR="003F6259" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">conviction or pending charge for a section 69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Prisons Act 1981</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> prison offence</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6492" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w14:paraId="2D5311E1" w14:textId="4B903530" w:rsidR="00917C6A" w:rsidRPr="009E054E" w:rsidRDefault="0060460F" w:rsidP="001223C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="006B524E" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">prisoner with a conviction </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96F3B" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">or pending charge a section 70 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96F3B" w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prisons Act 1981 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96F3B" w:rsidRPr="009E054E">
+        <w:t>prison offence, excluding those prisoners at section 10.3.1 (e)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B50BCD8" w14:textId="0BDD8AD9" w:rsidR="00917C6A" w:rsidRPr="009E054E" w:rsidRDefault="00917C6A" w:rsidP="001223C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">prisoners with a criminal history that identifies firearm related offences where the </w:t>
+      </w:r>
+      <w:r w:rsidR="00606D11" w:rsidRPr="009E054E">
+        <w:t>Unit Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00102882" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidR="00606D11" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> Assistant Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">, when completing the Early Discharge checklist, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4266" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>consider the seriousness of the offence and provide justification to the Assistant Commissioner Custodial Operations (ACCO) to support their decision making</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E0BD58" w14:textId="77777777" w:rsidR="00A80F8D" w:rsidRPr="009E054E" w:rsidRDefault="00917C6A" w:rsidP="00A80F8D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>any prisoner classified as a ‘Special Profile Offender’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01CD436F" w14:textId="62A1B85C" w:rsidR="00446CED" w:rsidRPr="009E054E" w:rsidRDefault="00446CED" w:rsidP="00A80F8D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">prisoners with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3BD7" w:rsidRPr="009E054E">
+        <w:t>Post Sentence Supervision Order (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>PSSO</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3BD7" w:rsidRPr="009E054E">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> liable alert or order imposed </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3BD7" w:rsidRPr="009E054E">
+        <w:t>upon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> them, subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="007215A8" w:rsidRPr="009E054E">
+        <w:t>approval</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> by the ACCO</w:t>
+      </w:r>
+      <w:r w:rsidR="008827A7" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">. If the early discharge is approved, the Sentence Management Unit shall be notified </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5038" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">via email, </w:t>
+      </w:r>
+      <w:r w:rsidR="008827A7" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">to enable a request to the Prisoner Review Board to amend the start date of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5378" w:rsidRPr="009E054E">
+        <w:t>PSSO, prior</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4266" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> to the early discharge of the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="008827A7" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D44E1DF" w14:textId="042D5DD9" w:rsidR="00675D38" w:rsidRPr="009E054E" w:rsidRDefault="00370E2E" w:rsidP="001223C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>A prisoner with an immigration alert pending consultation with Australian Border Force</w:t>
+      </w:r>
+      <w:r w:rsidR="0007222A" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> (ABF)</w:t>
+      </w:r>
+      <w:r w:rsidR="001363C5" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> via email to</w:t>
+      </w:r>
+      <w:r w:rsidR="007539A5" w:rsidRPr="009E054E">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00675D38" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidR="00675D38" w:rsidRPr="009E054E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>wa.compliance.courts.prisons@abf.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00675D38" w:rsidRPr="009E054E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9ACC5A" w14:textId="77777777" w:rsidR="00A304D2" w:rsidRDefault="0007222A" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Hlk204866575"/>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">The email to </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4772" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">ABF shall request confirmation on whether the immigration prisoner’s visa has been cancelled in which case the immigration prisoner is </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="_Hlk204866811"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidR="008C4772" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">an Unlawful </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6399" w:rsidRPr="00100FE1">
+        <w:t>Non-Citizen</w:t>
+      </w:r>
+      <w:r w:rsidR="004470AA" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> (UNC)</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4772" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1DD3A7" w14:textId="29903054" w:rsidR="0007222A" w:rsidRPr="00A443AC" w:rsidRDefault="004470AA" w:rsidP="00917C6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00113996" w:rsidRPr="00100FE1">
+        <w:t>UNC</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1361" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100FE1">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1361" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> subject to detention and removal from Australia</w:t>
+      </w:r>
+      <w:r w:rsidR="00006290" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5328" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5595" w:rsidRPr="00100FE1">
+        <w:t>not eligible</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F20" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> for early </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidR="00AA5595" w:rsidRPr="00100FE1">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1361" w:rsidRPr="00100FE1">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="19"/>
+      </w:r>
+      <w:r w:rsidR="00C47E50" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> into the community</w:t>
+      </w:r>
+      <w:r w:rsidR="007334EC" w:rsidRPr="00100FE1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47E50" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> however the</w:t>
+      </w:r>
+      <w:r w:rsidR="007334EC" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve"> prisoner </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00100FE1">
+        <w:t xml:space="preserve">is eligible for up to 30 days early discharge into the custody of ABF. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t>Where early discharge into the custody of ABF is being considered, prisons shall notify ABF preferably three months prior</w:t>
+      </w:r>
+      <w:r w:rsidR="001911A6" w:rsidRPr="00A443AC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> or at least a minimum of two months before the 30 days early </w:t>
+      </w:r>
+      <w:r w:rsidR="008638D3" w:rsidRPr="00A443AC">
+        <w:t>discharge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D38B51C" w14:textId="2DAF6E45" w:rsidR="00BA5F29" w:rsidRPr="00BA5F29" w:rsidRDefault="00006290" w:rsidP="001223C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A443AC">
+        <w:t>Confirmation on whether the immigration prisoner is a UNC</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> and therefore not eligible for early discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="008638D3" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t>into the community</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2AAE" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve">shall be entered into the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1F06" w:rsidRPr="00A443AC">
+        <w:t>notes on the prisoner’s immigration alert on TOMS</w:t>
+      </w:r>
+      <w:r w:rsidR="001911A6" w:rsidRPr="00A443AC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36403" w:rsidRPr="00A443AC">
+        <w:t xml:space="preserve"> along with whether the immigration prisoner is being considered for early discharge into the custody of ABF</w:t>
+      </w:r>
+      <w:r w:rsidR="001911A6" w:rsidRPr="00A443AC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AC2E70" w14:textId="6478338B" w:rsidR="00BA6C5B" w:rsidRPr="00DA6A8D" w:rsidRDefault="0041122A" w:rsidP="001223C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="_Toc221619681"/>
+      <w:r w:rsidRPr="00DA6A8D">
+        <w:t>Prisoners’</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6C5B" w:rsidRPr="00DA6A8D">
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="_Hlk200111534"/>
+      <w:r w:rsidR="00BA6C5B" w:rsidRPr="00DA6A8D">
+        <w:t>eligible</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidR="00BA6C5B" w:rsidRPr="00DA6A8D">
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B675BB" w:rsidRPr="00DA6A8D">
+        <w:t xml:space="preserve">up to </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5570" w:rsidRPr="00DA6A8D">
+        <w:t xml:space="preserve">30 days </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6C5B" w:rsidRPr="00DA6A8D">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="00DA6A8D">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="6C7E60D7" w14:textId="5C2CBF36" w:rsidR="00460234" w:rsidRPr="009E054E" w:rsidRDefault="002F2CFE" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>Prisoners</w:t>
+      </w:r>
+      <w:r w:rsidR="00460234" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01EBB" w:rsidRPr="009E054E">
+        <w:t>shall be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> deemed </w:t>
+      </w:r>
+      <w:r w:rsidR="00460234" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">ineligible to apply for </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="_Hlk204584425"/>
+      <w:r w:rsidR="00B675BB" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">up to 30 days </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidR="00460234" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00460234" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="009E054E">
+        <w:t>if any of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> the following reasons</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87023" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA4A3CF" w14:textId="77510C4F" w:rsidR="002F2CFE" w:rsidRPr="009E054E" w:rsidRDefault="002F2CFE" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="46984A54" w14:textId="1096F2EE" w:rsidR="00950E44" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">any prisoner imprisoned </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2FC6" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>on a default of payment of a fine or other monetary penalty</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54777" w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="20"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFB1731" w14:textId="3541DF50" w:rsidR="006B3945" w:rsidRPr="009E054E" w:rsidRDefault="006B3945" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="54DE550A" w14:textId="2FF0D027" w:rsidR="00303D70" w:rsidRDefault="00303D70" w:rsidP="00166F6E">
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>any prisoner still serving Warrants of Commitment in relation to fines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFDB70C" w14:textId="0C3B21F3" w:rsidR="00B85CD1" w:rsidRPr="009E054E" w:rsidRDefault="00B85CD1" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="477756F1" w14:textId="0553EB93" w:rsidR="00303D70" w:rsidRPr="00ED0BEC" w:rsidRDefault="00303D70" w:rsidP="00166F6E">
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>any prisoner who has been den</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33C35" w:rsidRPr="009E054E">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>ed both State and Federal parole/recognisance</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4D95" w:rsidRPr="009E054E">
+        <w:t>, refer to section 10.6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EED373" w14:textId="71743AA4" w:rsidR="007D68E0" w:rsidRPr="009E054E" w:rsidRDefault="002F2CFE" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3F4B49D8" w14:textId="6E58A77D" w:rsidR="00EF41F2" w:rsidRDefault="00950E44" w:rsidP="00166F6E">
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>any prisoner who is the subject of a Continuing Detention Order</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2F9A" w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="21"/>
+      </w:r>
+      <w:r w:rsidR="00A01661" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4558631A" w14:textId="7FFE8DB0" w:rsidR="007D68E0" w:rsidRPr="009E054E" w:rsidRDefault="002F2CFE" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="_Hlk220485534"/>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>any prisoner with a conviction</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41EAD" w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="22"/>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6492" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">or pending charge (from the date charged) </w:t>
+      </w:r>
+      <w:r w:rsidR="00111E68" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">in the previous 2 years of the current </w:t>
+      </w:r>
+      <w:r w:rsidR="002D5EF0" w:rsidRPr="009E054E">
+        <w:t>term of imprisonment</w:t>
+      </w:r>
+      <w:r w:rsidR="00111E68" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000C037F" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6492" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">a section 70 </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6037" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">aggravated </w:t>
+      </w:r>
+      <w:r w:rsidR="000C037F" w:rsidRPr="009E054E">
+        <w:t>prison offence</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10449" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D803F7" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10449" w:rsidRPr="009E054E">
+        <w:t>assault</w:t>
+      </w:r>
+      <w:r w:rsidR="00D803F7" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> against a staff member</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41EAD" w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="23"/>
+      </w:r>
+      <w:r w:rsidR="00D46E42" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p w14:paraId="4C94FC6F" w14:textId="1A9B0CE3" w:rsidR="00B675BB" w:rsidRPr="009E054E" w:rsidRDefault="008D5570" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">any prisoner with a </w:t>
+      </w:r>
+      <w:r w:rsidR="008F1E48" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">current </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Definitions_and_acronyms" w:history="1">
+        <w:r w:rsidRPr="009E054E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>serious assault offence</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="24"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376936FD" w14:textId="645F47DD" w:rsidR="00C661AA" w:rsidRPr="009E054E" w:rsidRDefault="008D5570" w:rsidP="00336499">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="_Hlk204863282"/>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">prisoner with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00546461" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">current </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Definitions_and_acronyms" w:history="1">
+        <w:r w:rsidR="00C96D21" w:rsidRPr="009E054E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>family violence offence/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009E054E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>breach of a family violence restraining order</w:t>
+        </w:r>
+        <w:bookmarkEnd w:id="81"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3D5C184C" w14:textId="03FACD0E" w:rsidR="007D139F" w:rsidRPr="009E054E" w:rsidRDefault="00B839B3" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>any prisoner who is subject to a custody order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="25"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C81979" w14:textId="6FCDC6F7" w:rsidR="00DA2D39" w:rsidRPr="009E054E" w:rsidRDefault="00DA2D39" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>any prisoner with a ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2A27" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">declared </w:t>
+      </w:r>
+      <w:r w:rsidR="00D803F7" w:rsidRPr="009E054E">
+        <w:t>High-Risk</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3880" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> Serious Offender (HRSO) </w:t>
+      </w:r>
+      <w:r w:rsidR="00232364" w:rsidRPr="009E054E">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3880" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">rder </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2285684B" w14:textId="1F398F0D" w:rsidR="00C56A11" w:rsidRPr="009E054E" w:rsidRDefault="00862F24" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="001370AD" w:rsidRPr="009E054E">
+        <w:t>risoners with a</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3880" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">HRSO Order </w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="009E054E">
+        <w:t>liable alert cannot apply/be considered for</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF698B" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="009E054E">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> until the outcome of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0083E" w:rsidRPr="009E054E">
+        <w:t>HRSO Order</w:t>
+      </w:r>
+      <w:r w:rsidR="00667A6C" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve"> liable status is confirmed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61AC4B5F" w14:textId="326EC90B" w:rsidR="00954DEC" w:rsidRPr="009E054E" w:rsidRDefault="00954DEC" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>Prisoners who are serving a Commonwealth sentence only and are to be released on a recognisance order</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6728D1A8" w14:textId="444C79A3" w:rsidR="00BF4A37" w:rsidRPr="009E054E" w:rsidRDefault="00BF4A37" w:rsidP="00BF4A37">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>Prisoners who are serving a partially suspended term of imprisonment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D584091" w14:textId="3244BC93" w:rsidR="00453120" w:rsidRPr="009E054E" w:rsidRDefault="000043B7" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E054E">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00453120" w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">risoners with a current sexual related offence in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:t xml:space="preserve">schedule 1 offences, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E054E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>High Risk Serious Offenders Act 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F809CE8" w14:textId="77777777" w:rsidR="003F3F4D" w:rsidRDefault="003F3F4D" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="_Toc221619682"/>
+      <w:r>
+        <w:t xml:space="preserve">Application </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rocess</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w14:paraId="4AA20A5A" w14:textId="0829F8DA" w:rsidR="002E6B5D" w:rsidRPr="00336499" w:rsidRDefault="00B41EAD" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-    <w:p w14:paraId="32C3D728" w14:textId="62A8B3AF" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="00471B16" w:rsidP="00C8093D">
+      <w:r w:rsidRPr="00336499">
+        <w:t>Unit officers shall identify</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="00336499">
+        <w:t>, inform,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> and assist eligible prisoners to lodge</w:t>
+      </w:r>
+      <w:r w:rsidR="00F279DB" w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> an early discharge application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45740A5E" w14:textId="38E43ED5" w:rsidR="002E6B5D" w:rsidRPr="00336499" w:rsidRDefault="00662CA2" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="00406DA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="009A25A6" w:rsidRPr="00406DA3">
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve">Applications </w:t>
+      </w:r>
+      <w:r w:rsidR="00F279DB" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">for early discharge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t>must be lodged with the Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718" w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92154" w:rsidRPr="00336499">
+        <w:t>two (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92154" w:rsidRPr="00336499">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> months prior to the day the prisoner seeks to be </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="00336499">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve">d (except </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0BCD" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">when </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve">the granting of early discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0BCD" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t>a matter of urgency</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0D88" w:rsidRPr="00336499">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54389B58" w14:textId="239E414E" w:rsidR="002E6B5D" w:rsidRPr="00336499" w:rsidRDefault="00662CA2" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve">Urgent </w:t>
+      </w:r>
+      <w:r w:rsidR="00F279DB" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">early discharge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t>applications (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3795" w:rsidRPr="00336499">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> transport logistics or compassionate reasons) may be submitted at any time for approval prior to the day </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t>prisoner’s sentence is due to expire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2182877A" w14:textId="77777777" w:rsidR="006A4B4F" w:rsidRPr="00336499" w:rsidRDefault="006A4B4F" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve">The following processes </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336499">
+        <w:t xml:space="preserve">apply for prisoners eligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="00336499">
+        <w:t>to apply for early discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00336499">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5FC78C" w14:textId="03DE231F" w:rsidR="009A25A6" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00C8093D">
+    <w:p w14:paraId="279407FF" w14:textId="429ABD2D" w:rsidR="00D860CF" w:rsidRPr="00107E87" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="993"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="68A0702F" w14:textId="241CC411" w:rsidR="00471B16" w:rsidRPr="00406DA3" w:rsidRDefault="009A25A6" w:rsidP="00C8093D">
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:t xml:space="preserve">nit officers shall complete the Application </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for Early Discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00107E87">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>and refer to the Unit Manager for review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103E9F02" w14:textId="7C4142DD" w:rsidR="003A080D" w:rsidRPr="00107E87" w:rsidRDefault="003A080D" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="993"/>
-[...24 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00107E87">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Unit Officers when completing the early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="00107E87">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006833FA" w:rsidRPr="00107E87">
+        <w:t xml:space="preserve">assessment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107E87">
+        <w:t>checklist on TOMS, shall request confirmation from the Assessment staff of each prison, if the current offence determines whether the offender and the victim of a family violence offence were in a designated family relationship with each other at the time of the commission of the offence</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96588" w:rsidRPr="00107E87">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-      <w:r w:rsidR="005D6FDB" w:rsidRPr="00406DA3">
+      <w:r w:rsidRPr="00107E87">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0047722E" w:rsidRPr="00406DA3">
-[...168 lines deleted...]
-      <w:bookmarkStart w:id="70" w:name="_Toc218064788"/>
+      <w:r w:rsidR="00C96588" w:rsidRPr="00107E87">
+        <w:t>T</w:t>
+      </w:r>
       <w:r w:rsidRPr="00107E87">
-        <w:t>General requirements</w:t>
-[...54 lines deleted...]
-    <w:p w14:paraId="05A9870A" w14:textId="1037E9F8" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+        <w:t>he Assessment staff shall confirm this information via review of the Statement of Material Facts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75038FB6" w14:textId="5229AEFA" w:rsidR="00D860CF" w:rsidRPr="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="53AE2E86" w14:textId="1C8DC6FD" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:t xml:space="preserve">he Unit Manager shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eview the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Application for Early Discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">make a recommendation </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>forward to the prison</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D860CF" w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistant Superintendent Operations (ASO) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AD1D4C" w14:textId="0585CFC2" w:rsidR="00CD39D2" w:rsidRPr="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5C3BA4BE" w14:textId="45FAF689" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>shall c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">heck the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Application for Early Discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, amend, recommend and forward to </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2049C0E8" w14:textId="797FF25B" w:rsidR="00CD39D2" w:rsidRPr="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="772BF399" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="_Hlk88577538"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD39D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>he Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD39D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>shall review the completed Application for Early Discharge and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E936D1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via email notify</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487A4505" w14:textId="1DFA067C" w:rsidR="00CD39D2" w:rsidRPr="00224A74" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6C2D27F8" w14:textId="77777777" w:rsidR="00AA5595" w:rsidRPr="00100FE1" w:rsidRDefault="00AA5595" w:rsidP="00C8093D">
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00224A74">
+        <w:t>Superintendent Operations</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7479F">
+        <w:t>; and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224A74">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B6A843" w14:textId="0FD5C38D" w:rsidR="00CD39D2" w:rsidRPr="00224A74" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="993" w:hanging="284"/>
-[...415 lines deleted...]
-    <w:p w14:paraId="4CA4A3CF" w14:textId="77510C4F" w:rsidR="002F2CFE" w:rsidRPr="00A443AC" w:rsidRDefault="002F2CFE" w:rsidP="00193C2D">
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00224A74">
+        <w:t>Clinical Nurse Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p w14:paraId="10C95648" w14:textId="470A2CFB" w:rsidR="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="1CFB1731" w14:textId="1CCB8A7D" w:rsidR="006B3945" w:rsidRPr="00A443AC" w:rsidRDefault="006B3945" w:rsidP="00193C2D">
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD39D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or OIC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orward the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153E1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application for Early Discharge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>(TOMS) to the Assistant Commissioner Custodial Services (ACCO)</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistant Commissioner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adult </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Women</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>’s Prisons</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6784C" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>(AC</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>AWP</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="00406DA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662CA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a decision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFE217D" w14:textId="70C76FA5" w:rsidR="00BE49AE" w:rsidRPr="007224BC" w:rsidRDefault="00BE49AE" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7BFDB70C" w14:textId="0C3B21F3" w:rsidR="00B85CD1" w:rsidRPr="00A443AC" w:rsidRDefault="00B85CD1" w:rsidP="00193C2D">
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>The ACCO</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>AC</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>AWP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall forward any approved Early Discharge decisions to the SIU to update the </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dates and Date of </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DO</w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>) on TOMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FFCA65" w14:textId="093FF726" w:rsidR="00CD39D2" w:rsidRPr="007224BC" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="65EED373" w14:textId="71743AA4" w:rsidR="007D68E0" w:rsidRPr="00A443AC" w:rsidRDefault="002F2CFE" w:rsidP="00193C2D">
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>the Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>OIC shall ensure prisoners are informed of the outcome</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB406F" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> also taking into account </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB406F" w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>family violence/serious assault offences to ensure procedural fairness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E044E0B" w14:textId="67A0BE68" w:rsidR="00CD39D2" w:rsidRPr="007224BC" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="4558631A" w14:textId="4E23A6FB" w:rsidR="007D68E0" w:rsidRPr="00107E87" w:rsidRDefault="002F2CFE" w:rsidP="00193C2D">
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>at least 14 days prior to the earliest possible date of early discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0BCD" w:rsidRPr="007224BC">
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3632F588" w14:textId="5AC62F3F" w:rsidR="00CD39D2" w:rsidRDefault="00CD39D2" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A443AC">
+        <w:ind w:left="1418" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>as soon as practicable for urgent applications</w:t>
+      </w:r>
+      <w:r w:rsidR="006676FB" w:rsidRPr="007224BC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB8EC1F" w14:textId="5B5B471A" w:rsidR="00CB6214" w:rsidRPr="007224BC" w:rsidRDefault="00CB6214" w:rsidP="00805FD9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> For prisoners with a PSSO, staff (confirm which staff) shall ensure a new certificate of service is signed by the prisoner with the new amended PSSO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C022DDC" w14:textId="77777777" w:rsidR="00662CA2" w:rsidRPr="007224BC" w:rsidRDefault="00662CA2" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="_Toc221619683"/>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>Appeals process</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
+    </w:p>
+    <w:p w14:paraId="4D8213DD" w14:textId="11687C8D" w:rsidR="004F6402" w:rsidRPr="007224BC" w:rsidRDefault="004F6402" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">Prisoners are allowed </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6713B" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">appeal </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6713B" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>a decision</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7B79" w:rsidRPr="007224BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C037F" w:rsidRPr="00A443AC">
-[...2 lines deleted...]
-      <w:r w:rsidR="008C00E2" w:rsidRPr="00A443AC">
+      <w:r w:rsidRPr="007224BC">
+        <w:t>to not approve a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05094" w:rsidRPr="007224BC">
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="000C037F" w:rsidRPr="00A443AC">
+      <w:r w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> early discharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00841458" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve">of up to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>30 days</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7B79" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> in writing within</w:t>
+      </w:r>
+      <w:r w:rsidR="009B674B" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> 14 days</w:t>
+      </w:r>
+      <w:r w:rsidR="00922764" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> of the date of the prisoner being notified of the decision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004710A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002A6037" w:rsidRPr="00A443AC">
-[...11 lines deleted...]
-      <w:r w:rsidR="00790502" w:rsidRPr="00107E87">
+      <w:r w:rsidR="002667B2">
+        <w:t>Pri</w:t>
+      </w:r>
+      <w:r w:rsidR="00A468BA">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002667B2">
+        <w:t>oners shall complete</w:t>
+      </w:r>
+      <w:r w:rsidR="004710A2">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="004710A2" w:rsidRPr="0041122A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">30 </w:t>
+        </w:r>
+        <w:r w:rsidR="002667B2" w:rsidRPr="0041122A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>D</w:t>
+        </w:r>
+        <w:r w:rsidR="004710A2" w:rsidRPr="0041122A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ay Early Discharge Application Appeal Form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002667B2">
+        <w:t xml:space="preserve"> (ap</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB61B0">
+        <w:t>peal form).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160BF589" w14:textId="0926E2A0" w:rsidR="002456EA" w:rsidRPr="0041122A" w:rsidRDefault="001B222E" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0041122A">
+        <w:t>The Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="0041122A">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041122A">
+        <w:t xml:space="preserve">OIC shall forward </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB61B0" w:rsidRPr="0041122A">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041122A">
+        <w:t>prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="0041122A">
+        <w:t xml:space="preserve"> appeal</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB61B0" w:rsidRPr="0041122A">
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041122A">
+        <w:t>, following</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="0041122A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00107E87">
-[...14 lines deleted...]
-      <w:r w:rsidR="00BB2383" w:rsidRPr="00107E87">
+      <w:r w:rsidRPr="0041122A">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="0041122A">
+        <w:t xml:space="preserve"> decision to reject an application for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05094" w:rsidRPr="0041122A">
+        <w:t xml:space="preserve">up to 30 days </w:t>
+      </w:r>
+      <w:r w:rsidR="00662CA2" w:rsidRPr="0041122A">
+        <w:t>early discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041122A">
+        <w:t xml:space="preserve"> to the Deputy Commissioner Adult Male Prisons or Deputy Commissioner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="0041122A">
+        <w:t xml:space="preserve">Adult </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041122A">
+        <w:t>Women</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46B46" w:rsidRPr="0041122A">
+        <w:t>’s Prisons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041122A">
+        <w:t>, for a final decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1F49DF" w14:textId="1F8800F6" w:rsidR="00C05094" w:rsidRPr="007224BC" w:rsidRDefault="002456EA" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>The prison shall notify the prisoner of the outcome of the appeal upon receiving a decision from the relevant Deputy Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00386469" w:rsidRPr="007224BC">
+        <w:t xml:space="preserve"> and record the decision on the prisoner’s offender notes on TOMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007224BC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE4FCA2" w14:textId="4C6A33D4" w:rsidR="000068E4" w:rsidRDefault="00BB3638" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="_Toc221619684"/>
+      <w:bookmarkStart w:id="86" w:name="_Hlk88659128"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidR="000068E4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C94FC6F" w14:textId="6CDB1DC2" w:rsidR="00B675BB" w:rsidRPr="00100FE1" w:rsidRDefault="008D5570" w:rsidP="00193C2D">
+    <w:p w14:paraId="703B0F79" w14:textId="535B8CE7" w:rsidR="00D7479F" w:rsidRPr="00BB3638" w:rsidRDefault="00D7479F" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence shall only be available to Federal offenders serving a Federal sentence of imprisonment (with or without a non-parole period) or a recogni</w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ance </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B8E3AF" w14:textId="5864531F" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Prisoners must demonstrate satisfactory prison conduct including a respectful attitude to staff and other prisoners, along with positive reports (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3795">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> work, education, programs where applicable) to assist with eligibility for </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3638">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3638">
+        <w:t xml:space="preserve"> on licence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFABA38" w14:textId="0C6319AF" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">Each application for early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> shall be assessed on its own merits</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0359" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7479F" w:rsidRPr="00DE42FE">
+        <w:t xml:space="preserve">Federal </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0359" w:rsidRPr="00DE42FE">
+        <w:t>Attorney-General</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0359">
+        <w:t xml:space="preserve"> or their delegate</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009A6A37" w14:textId="4BD3B931" w:rsidR="00BB3638" w:rsidRDefault="00BB3638" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">One or more of the following exceptional circumstances shall be met in order for the prisoner to meet the requirements for consideration for early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C892409" w14:textId="12071C1E" w:rsidR="00BB3638" w:rsidRDefault="00BB3638" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="3D5C184C" w14:textId="03FACD0E" w:rsidR="007D139F" w:rsidRPr="00107E87" w:rsidRDefault="00B839B3" w:rsidP="00193C2D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>medical grounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CE76CD" w14:textId="0F0C4220" w:rsidR="00BB3638" w:rsidRDefault="00BB3638" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="7F692B61" w14:textId="2EB422C1" w:rsidR="006B3945" w:rsidRPr="00107E87" w:rsidRDefault="006B3945" w:rsidP="00193C2D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">family hardship </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64518430" w14:textId="78B54F30" w:rsidR="00BB3638" w:rsidRPr="00E1493B" w:rsidRDefault="00BB3638" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>cooperation with law enforcement agencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00234CFF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3372DF6B" w14:textId="6A681B62" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Applications for early </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on licence shall be in writing and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">include </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the exceptional circumstances, on which the prisoner is relying</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve"> on</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, to justify their </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3638">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2243DE" w14:textId="276A2B48" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3640D">
+        <w:t>uthorised</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Officer shall assist eligible prisoners with the preparation of their application and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>forward</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to the Commonwealth Parole Office </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>by email or post as follows</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7AD0">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2160294E" w14:textId="01E26990" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
         <w:ind w:left="1134"/>
       </w:pPr>
-      <w:r w:rsidRPr="00107E87">
-[...3 lines deleted...]
-    <w:p w14:paraId="06C81979" w14:textId="41377F50" w:rsidR="00DA2D39" w:rsidRPr="00107E87" w:rsidRDefault="00DA2D39" w:rsidP="00193C2D">
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00EC392B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>cpo@ag.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F86392" w14:textId="65BFD28B" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="00193C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:ind w:left="1134"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Principal Legal Officer </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Commonwealth Parole Office </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Attorney General’s Department </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">3-5 National Circuit </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>BARTON ACT 2600</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F9E724" w14:textId="4FD6C634" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00CB0359" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A note shall be placed on </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">offender notes detailing the prisoner’s intent to apply and the method the application </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3640D">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:t>as been sent</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4335C7" w14:textId="735ED6BA" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00F3640D" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:t>he Authorised Officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>, on receipt of the licence,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> shall notify the Superintendent, ASO, Principal Officer or OIC in order for the conditions of the licence to be explained to the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00780557">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B43CC18" w14:textId="6E1B07C0" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00EE17FB" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1493B">
+        <w:t xml:space="preserve">he Authorised Officer shall return </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the licence </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1493B">
+        <w:t xml:space="preserve">to the Commonwealth Parole </w:t>
+      </w:r>
+      <w:r w:rsidR="008638D3">
+        <w:t>Office once</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the conditions have been understood and the prisoner has signed the licence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0E5712" w14:textId="0F19B211" w:rsidR="008835CA" w:rsidRPr="008835CA" w:rsidRDefault="000B00BF" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Authorised Officer shall notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05094">
+        <w:t xml:space="preserve">Sentence Management </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of the accepted licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00E534A0">
+        <w:t xml:space="preserve"> and the change of </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r w:rsidR="00E534A0">
+        <w:t xml:space="preserve"> date</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2414EBAB" w14:textId="26375E9F" w:rsidR="000068E4" w:rsidRPr="00E1493B" w:rsidRDefault="00E1493B" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A signed copy of the licence shall be stored in the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s Unit File and a copy provided to the prisoner on </w:t>
+      </w:r>
+      <w:r w:rsidR="005954DB">
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidR="00EE17FB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CBD14B" w14:textId="77777777" w:rsidR="001500E4" w:rsidRPr="00CF631A" w:rsidRDefault="001500E4" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="_Toc384883349"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc221619685"/>
+      <w:bookmarkStart w:id="89" w:name="policy_directives_pd_37_-_discha_5874"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc278300080"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00CF631A">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Permission for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">risoner to </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">emain </w:t>
+      </w:r>
+      <w:r w:rsidR="00604111">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t>vernight</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
+    </w:p>
+    <w:p w14:paraId="108ADA6B" w14:textId="340317F3" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05331">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05331" w:rsidRPr="00CF631A">
+        <w:t>uperintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0D88">
+        <w:t xml:space="preserve">, delegated by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00151B10">
+        <w:t>CEO</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97BBE" w:rsidRPr="0041122A">
+        <w:footnoteReference w:id="26"/>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E0D88">
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permit </w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22">
+        <w:t>a prisoner, if request</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22">
+        <w:t xml:space="preserve"> in writing,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to remain in the prison overnight until the morning following the </w:t>
+      </w:r>
+      <w:r w:rsidR="003171DF">
+        <w:t xml:space="preserve">due </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">date of </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:t xml:space="preserve">release </w:t>
+      </w:r>
+      <w:r w:rsidR="006540F2">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6F4D">
+        <w:t>one night in total</w:t>
+      </w:r>
+      <w:r w:rsidR="006540F2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for one or more of the following reasons:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8AEBC" w14:textId="4471090D" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="2285684B" w14:textId="77777777" w:rsidR="00C56A11" w:rsidRPr="00107E87" w:rsidRDefault="00862F24" w:rsidP="00193C2D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the prisoner is unable to make travel/transport arrangements on the due </w:t>
+      </w:r>
+      <w:r w:rsidR="00790502">
+        <w:t>release</w:t>
+      </w:r>
+      <w:r w:rsidR="00790502" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3258610C" w14:textId="77777777" w:rsidR="00BE49AE" w:rsidRDefault="00B97BBE" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="12FA7CE6" w14:textId="442C91FA" w:rsidR="00954DEC" w:rsidRPr="00107E87" w:rsidRDefault="00C56A11" w:rsidP="00193C2D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>due to</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weekend or public holiday restrictions on travel, banking, shopping </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0470D1CC" w14:textId="3F752305" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6E7CAF7C" w14:textId="07E23803" w:rsidR="001370AD" w:rsidRPr="00107E87" w:rsidRDefault="001370AD" w:rsidP="00193C2D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>compassionate or other welfare related need</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97BBE">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A3180A" w14:textId="3C324912" w:rsidR="005B532C" w:rsidRPr="005B532C" w:rsidRDefault="00790502" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Superintendent,</w:t>
+      </w:r>
+      <w:r w:rsidR="000C037F">
+        <w:t xml:space="preserve"> delegated by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t>CEO</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t xml:space="preserve"> may permit a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C130B4">
+        <w:t xml:space="preserve">prisoner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41BCA">
+        <w:t xml:space="preserve">who </w:t>
+      </w:r>
+      <w:r w:rsidR="00C130B4">
+        <w:t>is seriously ill</w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">their release </w:t>
+      </w:r>
+      <w:r w:rsidR="005B532C">
+        <w:t xml:space="preserve">date to remain in the prison until suitable arrangements are made </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB">
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r>
+        <w:t>appropriate release</w:t>
+      </w:r>
+      <w:r w:rsidR="00406DA3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C130B4" w:rsidRPr="0041122A">
+        <w:footnoteReference w:id="27"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D618BA" w14:textId="6C6F9826" w:rsidR="0075763E" w:rsidRPr="00767B06" w:rsidRDefault="00B97BBE" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767B06">
+        <w:t>The Superintendent, i</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4601" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767B06">
+        <w:t>considering</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4601" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t>prisoner to remain overnight</w:t>
+      </w:r>
+      <w:r w:rsidR="005427A0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve"> shall take into account </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve">whether </w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t>the prisoner has been convicted of a prison offence and the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3166" w:rsidRPr="00767B06">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00767B06">
+        <w:t xml:space="preserve"> good </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4601" w:rsidRPr="00767B06">
+        <w:t>conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D81D48" w14:textId="022DC337" w:rsidR="00FA5AD6" w:rsidRPr="00A64FCC" w:rsidRDefault="00B97BBE" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Superintendent on granting </w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permission for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84AE8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00CF631A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prisoner to remain in prison overnight, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56657DD4" w14:textId="77777777" w:rsidR="00A46B46" w:rsidRDefault="00B97BBE" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00107E87">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22" w:rsidRPr="00711ED5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00954DEC" w:rsidRPr="00107E87">
-[...3 lines deleted...]
-    <w:p w14:paraId="61AC4B5F" w14:textId="326EC90B" w:rsidR="00954DEC" w:rsidRPr="00107E87" w:rsidRDefault="00954DEC" w:rsidP="00193C2D">
+      <w:r w:rsidR="001500E4" w:rsidRPr="00711ED5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>the prisoner sign</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001500E4" w:rsidRPr="00711ED5">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1A1D" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="00EE2936" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Release and Indemnity</w:t>
+        </w:r>
+        <w:r w:rsidR="004F01C3" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>by a Prisoner permitted to remain Overnight in Prison</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3527B7B2" w14:textId="77777777" w:rsidR="00A46B46" w:rsidRDefault="00AB046A" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0D584091" w14:textId="3244BC93" w:rsidR="00453120" w:rsidRPr="00107E87" w:rsidRDefault="000043B7" w:rsidP="00193C2D">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">ensure </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t>SIU is notified via email</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0368FA12" w14:textId="77777777" w:rsidR="00A46B46" w:rsidRDefault="00877B22" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="426"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="1EB6E3AB" w14:textId="43BAFA7A" w:rsidR="00F553BD" w:rsidRPr="00C92154" w:rsidRDefault="00F553BD" w:rsidP="00C92154">
+        <w:ind w:left="993" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">forward </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00711ED5">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="004F01C3" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Release and Indemnity by a Prisoner permitted to remain Overnight in Prison</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CC5509" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F01C3" w:rsidRPr="00711ED5">
+        <w:t>Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE17FB" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB046A" w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve">SIU and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00711ED5">
+        <w:t>Operatio</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB046A" w:rsidRPr="00711ED5">
+        <w:t>nal Records</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711ED5">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B88AEC" w14:textId="6A0CAD80" w:rsidR="00C0788F" w:rsidRPr="00C0788F" w:rsidRDefault="002E0D88" w:rsidP="00917C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
-[...1040 lines deleted...]
-          <w:numId w:val="19"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-      <w:r w:rsidR="00234CFF">
+      <w:r w:rsidRPr="00877B22">
+        <w:t>record</w:t>
+      </w:r>
+      <w:r w:rsidR="00E327C8" w:rsidRPr="00877B22">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00877B22">
+        <w:t xml:space="preserve"> the details of any permit granted</w:t>
+      </w:r>
+      <w:r w:rsidR="00997718">
+        <w:t xml:space="preserve"> on offender notes</w:t>
+      </w:r>
+      <w:r w:rsidR="00877B22">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3372DF6B" w14:textId="6A681B62" w:rsidR="000068E4" w:rsidRDefault="000068E4" w:rsidP="00193C2D">
+    <w:p w14:paraId="0D5FBC6B" w14:textId="1C7F8E8E" w:rsidR="00E45E8C" w:rsidRPr="00336499" w:rsidRDefault="00671A2E" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="_Toc221619686"/>
+      <w:r w:rsidRPr="00336499">
+        <w:t>Prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2BAB" w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="00336499">
+        <w:t>Release</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11578" w:rsidRPr="00336499">
+        <w:t>d in Error</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w14:paraId="5D6997E6" w14:textId="18C29EAC" w:rsidR="00192E5F" w:rsidRDefault="00192E5F" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-[...25 lines deleted...]
-      <w:r w:rsidR="00BB3638">
+        <w:ind w:left="426" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">The Superintendent </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">ensure all critical incident reporting requirements </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">are completed in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00286F96">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 13.1 – Incident Notifications, Reporting and Communications</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2243DE" w14:textId="276A2B48" w:rsidR="00CB0359" w:rsidRDefault="00CB0359" w:rsidP="00193C2D">
+    <w:p w14:paraId="648C964E" w14:textId="7887B330" w:rsidR="00192E5F" w:rsidRPr="009D0CE4" w:rsidRDefault="00192E5F" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">A note shall be placed on </w:t>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Superintendent shall notify </w:t>
       </w:r>
       <w:r w:rsidR="00EE17FB">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">offender notes detailing the prisoner’s intent to apply and the method the application </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00EE17FB">
+        <w:t>SIU if a sentenced prisoner has been released in error.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCC0DBE" w14:textId="522592EA" w:rsidR="00E45E8C" w:rsidRDefault="00E45E8C" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Superintendent shall ensure the OPCEN is informed if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> there is a legal </w:t>
+      </w:r>
+      <w:r>
+        <w:t>warrant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> or custody order in existence and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84AE8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> prisoner has been released in error</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4335C7" w14:textId="735ED6BA" w:rsidR="007F7AD0" w:rsidRPr="007F7AD0" w:rsidRDefault="00F3640D" w:rsidP="00193C2D">
+    <w:p w14:paraId="56CC22BC" w14:textId="0BEC5E1A" w:rsidR="009F0552" w:rsidRDefault="00192E5F" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-[...130 lines deleted...]
-      <w:bookmarkEnd w:id="84"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="108ADA6B" w14:textId="340317F3" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00193C2D">
+      <w:r>
+        <w:t>Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:t xml:space="preserve"> delegated by the CEO</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="00CF631A">
+        <w:t>authorised to issue an arrest warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="0041122A">
+        <w:footnoteReference w:id="28"/>
+      </w:r>
+      <w:r w:rsidR="00E45E8C" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> for the arrest and return of the prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45E8C">
+        <w:t xml:space="preserve"> following a release in error.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B567C2" w14:textId="19918EE3" w:rsidR="007D0ED2" w:rsidRPr="00767B06" w:rsidRDefault="007D0ED2" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-      </w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t xml:space="preserve">The relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00906C27">
+        <w:t>Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t xml:space="preserve"> shall ensure that notification of a prisoner </w:t>
+      </w:r>
+      <w:r>
+        <w:t>released</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t xml:space="preserve"> in error has been provided to Knowledge </w:t>
+      </w:r>
+      <w:r w:rsidR="004D528A">
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1A84">
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2136">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D528A">
+        <w:t xml:space="preserve">and Technology </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2136">
+        <w:t xml:space="preserve">via email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidR="00DB6B8E" w:rsidRPr="00DB6B8E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>litigation@justice.wa.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487859F9" w14:textId="02FC7BDB" w:rsidR="002E7E7D" w:rsidRPr="00336499" w:rsidRDefault="00671A2E" w:rsidP="00336499">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="_Toc221619687"/>
+      <w:r w:rsidRPr="00336499">
+        <w:lastRenderedPageBreak/>
+        <w:t>Prisoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5374A" w:rsidRPr="00336499">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078370A" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">Detained </w:t>
+      </w:r>
+      <w:r w:rsidR="0093635C" w:rsidRPr="00336499">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C11578" w:rsidRPr="00336499">
+        <w:t>Error</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="92"/>
+    </w:p>
+    <w:p w14:paraId="36443972" w14:textId="409D6C3A" w:rsidR="009F0552" w:rsidRPr="009F0552" w:rsidRDefault="00B97BBE" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00E327C8">
+        <w:t xml:space="preserve">Superintendent </w:t>
+      </w:r>
+      <w:r>
+        <w:t>shall be informed</w:t>
+      </w:r>
+      <w:r w:rsidR="00E327C8">
+        <w:t xml:space="preserve"> immediately</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84AE8">
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="00544DB0" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">a prisoner </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF631A">
-        <w:rPr>
-[...20 lines deleted...]
-        <w:footnoteReference w:id="26"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078370A">
+        <w:t xml:space="preserve">detained </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="0042546F">
+        <w:t xml:space="preserve">error </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E0D88">
-[...106 lines deleted...]
-      <w:r w:rsidR="005B532C">
+      <w:r w:rsidR="00CF631A" w:rsidRPr="00CF631A">
+        <w:t>there is no legal remand warrant, warrant of commitment or other custody order in existence</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1BE1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0470D1CC" w14:textId="3F752305" w:rsidR="002E6B5D" w:rsidRPr="002E6B5D" w:rsidRDefault="001500E4" w:rsidP="00193C2D">
-[...17 lines deleted...]
-      <w:r w:rsidR="005B532C">
+    <w:p w14:paraId="725C9FE8" w14:textId="724DD3A5" w:rsidR="009F0552" w:rsidRPr="009F0552" w:rsidRDefault="009E1BE1" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Superintendent shall notify the OPCEN and</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1C4E">
+        <w:t xml:space="preserve"> ensure steps are taken to release the prisoner as soon as possible</w:t>
+      </w:r>
+      <w:r w:rsidR="0078370A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A3180A" w14:textId="3C324912" w:rsidR="005B532C" w:rsidRPr="005B532C" w:rsidRDefault="00790502" w:rsidP="00193C2D">
+    <w:p w14:paraId="457ED9B0" w14:textId="2A28938A" w:rsidR="0041122A" w:rsidRDefault="00C11578" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-[...302 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">The Superintendent </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF631A">
         <w:t xml:space="preserve">ensure all critical incident reporting requirements </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are completed in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00286F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 13.1 – Incident Notifications, Reporting and Communications</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648C964E" w14:textId="7887B330" w:rsidR="00192E5F" w:rsidRPr="009D0CE4" w:rsidRDefault="00192E5F" w:rsidP="00193C2D">
+    <w:p w14:paraId="6E771F5C" w14:textId="27DF6E43" w:rsidR="0041122A" w:rsidRDefault="00BE001A" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="2CCC0DBE" w14:textId="522592EA" w:rsidR="00E45E8C" w:rsidRDefault="00E45E8C" w:rsidP="00193C2D">
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Where a prisoner has been detained in </w:t>
+      </w:r>
+      <w:r w:rsidR="00207AAF">
+        <w:t>error,</w:t>
+      </w:r>
+      <w:r w:rsidR="0042546F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BD6">
+        <w:t xml:space="preserve">e Superintendent </w:t>
+      </w:r>
+      <w:r>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2434">
+        <w:t xml:space="preserve"> ensure the prisoner has been</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B21BB">
+        <w:t>advised of their rights to seek legal advice regarding their unlawful detention</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3546">
+        <w:t xml:space="preserve">, and this shall be documented in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidR="00CB3546" w:rsidRPr="00F77D69">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 13.1 – Incident Notifications, Reporting and Communications.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="766BF7DD" w14:textId="77777777" w:rsidR="0041122A" w:rsidRDefault="0078370A" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> prisoner has been released in error</w:t>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The OPCEN shall notify the Commissioner advising that the prisoner has been detained</w:t>
+      </w:r>
+      <w:r w:rsidR="0042546F">
+        <w:t xml:space="preserve"> in error</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CC22BC" w14:textId="0BEC5E1A" w:rsidR="009F0552" w:rsidRDefault="00192E5F" w:rsidP="00193C2D">
+    <w:p w14:paraId="46B8918E" w14:textId="3B16D812" w:rsidR="008B21BB" w:rsidRDefault="008B21BB" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:ind w:left="709"/>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00EB1A84">
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767B06">
         <w:t xml:space="preserve">The relevant </w:t>
       </w:r>
       <w:r w:rsidR="00906C27">
         <w:t>Superintendent</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB1A84">
-[...230 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00767B06">
         <w:t xml:space="preserve"> shall ensure that notification of a prisoner detained in error has been provided to Knowledge Management</w:t>
       </w:r>
       <w:r w:rsidR="000E2136">
         <w:t xml:space="preserve"> via email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidR="00286F96" w:rsidRPr="00DB6B8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>litigation@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A16F62" w14:textId="00765005" w:rsidR="00BE7005" w:rsidRDefault="00A46B46" w:rsidP="00A46B46">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FED752E" w14:textId="3A59E886" w:rsidR="000755EE" w:rsidRDefault="003D708E" w:rsidP="00ED2C01">
+    <w:p w14:paraId="0FED752E" w14:textId="3A59E886" w:rsidR="000755EE" w:rsidRPr="00336499" w:rsidRDefault="003D708E" w:rsidP="0041122A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc85618469"/>
-[...29 lines deleted...]
-      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc85618469"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc85619228"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc85618470"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc85619229"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc85618471"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc85619230"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc85618472"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc85619231"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc85618473"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc85619232"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc85618474"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc85619233"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc85618475"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc85619234"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc85618476"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc85619235"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc85618477"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc85619236"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc85618478"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc85619237"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc85618479"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc85619238"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc85618480"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc85619239"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc85618481"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc85619240"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc221619688"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="115"/>
-    </w:p>
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="134" w:name="_Toc218064798"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="00336499">
+        <w:lastRenderedPageBreak/>
+        <w:t>Annexures</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="119"/>
+    </w:p>
+    <w:p w14:paraId="2DB42C8B" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="0041122A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="_Toc85618483"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc85619242"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc85618484"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc85619243"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc85618485"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc85619244"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc85618486"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc85619245"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc85618487"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc85619246"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc85618488"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc85619247"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc85618489"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc85619248"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc85618490"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc85619249"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc85618491"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc85619250"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc221619689"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
       <w:r>
         <w:t>Related COPPS and documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="138"/>
     </w:p>
     <w:p w14:paraId="741DA084" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="00FC1708" w:rsidRDefault="00293BEA" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1708">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>COPPS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA3E7DB" w14:textId="47347E5E" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00A563A5" w:rsidP="00FC1708">
+    <w:p w14:paraId="2FA3E7DB" w14:textId="0BD25ACF" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00A563A5" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F77D69">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" </w:instrText>
+        <w:instrText>HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00293BEA" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 3.1 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00293BEA" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Managing Prisoner Property</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0298CC" w14:textId="0155A144" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
+    <w:p w14:paraId="3E0298CC" w14:textId="0155A144" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 8.1 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Prisoner Constructive Activities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AC9498" w14:textId="31A3CD6B" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
+    <w:p w14:paraId="04AC9498" w14:textId="31A3CD6B" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 8.3 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Prisoner Libraries</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCD2D75" w14:textId="4B60B070" w:rsidR="00716AA6" w:rsidRPr="00A563A5" w:rsidRDefault="00716AA6" w:rsidP="00FC1708">
+    <w:p w14:paraId="6BCD2D75" w14:textId="4B60B070" w:rsidR="00716AA6" w:rsidRPr="00A563A5" w:rsidRDefault="00716AA6" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 11.2 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Searching</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C31CB6" w14:textId="69FA8C71" w:rsidR="0008325A" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
+    <w:p w14:paraId="03C31CB6" w14:textId="69FA8C71" w:rsidR="0008325A" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 12.2 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Coordinating Escorts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECF0DC8" w14:textId="6C973938" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
+    <w:p w14:paraId="2ECF0DC8" w14:textId="6C973938" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 12.7 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Warrants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58507670" w14:textId="6836FEDB" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
+    <w:p w14:paraId="58507670" w14:textId="6836FEDB" w:rsidR="00293BEA" w:rsidRPr="00A563A5" w:rsidRDefault="00293BEA" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 13.1 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Incident Notifications, Reporting and Communications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DC9D27" w14:textId="09DE5AEF" w:rsidR="00293BEA" w:rsidRPr="00FC1708" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
+    <w:p w14:paraId="21DC9D27" w14:textId="09DE5AEF" w:rsidR="00293BEA" w:rsidRPr="00FC1708" w:rsidRDefault="00293BEA" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">COPP 14.3 </w:t>
       </w:r>
       <w:r w:rsidR="00EA09D1" w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00A563A5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Parole Applications</w:t>
       </w:r>
       <w:r w:rsidR="00A563A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27859B50" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="00FC1708" w:rsidRDefault="00293BEA" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1708">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA4241A" w14:textId="3BA12084" w:rsidR="003D708E" w:rsidRPr="00E9076C" w:rsidRDefault="00293BEA" w:rsidP="00FC1708">
+    <w:p w14:paraId="4BA4241A" w14:textId="3BA12084" w:rsidR="003D708E" w:rsidRPr="00E9076C" w:rsidRDefault="00293BEA" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
-      </w:pPr>
-      <w:hyperlink r:id="rId42" w:history="1">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00E9076C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>A</w:t>
         </w:r>
         <w:r w:rsidR="00FF20A1" w:rsidRPr="00E9076C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>t-Risk Management System</w:t>
         </w:r>
         <w:r w:rsidRPr="00E9076C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Manual</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7309E3B1" w14:textId="108D40B3" w:rsidR="00731E5B" w:rsidRPr="00C8602B" w:rsidRDefault="00731E5B" w:rsidP="00FC1708">
+    <w:p w14:paraId="7309E3B1" w14:textId="108D40B3" w:rsidR="00731E5B" w:rsidRPr="00C8602B" w:rsidRDefault="00731E5B" w:rsidP="008E657C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
-      </w:pPr>
-      <w:hyperlink r:id="rId43" w:history="1">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="00731E5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">PM09 – Clinical Discharge </w:t>
         </w:r>
         <w:r w:rsidRPr="009357F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Process Prior to Planned Release to Freedom</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D70ECDE" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="00ED2C01">
+    <w:p w14:paraId="5D70ECDE" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00336499" w:rsidRDefault="003D708E" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="135" w:name="_Definitions_and_acronyms"/>
-[...2 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="139" w:name="_Definitions_and_acronyms"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc221619690"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="00336499">
         <w:t>Definitions and acronyms</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="140"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2117"/>
         <w:gridCol w:w="7051"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="7EDAD3FE" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
@@ -14340,67 +14740,77 @@
               <w:t>ARMS</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="154F9D44" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>The At-Risk Management System is the Department</w:t>
             </w:r>
             <w:r w:rsidR="003171DF">
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>s multi-disciplinary suicide prevention strategy for offenders. The tri-level system includes:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A50F965" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="003128BE">
+          <w:p w14:paraId="2A50F965" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">Primary prevention </w:t>
             </w:r>
             <w:r w:rsidR="003171DF">
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> strategies to create physical and social environments in the detention centre that limits stress on detainees.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F7C5A4D" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="003128BE">
+          <w:p w14:paraId="7F7C5A4D" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">Secondary prevention </w:t>
             </w:r>
             <w:r w:rsidR="003171DF">
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> strategies to support detainees at statistically higher risk of self-harm or suicide.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60A1282B" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">Tertiary prevention </w:t>
             </w:r>
             <w:r w:rsidR="003171DF">
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> strategies aimed directly at individuals identified as at risk of self-harm or suicide</w:t>
             </w:r>
           </w:p>
@@ -14422,50 +14832,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74D5EA56" w14:textId="77777777" w:rsidR="00404CD6" w:rsidRPr="00FF20A1" w:rsidRDefault="00404CD6" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>Director General of the Department of Justice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0013402D" w:rsidRPr="000E6F0A" w14:paraId="613E58CA" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BBFFA30" w14:textId="6C1AE2BD" w:rsidR="0013402D" w:rsidRPr="006714A0" w:rsidRDefault="0013402D" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
+              <w:lastRenderedPageBreak/>
               <w:t>Commissioner</w:t>
             </w:r>
             <w:r w:rsidR="007A7648">
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="006714A0">
               <w:t>s Operati</w:t>
             </w:r>
             <w:r w:rsidR="00FF20A1">
               <w:t xml:space="preserve">ng </w:t>
             </w:r>
             <w:r w:rsidRPr="006714A0">
               <w:t xml:space="preserve">Policy </w:t>
             </w:r>
             <w:r w:rsidR="0079123E">
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="006714A0">
               <w:t xml:space="preserve"> Procedure (COPP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
@@ -14490,72 +14901,87 @@
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Community Offender Monitoring Unit (COMU)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BC5BA89" w14:textId="6D047A4A" w:rsidR="003171DF" w:rsidRPr="003171DF" w:rsidRDefault="003171DF" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="003171DF">
               <w:t xml:space="preserve">The COMU is a centralised unit </w:t>
             </w:r>
             <w:r w:rsidR="00C053C1">
               <w:t xml:space="preserve">within Adult Community Corrections (ACC) </w:t>
             </w:r>
             <w:r w:rsidRPr="003171DF">
               <w:t xml:space="preserve">that coordinates the case management of high risk offenders in custody and the community. The primary functions of the COMU include: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B921B40" w14:textId="5FD464E3" w:rsidR="003171DF" w:rsidRPr="00C053C1" w:rsidRDefault="003171DF" w:rsidP="003128BE">
+          <w:p w14:paraId="1B921B40" w14:textId="5FD464E3" w:rsidR="003171DF" w:rsidRPr="00C053C1" w:rsidRDefault="003171DF" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00C053C1">
               <w:t xml:space="preserve">case management of </w:t>
             </w:r>
             <w:r w:rsidR="00440CC2">
               <w:t>select High Risk Offenders</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F2C14EE" w14:textId="0FCF24CF" w:rsidR="003171DF" w:rsidRPr="00C053C1" w:rsidRDefault="003171DF" w:rsidP="003128BE">
+          <w:p w14:paraId="4F2C14EE" w14:textId="0FCF24CF" w:rsidR="003171DF" w:rsidRPr="00C053C1" w:rsidRDefault="003171DF" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00C053C1">
               <w:t>electronic monitoring (GPS tracking and Radio Frequency)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="692BCE84" w14:textId="20E8E6F1" w:rsidR="003171DF" w:rsidRPr="00C053C1" w:rsidRDefault="003171DF" w:rsidP="003128BE">
+          <w:p w14:paraId="692BCE84" w14:textId="20E8E6F1" w:rsidR="003171DF" w:rsidRPr="00C053C1" w:rsidRDefault="003171DF" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C053C1">
               <w:t xml:space="preserve">co-ordination, consultation and support services to internal and external stakeholders for the effective management of </w:t>
             </w:r>
             <w:r w:rsidR="00440CC2">
               <w:t xml:space="preserve"> select H</w:t>
             </w:r>
             <w:r w:rsidRPr="00C053C1">
               <w:t xml:space="preserve">igh </w:t>
             </w:r>
             <w:r w:rsidR="00440CC2">
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00C053C1">
               <w:t xml:space="preserve">isk </w:t>
             </w:r>
             <w:r w:rsidR="00440CC2">
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="00C053C1">
               <w:t>ffenders.</w:t>
@@ -14985,110 +15411,110 @@
               </w:rPr>
               <w:t>relationship with each other at the time of the commission of the offence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004977DF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>and the offence is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13AF7902" w14:textId="3E8188A6" w:rsidR="0002796B" w:rsidRDefault="00387402" w:rsidP="0002796B">
+          <w:p w14:paraId="13AF7902" w14:textId="3E8188A6" w:rsidR="0002796B" w:rsidRDefault="00387402" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002796B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">an offence against </w:t>
             </w:r>
             <w:r w:rsidR="0002796B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">section </w:t>
             </w:r>
             <w:r w:rsidR="00AB4551">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">61(1) or (1A) of the </w:t>
             </w:r>
             <w:r w:rsidR="0002796B" w:rsidRPr="0007222A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Restraining Orders Act 1997</w:t>
             </w:r>
             <w:r w:rsidR="0002796B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1973FD82" w14:textId="36A35F03" w:rsidR="0059334A" w:rsidRPr="00802391" w:rsidRDefault="0002796B" w:rsidP="0007222A">
+          <w:p w14:paraId="1973FD82" w14:textId="36A35F03" w:rsidR="0059334A" w:rsidRPr="00802391" w:rsidRDefault="0002796B" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">an offence against </w:t>
             </w:r>
             <w:r w:rsidR="00387402" w:rsidRPr="0002796B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">the following sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00387402" w:rsidRPr="0002796B">
               <w:rPr>
@@ -15136,85 +15562,87 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DBC72EC" w14:textId="369AAC39" w:rsidR="00056DE5" w:rsidRPr="00DE42FE" w:rsidRDefault="00056DE5" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE42FE">
               <w:t>A fine expiation order is an order enabling an offender who is in custody, or has been in custody, to discharge the offender’s liability to pay the amount owed in respect of a fine.</w:t>
             </w:r>
             <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
               <w:t xml:space="preserve"> Refer to </w:t>
             </w:r>
             <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Fines Penalties and </w:t>
             </w:r>
             <w:r w:rsidR="008638D3" w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Infringement</w:t>
             </w:r>
             <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Notices Enforcement Act 1994</w:t>
             </w:r>
             <w:r w:rsidR="002B0232" w:rsidRPr="00DE42FE">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006714A0" w14:paraId="382C2515" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66190D70" w14:textId="77777777" w:rsidR="006714A0" w:rsidRDefault="006714A0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Guiding Principles for Corrections in Australia, 2018 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A2568A3" w14:textId="77777777" w:rsidR="006714A0" w:rsidRPr="00FF20A1" w:rsidRDefault="006714A0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>The guidelines and the accompanying principles constitute outcomes or goals to be achieved, rather than a set of absolute standards or laws to be enforced. They represent a statement of intent that each Australian State and Territory can use to develop their own range of relevant legislative policy and performance standards to reflect best practice and community demands.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006714A0" w14:paraId="34FA927D" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="109777BD" w14:textId="77777777" w:rsidR="006714A0" w:rsidRPr="006714A0" w:rsidRDefault="006714A0" w:rsidP="00FC1708">
             <w:pPr>
@@ -15276,85 +15704,85 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
               <w:t>Officer in Charge (OIC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5701F4CA" w14:textId="084D02F4" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>As defined in s. 3(1)</w:t>
             </w:r>
             <w:r w:rsidR="00EE1076">
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>and refers to either the designated Superintendent or the officer in charge of a prison at a particular time.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0118D249" w14:textId="556120B9" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Also includes any contract worker authorised by the Commissioner in accordance with s. 15I (1) (a)</w:t>
             </w:r>
             <w:r w:rsidR="00EE1076">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri"/>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>to perform the functions of a superintendent in a privately operated prison.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="0DB9F497" w14:textId="77777777" w:rsidTr="00D57A9C">
@@ -15369,94 +15797,94 @@
             <w:r w:rsidRPr="008206E2">
               <w:t>Prisoner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F1397F8" w14:textId="55A65D27" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>Any person in lawful custody and referred to as a prisoner in s. 3</w:t>
             </w:r>
             <w:r w:rsidR="00EE1076">
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>; also includes a person not yet in the custody of a prison, but in the custody of a Contractor under the court security and custodial services contract</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="7D1CD8DD" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31E9031F" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
               <w:t>Prisoners Review Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="532993ED" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The Board established under s 102 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="006950BF">
                 <w:rPr>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>Sentence Administration Act 2003</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the authority responsible for determining release to state parole.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="40B3EA39" w14:textId="77777777" w:rsidTr="00FF20A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56B89A75" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00E54CBC" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
@@ -15515,765 +15943,843 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52DCE" w14:paraId="2B8EDF8D" w14:textId="77777777" w:rsidTr="0054256B">
         <w:trPr>
           <w:trHeight w:val="981"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67E85EF7" w14:textId="7DF050C4" w:rsidR="00D52DCE" w:rsidRPr="00634B9B" w:rsidRDefault="00D52DCE" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:t xml:space="preserve">Schedule 1 Serious Offences - Sexual Assault </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5DB5A8" w14:textId="1BDE4F55" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="003404E7" w:rsidP="000043B7">
+          <w:p w14:paraId="3A5DB5A8" w14:textId="31416C68" w:rsidR="000043B7" w:rsidRDefault="003404E7" w:rsidP="000043B7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:t xml:space="preserve">A schedule 1 serious offence – sexual assault, in accordance with the </w:t>
             </w:r>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>High Risk Serious Offenders Act 2020</w:t>
             </w:r>
             <w:r w:rsidRPr="00634B9B">
               <w:t>, includes the following:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3737F6B5" w14:textId="324E1DD2" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="67ECBCE7" w14:textId="77777777" w:rsidR="004146B1" w:rsidRPr="009E054E" w:rsidRDefault="004146B1" w:rsidP="004146B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E054E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.5 - Seeking prostitute in or near public place – if within s.5(2) (seeking a child)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0017E9C0" w14:textId="77777777" w:rsidR="004146B1" w:rsidRPr="009E054E" w:rsidRDefault="004146B1" w:rsidP="004146B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E054E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s. 7 – seeking to induce person to act as a prostitute</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306F1995" w14:textId="77777777" w:rsidR="004146B1" w:rsidRPr="009E054E" w:rsidRDefault="004146B1" w:rsidP="004146B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E054E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.16 – causing, permitting, or seeking to induce child to act as prostitute</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313530C3" w14:textId="77777777" w:rsidR="004146B1" w:rsidRPr="009E054E" w:rsidRDefault="004146B1" w:rsidP="004146B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E054E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s.17 – obtaining payment for prostitution by child </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04FD4A53" w14:textId="609C82D4" w:rsidR="00AA6E8D" w:rsidRPr="009E054E" w:rsidRDefault="004146B1" w:rsidP="004146B1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E054E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>s.18 – agreement for prostitution by child</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3737F6B5" w14:textId="324E1DD2" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>s.192 - Employing child to perform indecent, obscene or pornographic manner</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="345DC9C9" w14:textId="77777777" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="345DC9C9" w14:textId="77777777" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s.186</w:t>
             </w:r>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>– occupier or owner allowing young person to be on premises for unlawful carnal knowledge</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25CB34D0" w14:textId="0B0E8F7A" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="25CB34D0" w14:textId="0B0E8F7A" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 187– facilitating sexual offences against a child outside of WA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FB5E354" w14:textId="75FFFFA4" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="7FB5E354" w14:textId="75FFFFA4" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 204A – showing offensive material to child under 16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FDF1090" w14:textId="2F82DD23" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="7FDF1090" w14:textId="2F82DD23" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s.204B – using electronic communication to procure, or expose to indecent material, child under 16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B8B58AD" w14:textId="2D579289" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="2B8B58AD" w14:textId="2D579289" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 217 – involving child in child exploitation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BD5C223" w14:textId="7311C55F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="1BD5C223" w14:textId="7311C55F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 218 – producing child exploitation material</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="728571A8" w14:textId="7F15A64D" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="728571A8" w14:textId="7F15A64D" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s.219 – distributing child exploitation material</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04663C09" w14:textId="042E1FB7" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="04663C09" w14:textId="042E1FB7" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 220 – possession of child exploitation material</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30FE15D6" w14:textId="77777777" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="30FE15D6" w14:textId="77777777" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s.320 – sexual offence against a child under 13</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38775F3B" w14:textId="7B4DBE1F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="38775F3B" w14:textId="7B4DBE1F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 321 – sexual offence against a child of or over 13 and under 16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="568D2D87" w14:textId="1EE127CD" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="568D2D87" w14:textId="1EE127CD" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 321A – persistent sexual conduct with a child under 16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01187EBF" w14:textId="4E5A3280" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="01187EBF" w14:textId="4E5A3280" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s.322 – sexual offence against child of or over 16 by person in authority</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23C30BAD" w14:textId="6763E704" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="23C30BAD" w14:textId="6763E704" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 324 – aggravated indecent assault</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CA3BEB9" w14:textId="54E556F6" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="0CA3BEB9" w14:textId="54E556F6" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 325 – sexual penetration without consent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00D87A24" w14:textId="61FF58EE" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="00D87A24" w14:textId="61FF58EE" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">s. 326 – aggravated sexual penetration without consent </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BD27862" w14:textId="215843E7" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="0BD27862" w14:textId="215843E7" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 327 – sexual coercion</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2460F366" w14:textId="3E43CB84" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="2460F366" w14:textId="3E43CB84" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 328 – aggravated sexual coercion</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="366668B2" w14:textId="0B2F7E1F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="366668B2" w14:textId="0B2F7E1F" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 329 – sexual offence by relative or the like</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11CB49F0" w14:textId="4C6759B4" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="11CB49F0" w14:textId="4C6759B4" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 330 – sexual offence against incapable person</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EE0246D" w14:textId="1B8CE056" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="3EE0246D" w14:textId="1B8CE056" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 331B – sexual servitude</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37E231D4" w14:textId="743F15B0" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="37E231D4" w14:textId="743F15B0" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 331C – conducting business involving sexual servitude</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B9E6FBF" w14:textId="20EB6057" w:rsidR="000043B7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
+          <w:p w14:paraId="58901BFF" w14:textId="2F38EC5B" w:rsidR="00EB4406" w:rsidRPr="004146B1" w:rsidRDefault="000043B7" w:rsidP="004146B1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>s. 331D – deceptive recruiting for commercial sexual service</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58901BFF" w14:textId="72B88C82" w:rsidR="003404E7" w:rsidRPr="00634B9B" w:rsidRDefault="000043B7" w:rsidP="000043B7">
-[...39 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0074637D" w14:paraId="09930ECD" w14:textId="77777777" w:rsidTr="0054256B">
         <w:trPr>
           <w:trHeight w:val="981"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AC81D90" w14:textId="3D0B78A5" w:rsidR="0074637D" w:rsidRPr="00634B9B" w:rsidRDefault="0074637D" w:rsidP="0074637D">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
+              <w:lastRenderedPageBreak/>
               <w:t>Serious Assault</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C2038AA" w14:textId="1C05754A" w:rsidR="0074637D" w:rsidRPr="00634B9B" w:rsidRDefault="0074637D" w:rsidP="0074637D">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00634B9B">
               <w:t xml:space="preserve"> A person who commits an assault against section 318 of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00634B9B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Criminal Code Act Compilation Act 1913 (the Criminal Code).</w:t>
             </w:r>
             <w:r w:rsidRPr="00634B9B">
               <w:t xml:space="preserve">This includes public officers such as ambulance officers, police officers, prison </w:t>
             </w:r>
@@ -16380,62 +16886,62 @@
       <w:tr w:rsidR="00664180" w14:paraId="3B576511" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="512D6ECA" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="006714A0">
               <w:t>Superintendent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5700234F" w14:textId="77777777" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">The Superintendent as defined in s 36 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">  includes any reference to the position responsible for the management of a private prison under Part IIIA of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="00FF20A1">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FF20A1">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00FF20A1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E25C2A" w:rsidRPr="00FF20A1">
               <w:t>Does not extend to the Officer in Charge of a Prison</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D0CE4" w14:paraId="4F526B45" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B610D90" w14:textId="652F9275" w:rsidR="009D0CE4" w:rsidRPr="006714A0" w:rsidRDefault="0079123E" w:rsidP="00FC1708">
@@ -16461,50 +16967,51 @@
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">Prison Officer(s) undertaking any </w:t>
             </w:r>
             <w:r>
               <w:t>duties</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>at a prison Work Camp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664180" w14:paraId="29ADBA9B" w14:textId="77777777" w:rsidTr="00D57A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22CD0F13" w14:textId="436B4389" w:rsidR="00664180" w:rsidRPr="006714A0" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="000C54EB">
               <w:t>&amp;</w:t>
             </w:r>
             <w:r>
               <w:t>D sheet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FC813D6" w14:textId="71AE7EE9" w:rsidR="00664180" w:rsidRPr="00FF20A1" w:rsidRDefault="00664180" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF20A1">
               <w:t xml:space="preserve">Transfer </w:t>
             </w:r>
             <w:r w:rsidR="0079123E">
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF20A1">
@@ -16732,60 +17239,60 @@
                 <w:iCs/>
               </w:rPr>
               <w:t>Infringement</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Notices Enforcement Act 1994,</w:t>
             </w:r>
             <w:r w:rsidR="00056DE5" w:rsidRPr="00DE42FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00056DE5" w:rsidRPr="00DE42FE">
               <w:t>in relation to a fine is issued by the court to commit the offender to be imprisoned for a period of time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F1AD6FB" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00DE42FE" w:rsidRDefault="003D708E" w:rsidP="00ED2C01">
+    <w:p w14:paraId="7F1AD6FB" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00336499" w:rsidRDefault="003D708E" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="137" w:name="_Toc218064800"/>
-      <w:r w:rsidRPr="00DE42FE">
+      <w:bookmarkStart w:id="141" w:name="_Toc221619691"/>
+      <w:r w:rsidRPr="00336499">
         <w:t>Related legislation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="137"/>
-      <w:r w:rsidRPr="00DE42FE">
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="00336499">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B65C5C" w14:textId="77777777" w:rsidR="00293BEA" w:rsidRPr="006B7A0A" w:rsidRDefault="00293BEA" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bail Act 1982</w:t>
       </w:r>
       <w:r w:rsidR="00FF20A1" w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16991,170 +17498,170 @@
     </w:p>
     <w:p w14:paraId="17871AA2" w14:textId="77777777" w:rsidR="003E14F0" w:rsidRPr="006B7A0A" w:rsidRDefault="003E14F0" w:rsidP="006D055F">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00FF20A1" w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>entence Administration Act 2003</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED41875" w14:textId="64EEB1D4" w:rsidR="00FC1708" w:rsidRDefault="003E14F0" w:rsidP="006D055F">
+    <w:p w14:paraId="6ED41875" w14:textId="64EEB1D4" w:rsidR="00FC1708" w:rsidRDefault="003E14F0" w:rsidP="00A32B08">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7A0A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Transfer of Prisoners Act 1983</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3429100C" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRPr="00BE7005" w:rsidRDefault="00BE7005" w:rsidP="00BE7005">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12E0D912" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="009D516D" w:rsidRDefault="002E5756" w:rsidP="00ED2C01">
+    <w:p w14:paraId="12E0D912" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="00336499" w:rsidRDefault="002E5756" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="138" w:name="_Toc178286"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009D516D">
+      <w:bookmarkStart w:id="142" w:name="_Toc178286"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc221619692"/>
+      <w:r w:rsidRPr="00336499">
         <w:t>Assurance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="138"/>
-      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="143"/>
     </w:p>
     <w:p w14:paraId="1A13EAF4" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRPr="0009417B" w:rsidRDefault="00BE7005" w:rsidP="00BE7005">
       <w:r>
         <w:t xml:space="preserve">It is </w:t>
       </w:r>
       <w:r w:rsidRPr="0009417B">
         <w:t>expected that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0929533C" w14:textId="443491E0" w:rsidR="00BE7005" w:rsidRPr="0009417B" w:rsidRDefault="00BE7005" w:rsidP="00BE7005">
       <w:r w:rsidRPr="0009417B">
         <w:t xml:space="preserve">Prisons will undertake local compliance in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="0009417B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Compliance Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0009417B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116AC7F1" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRPr="00160A16" w:rsidRDefault="00BE7005" w:rsidP="00160A16">
       <w:r w:rsidRPr="00160A16">
         <w:t xml:space="preserve">The relevant Deputy Commissioner within Head Office will undertake management oversight as required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4885234B" w14:textId="317253C1" w:rsidR="00BE7005" w:rsidRPr="00160A16" w:rsidRDefault="00BE7005" w:rsidP="00160A16">
       <w:r w:rsidRPr="00160A16">
         <w:t xml:space="preserve">Operational Compliance Branch will undertake checks in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00160A16">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Operational Compliance Framework</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00160A16">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A7DDAC" w14:textId="77777777" w:rsidR="00BE7005" w:rsidRDefault="00BE7005" w:rsidP="00160A16">
       <w:r w:rsidRPr="00160A16">
         <w:t xml:space="preserve">Independent oversight will be undertaken as required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D5421BF" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
     <w:p w14:paraId="7C1635CC" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
-    <w:p w14:paraId="2F10D315" w14:textId="77777777" w:rsidR="00D043B9" w:rsidRDefault="00D043B9" w:rsidP="00160A16"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6BA04811" w14:textId="17EE6E99" w:rsidR="00245869" w:rsidRDefault="00245869" w:rsidP="00E96B7E">
+    <w:p w14:paraId="6BA04811" w14:textId="17EE6E99" w:rsidR="00245869" w:rsidRPr="00336499" w:rsidRDefault="00245869" w:rsidP="00336499">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="140" w:name="_Toc218064802"/>
-      <w:r>
+      <w:bookmarkStart w:id="144" w:name="_Toc221619693"/>
+      <w:r w:rsidRPr="00336499">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
-      <w:r w:rsidR="00E96B7E">
+      <w:r w:rsidR="00E96B7E" w:rsidRPr="00336499">
         <w:t>V</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00336499">
         <w:t xml:space="preserve">ersion </w:t>
       </w:r>
-      <w:r w:rsidR="00E96B7E">
+      <w:r w:rsidR="00E96B7E" w:rsidRPr="00336499">
         <w:t>H</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00336499">
         <w:t>istory</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkEnd w:id="144"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9318" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1103"/>
         <w:gridCol w:w="1444"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1810"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EE1076" w:rsidRPr="007D3C6F" w14:paraId="29675E36" w14:textId="21C55E48" w:rsidTr="00406DA3">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
@@ -17673,188 +18180,353 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">30 </w:t>
             </w:r>
             <w:r w:rsidR="00765AE7">
               <w:t>August 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A769D35" w14:textId="1AAF9A5E" w:rsidR="00A46B46" w:rsidRDefault="00406DA3" w:rsidP="00C860C7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>01 September 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0097109B" w:rsidRPr="007D3C6F" w14:paraId="3ED1516F" w14:textId="77777777" w:rsidTr="00406DA3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F013BCD" w14:textId="55BF53DB" w:rsidR="0097109B" w:rsidRDefault="0097109B" w:rsidP="0097109B">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D601CCF" w14:textId="75CAA5FC" w:rsidR="0097109B" w:rsidRDefault="0097109B" w:rsidP="0097109B">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7B9D">
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4E9F8B" w14:textId="77777777" w:rsidR="0097109B" w:rsidRPr="00AF7B9D" w:rsidRDefault="0097109B" w:rsidP="0097109B">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7B9D">
+              <w:t>Approved by the Deputy Commissioner Operational Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3E1C45" w14:textId="354B8006" w:rsidR="0097109B" w:rsidRDefault="0097109B" w:rsidP="0097109B">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7B9D">
+              <w:t>CM Ref: S25/41385</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CF7290" w14:textId="2C7B28A5" w:rsidR="0097109B" w:rsidRDefault="0097109B" w:rsidP="0097109B">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7B9D">
+              <w:t>10 October 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="696ABC93" w14:textId="0BD2F9D7" w:rsidR="0097109B" w:rsidRDefault="0097109B" w:rsidP="0097109B">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20 October 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00B32CFA" w:rsidRPr="007D3C6F" w14:paraId="0106F669" w14:textId="77777777" w:rsidTr="00406DA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E87ADE3" w14:textId="76BE9F02" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
+          <w:p w14:paraId="4E87ADE3" w14:textId="5741D310" w:rsidR="00B32CFA" w:rsidRDefault="0097109B" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>7.0</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32CFA">
+              <w:t>.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4626C1DE" w14:textId="6BA6055C" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B28796E" w14:textId="3F508AB6" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Approved by </w:t>
             </w:r>
             <w:r w:rsidR="00B23506">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Commissioner, </w:t>
             </w:r>
             <w:r w:rsidR="00B23506">
               <w:t>Corrective Services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57E84AC6" w14:textId="47EEACBD" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
+          <w:p w14:paraId="57E84AC6" w14:textId="3B227109" w:rsidR="00B32CFA" w:rsidRDefault="00B32CFA" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>CM Ref: S2</w:t>
             </w:r>
             <w:r w:rsidR="00477D4D">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00861B36">
-              <w:t>40217</w:t>
+            <w:r w:rsidR="00662350">
+              <w:t>111938</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="058961B4" w14:textId="45CDB294" w:rsidR="00B32CFA" w:rsidRDefault="007B1829" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007B1829">
               <w:t>3 December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0275ECB8" w14:textId="65EE02D2" w:rsidR="00B32CFA" w:rsidRDefault="00897540" w:rsidP="00B32CFA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00897540">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>January</w:t>
             </w:r>
             <w:r w:rsidRPr="00897540">
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r>
               <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C90427" w:rsidRPr="007D3C6F" w14:paraId="265A8FE3" w14:textId="77777777" w:rsidTr="00406DA3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558F7836" w14:textId="25EAD8D8" w:rsidR="00C90427" w:rsidRDefault="0097109B" w:rsidP="00C90427">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90427">
+              <w:t>.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C03A3D4" w14:textId="6F976C47" w:rsidR="00C90427" w:rsidRDefault="00C90427" w:rsidP="00C90427">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F21DCED" w14:textId="77777777" w:rsidR="00C90427" w:rsidRDefault="00C90427" w:rsidP="00C90427">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Approved by the Commissioner, Corrective Services</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B0F1A7" w14:textId="7A8AFA94" w:rsidR="00C90427" w:rsidRDefault="00C90427" w:rsidP="00C90427">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CM Ref: S2</w:t>
+            </w:r>
+            <w:r w:rsidR="00662350">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00662350">
+              <w:t>10036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49337466" w14:textId="0E9A5DA5" w:rsidR="00C90427" w:rsidRPr="007B1829" w:rsidRDefault="009A0FFA" w:rsidP="00C90427">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10 February 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56055A00" w14:textId="10910EEB" w:rsidR="00C90427" w:rsidRDefault="009A0FFA" w:rsidP="00C90427">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009A0FFA">
+              <w:t>10 February 2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90427">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0F03D80A" w14:textId="77777777" w:rsidR="00245869" w:rsidRDefault="00245869" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="72A0928B" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="779E89F4" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="5800570B" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="66B67500" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="5805E632" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="154CECCA" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="3AD92C30" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="4309C205" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="1CC28591" w14:textId="77777777" w:rsidR="00734E70" w:rsidRDefault="00734E70" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="29E0DDAF" w14:textId="77777777" w:rsidR="00734E70" w:rsidRDefault="00734E70" w:rsidP="00ED2C01"/>
-    <w:p w14:paraId="2BEEB923" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E9CB337" w14:textId="77777777" w:rsidR="00C30FD7" w:rsidRDefault="00C30FD7" w:rsidP="00ED2C01"/>
     <w:p w14:paraId="48621B25" w14:textId="2D5F8A58" w:rsidR="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
-      <w:bookmarkStart w:id="141" w:name="_Appendix_A:_Expiry"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkStart w:id="145" w:name="_Appendix_A:_Expiry"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc221619694"/>
+      <w:bookmarkEnd w:id="145"/>
       <w:r w:rsidRPr="00FC1708">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="00666679" w:rsidRPr="00FC1708">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1708">
         <w:t>: Expiry of a Sentence</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="146"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="40" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1550"/>
         <w:gridCol w:w="2359"/>
         <w:gridCol w:w="5584"/>
       </w:tblGrid>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="4035ECFD" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76B82704" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
@@ -17901,394 +18573,469 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t>Western Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51D1496C" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">Finite term (without parole) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64FA9F74" w14:textId="29A1E42A" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="64FA9F74" w14:textId="29A1E42A" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve">None required. Release on </w:t>
             </w:r>
             <w:r w:rsidR="00DC56E5">
               <w:t>EDR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DC42291" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="7DC42291" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Re-entry release order provisions.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="686F176C" w14:textId="42BAF666" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00DC56E5" w:rsidP="003128BE">
+          <w:p w14:paraId="686F176C" w14:textId="42BAF666" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00DC56E5" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r>
               <w:t>Eligible for early discharge prior to sentence expiry (MAX)</w:t>
             </w:r>
             <w:r w:rsidR="00204AA0" w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="53F61444" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75B1FEAF" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48847CC7" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">Parole term </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB3CC37" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="1DB3CC37" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve">Release can only be granted by a Parole order or re-entry release order issued by the Prisoners Review Board. Prisoners must be released on expiration of term if there is no other order for release issued before that date. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15AE1F5E" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="15AE1F5E" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Where parole has been denied, prisoner is not eligible for early discharge</w:t>
             </w:r>
             <w:r w:rsidR="00F13BD8" w:rsidRPr="00F13BD8">
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="6283B37E" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22745A9C" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64C4C758" w14:textId="1949B271" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">Fixed term </w:t>
             </w:r>
             <w:r w:rsidR="00E721A6">
               <w:t xml:space="preserve">6 months </w:t>
             </w:r>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">and eligible for Short Term parole </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C206F68" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="6C206F68" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Release on Short Term parole if parole granted</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="335ECCF6" w14:textId="795EA4E3" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="335ECCF6" w14:textId="795EA4E3" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve">If prisoner is denied Short Term </w:t>
             </w:r>
             <w:r w:rsidR="005554D8" w:rsidRPr="00F13BD8">
               <w:t>parole,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve"> they must be released at expiration of term.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56E9CDA9" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="56E9CDA9" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Where parole has been denied, prisoner is not eligible for early discharge</w:t>
             </w:r>
             <w:r w:rsidR="00F13BD8" w:rsidRPr="00F13BD8">
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="3C219275" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7189E693" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">Federal </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="525F94A1" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t xml:space="preserve">Parole </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D5CED0" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="37D5CED0" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve">Commonwealth parole order. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="206BD1BD" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="206BD1BD" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve">If not released on parole or re-entry release, must be released on expiration of term </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="635A00C5" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="635A00C5" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Where Commonwealth parole has been denied, prisoner is not eligible for early discharge.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EDC7FDA" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="0EDC7FDA" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>(Ensure the prisoner is not also serving a State sentence, requiring a State parole order)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="6844E4D7" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EFC582F" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D0006D" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t>Recognisance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03AD5175" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="03AD5175" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Must have a signed recognisance order by prisoner.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A44462C" w14:textId="2C11C07C" w:rsidR="00204AA0" w:rsidRPr="0008325A" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="3A44462C" w14:textId="2C11C07C" w:rsidR="00204AA0" w:rsidRPr="0008325A" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>If not released on Recognisance or re-entry release, must be released on expiration of term</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="6C572DAF" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73759E32" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t>Joint Federal and State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0242E891" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t>Parole/recognisance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="567F4A6D" w14:textId="3CCD8350" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00A54777">
+          <w:p w14:paraId="567F4A6D" w14:textId="3CCD8350" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t>Must have both relevant orders.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00204AA0" w:rsidRPr="00204AA0" w14:paraId="32912F23" w14:textId="77777777" w:rsidTr="00A64FCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6780769A" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00204AA0">
               <w:t>Interstate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4652DEAB" w14:textId="77777777" w:rsidR="00204AA0" w:rsidRPr="00204AA0" w:rsidRDefault="00204AA0" w:rsidP="00FC1708">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74350F19" w14:textId="51708B23" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="003128BE">
+          <w:p w14:paraId="74350F19" w14:textId="51708B23" w:rsidR="00204AA0" w:rsidRPr="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00917C6A">
             <w:pPr>
               <w:pStyle w:val="ListBullet4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:ind w:left="346" w:hanging="346"/>
             </w:pPr>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve">Upon transfer, interstate sentence is deemed to have been imposed by a WA Court. </w:t>
             </w:r>
             <w:r w:rsidR="00EE1076" w:rsidRPr="00F13BD8">
               <w:t>Therefore,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F13BD8">
               <w:t xml:space="preserve"> the WA conditions set out above apply.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15E16DA8" w14:textId="5C90DA8C" w:rsidR="00F13BD8" w:rsidRDefault="00204AA0" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00204AA0">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Expiration of term means </w:t>
@@ -18351,109 +19098,109 @@
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (juvenile) as applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253D3F17" w14:textId="77777777" w:rsidR="00EE1076" w:rsidRDefault="00F13BD8" w:rsidP="00ED2C01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13BD8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="143" w:name="_Hlk87517838"/>
+      <w:bookmarkStart w:id="147" w:name="_Hlk87517838"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="002F2CFE">
         <w:t xml:space="preserve">hese prisoners may be assessed for up to 10 days early discharge on the grounds of special welfare or compassionate grounds or </w:t>
       </w:r>
       <w:r>
         <w:t>to facilitate transportation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="143"/>
+      <w:bookmarkEnd w:id="147"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD399B7" w14:textId="6E563E03" w:rsidR="00C30ADE" w:rsidRPr="000B3504" w:rsidRDefault="00C30ADE" w:rsidP="00B32CFA">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="144" w:name="Section_1_–_Before_placing_the_prisoner_"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="146"/>
+      <w:bookmarkStart w:id="148" w:name="Section_1_–_Before_placing_the_prisoner_"/>
+      <w:bookmarkStart w:id="149" w:name="Section_2_–_Preparing_the_prisoner_for_r"/>
+      <w:bookmarkStart w:id="150" w:name="_Appendix_B:_List"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:bookmarkEnd w:id="150"/>
     </w:p>
     <w:sectPr w:rsidR="00C30ADE" w:rsidRPr="000B3504" w:rsidSect="00ED2C01">
-      <w:headerReference w:type="even" r:id="rId52"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId55"/>
+      <w:headerReference w:type="even" r:id="rId53"/>
+      <w:headerReference w:type="default" r:id="rId54"/>
+      <w:footerReference w:type="default" r:id="rId55"/>
+      <w:headerReference w:type="first" r:id="rId56"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1361" w:right="1270" w:bottom="1134" w:left="1304" w:header="567" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="284F0A80" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
+    <w:p w14:paraId="0CCAA22C" w14:textId="77777777" w:rsidR="006E577C" w:rsidRDefault="006E577C" w:rsidP="00ED2C01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29EB24FB" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
+    <w:p w14:paraId="52BC1D1B" w14:textId="77777777" w:rsidR="006E577C" w:rsidRDefault="006E577C" w:rsidP="00ED2C01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -18493,56 +19240,55 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E368915" w14:textId="35E4615F" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
@@ -18619,58 +19365,58 @@
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>25</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="279304E5" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
+    <w:p w14:paraId="05A4AADD" w14:textId="77777777" w:rsidR="006E577C" w:rsidRDefault="006E577C" w:rsidP="00ED2C01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0ED8E26D" w14:textId="77777777" w:rsidR="00832A30" w:rsidRDefault="00832A30" w:rsidP="00ED2C01">
+    <w:p w14:paraId="1E472A03" w14:textId="77777777" w:rsidR="006E577C" w:rsidRDefault="006E577C" w:rsidP="00ED2C01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="64A6E0F9" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D3AA9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Court Security and Custodial Services Act 1999</w:t>
@@ -19370,106 +20116,459 @@
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s. </w:t>
       </w:r>
       <w:r w:rsidRPr="00286F96">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>116 Sentence Administration Act 2003</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="618B0523" w14:textId="69BF569B" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:p w14:paraId="32D4C4BC" w14:textId="1450E60A" w:rsidR="0096432D" w:rsidRDefault="0096432D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E95C29B" wp14:editId="5BBCB2E9">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="269029916" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0A07E4F3" w14:textId="6BE6E1B7" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0096432D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7E95C29B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsrW28CQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm245PbbB/6EKzzmDR&#10;C9QDC4wcXPcHlO64Aw8yzDjoDKTsuEgz4DRF/maabcusSLMgOd5eaPL/D5Y/Hrf22ZEwfIEBFxgJ&#10;6a2vPDrjPIN0On6xU4JxpPB0oU0MgXB0lmVxU5SUcAx9LOefyzKiZNefrfPhqwBNolFTh1tJZLHj&#10;xocx9ZwSaxlYd0qlzSjzmwMxoye7dhitMOyGqe0dNCecxsG4aG/5usOaG+bDM3O4WRwA1Rqe8JAK&#10;+prCZFHSgvvxN3/MR8IxSkmPSqmpQSlTor4ZXEQUVTKK27zM8ebO7t3ZMAd9D6i/Ap+C5cmMeUGd&#10;TelAv6KOV7EQhpjhWK6m4Wzeh1Gy+A64WK1SEurHsrAxW8sjdOQpkvgyvDJnJ6YDrugRzjJi1RvC&#10;x9z4p7erQ0Da0zYipyORE9WovbTP6Z1Ecf96T1nX17z8CQAA//8DAFBLAwQUAAYACAAAACEADF4C&#10;DtoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhjUEsJcaoKqYfeSguc&#10;3XhJAvE6irdt6NezcIHLSqMZzbwtFmPo1BGH1EayYCYZKKQq+pZqCy+71c0cVGJH3nWR0MIXJliU&#10;lxeFy3080TMet1wrKaGUOwsNc59rnaoGg0uT2COJ9x6H4FjkUGs/uJOUh07fZtlMB9eSLDSux6cG&#10;q8/tIVhop8vIBl/Xq4+3YKI5b9bT88ba66tx+QiKceS/MPzgCzqUwrSPB/JJdRbkEf694s1nD6D2&#10;Fu7NHeiy0P/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALK1tvAkCAAAVBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADF4CDtoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0A07E4F3" w14:textId="6BE6E1B7" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0096432D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="618B0523" w14:textId="3700DE46" w:rsidR="00C836D3" w:rsidRDefault="0096432D" w:rsidP="00ED2C01">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="375BE1B2" wp14:editId="4472D30C">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1480054464" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0702CB55" w14:textId="113F3F3E" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0096432D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="375BE1B2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsUutrDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeeuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOu22nYRaZI+pF8fFrcDlqRo3C+A1PTYpZTIgyHpjP7mv54Xn+4&#10;ocQHZhqmwIianoSnt8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/e+zFIlwlfSsHDo5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6h7Fhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/OG7tkyNh+AoDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDNwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jWvut9Bc8KhHIz79pavOyy9YT48MYcLxjlQtOER&#10;D6mgrymcLUpacD//5o/5yDtGKelRMDU1qGhK1HeD+4jaSkbxJS9zvLnJvZsMc9B3gDIs8EVYnsyY&#10;F9RkSgf6BeW8ioUwxAzHcjUNk3kXRuXic+BitUpJKCPLwsZsLY/Qka7I5fPwwpw9Ex5wUw8wqYlV&#10;b3gfc+Of3q4OAdlPS4nUjkSeGUcJprWen0vU+Ot7yro+6uUvAAAA//8DAFBLAwQUAAYACAAAACEA&#10;DF4CDtoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhjUEsJcaoKqYfe&#10;Sguc3XhJAvE6irdt6NezcIHLSqMZzbwtFmPo1BGH1EayYCYZKKQq+pZqCy+71c0cVGJH3nWR0MIX&#10;JliUlxeFy3080TMet1wrKaGUOwsNc59rnaoGg0uT2COJ9x6H4FjkUGs/uJOUh07fZtlMB9eSLDSu&#10;x6cGq8/tIVhop8vIBl/Xq4+3YKI5b9bT88ba66tx+QiKceS/MPzgCzqUwrSPB/JJdRbkEf694s1n&#10;D6D2Fu7NHeiy0P/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7FLrawwCAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADF4CDtoAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0702CB55" w14:textId="113F3F3E" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0096432D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00C836D3">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D73ED2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>COPP 14.6 – Prisoners Release from Custody</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> v 0.1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2D50EEE0" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4343219A" w14:textId="299D7233" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:p w14:paraId="4343219A" w14:textId="4A207C91" w:rsidR="00C836D3" w:rsidRDefault="0096432D" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B57A66F" wp14:editId="79A36C2E">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3502025</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>971550</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="428023163" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="15A33E33" w14:textId="3295EC9E" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0096432D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5B57A66F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:275.75pt;margin-top:76.5pt;width:43.45pt;height:35.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbkzwtDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1nU/d76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo7jNyxxvbnLvJsMc9D2gDAt8EZYn&#10;M+YFNZnSgX5FOa9iIQwxw7FcTcNk3odRufgcuFitUhLKyLKwMVvLI3SkK3L5MrwyZ8+EB9zUI0xq&#10;YtUb3sfc+Ke3q0NA9tNSIrUjkWfGUYJprefnEjX+6z1lXR/18icAAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBgWdb3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfoP1lTqrjgPjFAaB6FK&#10;LNhR+libeEhC43EUG0j5+k5X7XJ0j+6cW64m14sLjqHzpCGdJSCQam87ajS8v22eliBCNGRN7wk1&#10;fGOAVXV/V5rC+iu94mUfG8ElFAqjoY1xKKQMdYvOhJkfkDg7+tGZyOfYSDuaK5e7XmZJspDOdMQf&#10;WjPgS4v11/7sNHRq7WOKH9vN6dOlPr3ttuq20/rxYVo/g4g4xT8YfvVZHSp2Ovgz2SB6DUqlilEO&#10;VM6jmFjkyzmIg4Ysm+cgq1L+31D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFuTPC0O&#10;AgAAHAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEGB&#10;Z1vfAAAACwEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="15A33E33" w14:textId="3295EC9E" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0096432D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="320383B2" wp14:editId="6296C706">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>162560</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>230505</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1647825" cy="285750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
@@ -19532,104 +20631,100 @@
                                 </w:rPr>
                                 <w:t>Corrective Services</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="320383B2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:12.8pt;margin-top:18.15pt;width:129.75pt;height:22.5pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDd8Jc19gEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817INO3YEy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbcr++SUhwjvRXVgeBqydmd2eHmpjeaHaUPCm3FZ5MpZ9IKrJXdV/zH94d3&#10;a85CBFuDRisrfpKB32zfvtl0rpRzbFHX0jMCsaHsXMXbGF1ZFEG00kCYoJOWkg16A5FCvy9qDx2h&#10;G13Mp9OrokNfO49ChkB/74ck32b8ppEifm2aICPTFafeYl59XndpLbYbKPceXKvE2Ab8QxcGlKWi&#10;Z6h7iMAOXv0FZZTwGLCJE4GmwKZRQmYOxGY2fcXmqQUnMxcSJ7izTOH/wYovxyf3zbPYv8eeBphJ&#10;BPeI4mdgFu9asHt56z12rYSaCs+SZEXnQjleTVKHMiSQXfcZaxoyHCJmoL7xJqlCPBmh0wBOZ9Fl&#10;H5lIJa8Wq/V8yZmg3Hy9XC3zVAoon287H+JHiYalTcU9DTWjw/ExxNQNlM9HUjGLD0rrPFhtWVfx&#10;6yXBv8oYFcl3WpmKr6fpG5yQSH6wdb4cQelhTwW0HVknogPl2O96OpjY77A+EX+Pg7/oPdCmRf+b&#10;s468VfHw6wBecqY/WdLwerZYJDPmYLFczSnwl5ndZQasIKiKR86G7V3MBh4Y3ZLWjcoyvHQy9kqe&#10;yeqM/k6mvIzzqZdXuP0DAAD//wMAUEsDBBQABgAIAAAAIQAFr+5Y3AAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9PT4QwFMTvJn6H5pl4c1tACCKPjdF41bj+Sbx16Vsg0ldCuwt+e+tJj5OZzPym&#10;3q52FCea/eAYIdkoEMStMwN3CG+vj1clCB80Gz06JoRv8rBtzs9qXRm38AuddqETsYR9pRH6EKZK&#10;St/2ZLXfuIk4egc3Wx2inDtpZr3EcjvKVKlCWj1wXOj1RPc9tV+7o0V4fzp8flyr5+7B5tPiViXZ&#10;3kjEy4v17hZEoDX8heEXP6JDE5n27sjGixEhzYuYRMiKDET00zJPQOwRyiQD2dTy/4HmBwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN3wlzX2AQAAzQMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAWv7ljcAAAACAEAAA8AAAAAAAAAAAAAAAAAUAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="320383B2" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:12.8pt;margin-top:18.15pt;width:129.75pt;height:22.5pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGc+8R+wEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X5x4SZNaIVXXrtOk&#10;7kPq9gMIxjEacBmQ2Nmv7wW7adS9VfUD4vrCufece1hf9UaTg/RBgWV0NplSIq2AWtkdo79/3X1Y&#10;URIitzXXYCWjRxno1eb9u3XnKllCC7qWniCIDVXnGG1jdFVRBNFKw8MEnLSYbMAbHjH0u6L2vEN0&#10;o4tyOr0oOvC18yBkCPj3dkjSTcZvGinij6YJMhLNKPYW8+rzuk1rsVnzaue5a5UY2+Cv6MJwZbHo&#10;CeqWR072Xv0HZZTwEKCJEwGmgKZRQmYOyGY2fcHmoeVOZi4oTnAnmcLbwYrvhwf305PYf4IeB5hJ&#10;BHcP4k8gFm5abnfy2nvoWslrLDxLkhWdC9V4NUkdqpBAtt03qHHIfB8hA/WNN0kV5EkQHQdwPIku&#10;+0hEKnkxX67KBSUCc+VqsVzkqRS8errtfIhfJBiSNox6HGpG54f7EFM3vHo6kopZuFNa58FqSzpG&#10;LxcI/yJjVETfaWUYXU3TNzghkfxs63w5cqWHPRbQdmSdiA6UY7/tiaoZ/ZjuJhG2UB9RBg+DzfBZ&#10;4KYF/4+SDi3GaPi7515Sor9alPJyNp8nT+ZgvliWGPjzzPY8w61AKEYjJcP2JmYfD8SuUfJGZTWe&#10;OxlbRutkkUabJ2+ex/nU82PcPAIAAP//AwBQSwMEFAAGAAgAAAAhAAWv7ljcAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj09PhDAUxO8mfofmmXhzW0AIIo+N0XjVuP5JvHXpWyDSV0K7C35760mP&#10;k5nM/KbernYUJ5r94Bgh2SgQxK0zA3cIb6+PVyUIHzQbPTomhG/ysG3Oz2pdGbfwC512oROxhH2l&#10;EfoQpkpK3/Zktd+4iTh6BzdbHaKcO2lmvcRyO8pUqUJaPXBc6PVE9z21X7ujRXh/Onx+XKvn7sHm&#10;0+JWJdneSMTLi/XuFkSgNfyF4Rc/okMTmfbuyMaLESHNi5hEyIoMRPTTMk9A7BHKJAPZ1PL/geYH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxnPvEfsBAADUAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEABa/uWNwAAAAIAQAADwAAAAAAAAAAAAAA&#10;AABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:id w:val="-1483379727"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:bCs w:val="0"/>
                         <w:color w:val="auto"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="73622DD1" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRPr="00464E72" w:rsidRDefault="00C836D3" w:rsidP="006B7A0A">
                         <w:pPr>
                           <w:spacing w:before="0" w:after="0"/>
                         </w:pPr>
                         <w:r w:rsidRPr="006B7A0A">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Corrective Services</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE01170" wp14:editId="1DA396B3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2543810</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-17145</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3971925" cy="542925"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="21" name="Text Box 21"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -19647,96 +20742,102 @@
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="30561466" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
                           <w:pPr>
                             <w:pStyle w:val="Publicationtitle"/>
+                            <w:rPr>
+                              <w:rFonts w:hint="eastAsia"/>
+                            </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="4BE01170" id="Text Box 21" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:200.3pt;margin-top:-1.35pt;width:312.75pt;height:42.75pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhXop2ewIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSbsacYqsRYcB&#10;QVusHXpWZCkxKouaxMTOfv0o2Xmg26XDLjYlfqT4+MjpdVsbtlU+VGALPjwbcKashLKyq4L/eL77&#10;9JmzgMKWwoBVBd+pwK9nHz9MG5erEazBlMozcmJD3riCrxFdnmVBrlUtwhk4ZUmpwdcC6ehXWelF&#10;Q95rk40Gg4usAV86D1KFQLe3nZLPkn+tlcQHrYNCZgpOsWH6+vRdxm82m4p85YVbV7IPQ/xDFLWo&#10;LD16cHUrULCNr/5wVVfSQwCNZxLqDLSupEo5UDbDwZtsntbCqZQLFSe4Q5nC/3Mr77dP7tEzbL9A&#10;Sw1MSQS3APkaqDZZ40LeY2JNQx4IHRNtta/jn1JgZEi13R3qqVpkki7Pry6HV6MJZ5J0k/EoytHp&#10;0dr5gF8V1CwKBffUrxSB2C4CdtA9JD5m4a4yJvXMWNYU/OJ8MkgGBw05NzZiVep+7+YYeZJwZ1TE&#10;GPtdaVaVKYF4kXinboxnW0GMEVIqi8M+6ISOKE1BvMewxx+jeo9xlwdZpJfB4sG4riz4rmFxXI5h&#10;l6/7kHWH7xsZurxjCbBdtpR47DiVM94sodwRETx0MxKcvKuoKQsR8FF4GgpqMQ06PtBHG6DiQy9x&#10;tgb/62/3EU9cJS1nDQ1ZwcPPjfCKM/PNEouvhuNxnMp0GE8uR3Twp5rlqcZu6hugrgxppTiZxIhH&#10;sxe1h/qF9sE8vkoqYSW9XXDcizfYjT7tE6nm8wSiOXQCF/bJyT3/I+We2xfhXc9LJEbfw34cRf6G&#10;nh029sfCfIOgq8TdY1X7+tMMJ/b3+yYuidNzQh234uw3AAAA//8DAFBLAwQUAAYACAAAACEAh/zw&#10;xd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAxA70j8Q2Qkblu6CkZV6k5TpQkJwWFj&#10;F25uk7UViVOabCt8PdmJHS0/PT8Xq8kacdKj7x0jLOYJCM2NUz23CPuPzSwD4QOxIuNYI/xoD6vy&#10;9qagXLkzb/VpF1oRJexzQuhCGHIpfdNpS37uBs1xd3CjpRDHsZVqpHOUWyPTJFlKSz3HCx0Nuup0&#10;87U7WoTXavNO2zq12a+pXt4O6+F7//mIeH83rZ9BBD2Ffxgu+TEdythUuyMrLwzCQ7RHFGGWPoG4&#10;AEm6XICoEbI0A1kW8vqF8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhXop2ewIAAF0F&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH/PDF3wAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAANUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="4BE01170" id="Text Box 21" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:200.3pt;margin-top:-1.35pt;width:312.75pt;height:42.75pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgKRlAewIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSbsacYqsRYcB&#10;QVusHXpWZCkxKouaxMTOfv0o2Xmg26XDLjYlfqT4+MjpdVsbtlU+VGALPjwbcKashLKyq4L/eL77&#10;9JmzgMKWwoBVBd+pwK9nHz9MG5erEazBlMozcmJD3riCrxFdnmVBrlUtwhk4ZUmpwdcC6ehXWelF&#10;Q95rk40Gg4usAV86D1KFQLe3nZLPkn+tlcQHrYNCZgpOsWH6+vRdxm82m4p85YVbV7IPQ/xDFLWo&#10;LD16cHUrULCNr/5wVVfSQwCNZxLqDLSupEo5UDbDwZtsntbCqZQLFSe4Q5nC/3Mr77dP7tEzbL9A&#10;Sw1MSQS3APkaqDZZ40LeY2JNQx4IHRNtta/jn1JgZEi13R3qqVpkki7Pry6HV6MJZ5J0k/EoytHp&#10;0dr5gF8V1CwKBffUrxSB2C4CdtA9JD5m4a4yJvXMWNYU/OJ8MkgGBw05NzZiVep+7+YYeZJwZ1TE&#10;GPtdaVaVKYF4kXinboxnW0GMEVIqi8M+6ISOKE1BvMewxx+jeo9xlwdZpJfB4sG4riz4rmFxXI5h&#10;l6/7kHWH7xsZurxjCbBdtpR4wccxuXizhHJHRPDQzUhw8q6ipixEwEfhaSioxTTo+EAfbYCKD73E&#10;2Rr8r7/dRzxxlbScNTRkBQ8/N8Irzsw3Syy+Go7HcSrTYTy5HNHBn2qWpxq7qW+AujKkleJkEiMe&#10;zV7UHuoX2gfz+CqphJX0dsFxL95gN/q0T6SazxOI5tAJXNgnJ/f8j5R7bl+Edz0vkRh9D/txFPkb&#10;enbY2B8L8w2CrhJ3j1Xt608znNjf75u4JE7PCXXcirPfAAAA//8DAFBLAwQUAAYACAAAACEAh/zw&#10;xd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAxA70j8Q2Qkblu6CkZV6k5TpQkJwWFj&#10;F25uk7UViVOabCt8PdmJHS0/PT8Xq8kacdKj7x0jLOYJCM2NUz23CPuPzSwD4QOxIuNYI/xoD6vy&#10;9qagXLkzb/VpF1oRJexzQuhCGHIpfdNpS37uBs1xd3CjpRDHsZVqpHOUWyPTJFlKSz3HCx0Nuup0&#10;87U7WoTXavNO2zq12a+pXt4O6+F7//mIeH83rZ9BBD2Ffxgu+TEdythUuyMrLwzCQ7RHFGGWPoG4&#10;AEm6XICoEbI0A1kW8vqF8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAgKRlAewIAAF0F&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH/PDF3wAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAANUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="30561466" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
                     <w:pPr>
                       <w:pStyle w:val="Publicationtitle"/>
+                      <w:rPr>
+                        <w:rFonts w:hint="eastAsia"/>
+                      </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E09E45B" wp14:editId="0C8A5BC4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-29210</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>-59055</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7580630" cy="10719435"/>
           <wp:effectExtent l="0" t="0" r="1270" b="5715"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="govOfWA_DOJ_222.eps"/>
@@ -19751,235 +20852,490 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7580630" cy="10719435"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4CB6D8D3" w14:textId="77350DD2" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:p w14:paraId="4CB6D8D3" w14:textId="7B9169FA" w:rsidR="00C836D3" w:rsidRDefault="0096432D" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="149B8D6A" wp14:editId="7E8D4F37">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1747103444" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2CECE02E" w14:textId="16610CB8" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0096432D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="149B8D6A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYryGdDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jXYyNT9DpoTDuVg3Le3fN1h6Q3z4Zk5XDDOgaIN&#10;T3hIBX1N4WxR0oL78Td/zEfeMUpJj4KpqUFFU6K+GdxH1FYyitu8zPHmJvduMsxB3wPKsMAXYXky&#10;Y15Qkykd6FeU8yoWwhAzHMvVNEzmfRiVi8+Bi9UqJaGMLAsbs7U8Qke6Ipcvwytz9kx4wE09wqQm&#10;Vr3hfcyNf3q7OgRkPy0lUjsSeWYcJZjWen4uUeO/3lPW9VEvfwIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAxeAg7aAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoY1BLCXGqCqmH&#10;3koLnN14SQLxOoq3bejXs3CBy0qjGc28LRZj6NQRh9RGsmAmGSikKvqWagsvu9XNHFRiR951kdDC&#10;FyZYlJcXhct9PNEzHrdcKymhlDsLDXOfa52qBoNLk9gjifceh+BY5FBrP7iTlIdO32bZTAfXkiw0&#10;rsenBqvP7SFYaKfLyAZf16uPt2CiOW/W0/PG2uurcfkIinHkvzD84As6lMK0jwfySXUW5BH+veLN&#10;Zw+g9hbuzR3ostD/2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFivIZ0NAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAxeAg7aAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2CECE02E" w14:textId="16610CB8" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0096432D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
   <w:p w14:paraId="1DA903D4" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01"/>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61B6E9CE" w14:textId="6ED411B4" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:p w14:paraId="61B6E9CE" w14:textId="7B407590" w:rsidR="00C836D3" w:rsidRDefault="0096432D" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
-    <w:r w:rsidRPr="001232E0">
+    <w:r>
+      <w:rPr>
+        <w:bCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74ECCB38" wp14:editId="430E09DD">
+              <wp:simplePos x="828675" y="360680"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1610133846" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="775F07DE" w14:textId="13BDC8F6" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0096432D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="74ECCB38" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251664384;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvbvbbDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDueuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;pcQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/lN1oNrrAMuvEfvwxiky4QvpeDhSUovAlE1xd5COl06d/HMlgtW7R2zbcfPbbB/6EKzzmDR&#10;C9QDC4wcXPcHlO64Aw8yzDjoDKTsuEgz4DRF/maabcusSLMgOd5eaPL/D5Y/Hrf22ZEwfIEBFxgJ&#10;6a2vPDrjPIN0On6xU4JxpPB0oU0MgXB0lmVxW5SUcAx9LOefyjKiZNefrfPhqwBNolFTh1tJZLHj&#10;xocxdUqJtQysO6XSZpT5zYGY0ZNdO4xWGHYD6Zqa3kzd76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo/iclzne3OTeTYY56HtAGRb4IixP&#10;ZswLajKlA/2Kcl7FQhhihmO5mobJvA+jcvE5cLFapSSUkWVhY7aWR+hIV+TyZXhlzp4JD7ipR5jU&#10;xKo3vI+58U9vV4eA7KelRGpHIs+MowTTWs/PJWr813vKuj7q5U8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMXgIO2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqGNQSwlxqgqp&#10;h95KC5zdeEkC8TqKt23o17NwgctKoxnNvC0WY+jUEYfURrJgJhkopCr6lmoLL7vVzRxUYkfedZHQ&#10;whcmWJSXF4XLfTzRMx63XCspoZQ7Cw1zn2udqgaDS5PYI4n3HofgWORQaz+4k5SHTt9m2UwH15Is&#10;NK7Hpwarz+0hWGiny8gGX9erj7dgojlv1tPzxtrrq3H5CIpx5L8w/OALOpTCtI8H8kl1FuQR/r3i&#10;zWcPoPYW7s0d6LLQ/9nLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDvbvbbDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMXgIO2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="775F07DE" w14:textId="13BDC8F6" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0096432D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00C836D3" w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001232E0">
+    <w:r w:rsidR="00C836D3" w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001232E0">
+    <w:r w:rsidR="00C836D3" w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B0571" w:rsidRPr="002B0571">
+    <w:r w:rsidR="00452B3E" w:rsidRPr="00452B3E">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>COPP 14.6 – Prisoners Release from Custody</w:t>
     </w:r>
-    <w:r w:rsidRPr="001232E0">
+    <w:r w:rsidR="00C836D3" w:rsidRPr="001232E0">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C836D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> v</w:t>
     </w:r>
-    <w:r w:rsidR="00C6622F">
+    <w:r w:rsidR="000F2529">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="002F11B4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="41347BA6" w14:textId="77777777" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="680044D0" w14:textId="29D8A4BF" w:rsidR="00C836D3" w:rsidRDefault="00C836D3" w:rsidP="00ED2C01">
+  <w:p w14:paraId="680044D0" w14:textId="0F357577" w:rsidR="00C836D3" w:rsidRDefault="0096432D" w:rsidP="00ED2C01">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10E82129" wp14:editId="711F5A5A">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1589711664" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="76C7E399" w14:textId="6D7360F6" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0096432D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="10E82129" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1033" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCC0UTmDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDee2MOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;pcQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvitigp4Rj6WM5vyjKiZNefrfPhqwBNolFTh1tJZLHj&#10;xocxdUqJtQysO6XSZpT5zYGY0ZNdO4xWGHYD6Zqa3kzd76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo/iclzne3OTeTYY56HtAGRb4IixP&#10;ZswLajKlA/2Kcl7FQhhihmO5mobJvA+jcvE5cLFapSSUkWVhY7aWR+hIV+TyZXhlzp4JD7ipR5jU&#10;xKo3vI+58U9vV4eA7KelRGpHIs+MowTTWs/PJWr813vKuj7q5U8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMXgIO2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqGNQSwlxqgqp&#10;h95KC5zdeEkC8TqKt23o17NwgctKoxnNvC0WY+jUEYfURrJgJhkopCr6lmoLL7vVzRxUYkfedZHQ&#10;whcmWJSXF4XLfTzRMx63XCspoZQ7Cw1zn2udqgaDS5PYI4n3HofgWORQaz+4k5SHTt9m2UwH15Is&#10;NK7Hpwarz+0hWGiny8gGX9erj7dgojlv1tPzxtrrq3H5CIpx5L8w/OALOpTCtI8H8kl1FuQR/r3i&#10;zWcPoPYW7s0d6LLQ/9nLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCC0UTmDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMXgIO2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="76C7E399" w14:textId="6D7360F6" w:rsidR="0096432D" w:rsidRPr="0096432D" w:rsidRDefault="0096432D" w:rsidP="0096432D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0096432D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="03DA65ED"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B65515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F54304C"/>
     <w:lvl w:ilvl="0" w:tplc="0C090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20021,51 +21377,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B8113D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9FD07FF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
@@ -20262,51 +21618,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A825111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73C48C6E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20375,51 +21731,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BE21530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F767D18"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20488,137 +21844,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19631793"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B028812"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1996" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2716" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20687,140 +21957,140 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7756" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C605218"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21376979"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="386CEA16"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090017">
+    <w:tmpl w:val="909662E8"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2226" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2946" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3666" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4386" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="213C2355"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32EE0ED5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="782EFB50"/>
+    <w:tmpl w:val="5B9870C4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
@@ -20886,510 +22156,57 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...451 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33B90BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD783F3C"/>
     <w:lvl w:ilvl="0" w:tplc="4EF4538E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
@@ -21455,51 +22272,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38222F5B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B1F8ED32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -21565,51 +22382,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38CE7B84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5424694"/>
     <w:lvl w:ilvl="0" w:tplc="A98264C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21657,51 +22474,143 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="392921FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="20F82232"/>
+    <w:lvl w:ilvl="0" w:tplc="44501FF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4249375C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F687D6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21773,51 +22682,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43D90D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CCE5CD4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21886,51 +22795,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44F647EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A92869E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -21975,250 +22884,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...198 lines deleted...]
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B1944FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1B3E63F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22314,309 +23024,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...257 lines deleted...]
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6098628A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A72A97F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22712,167 +23164,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6E0A56DA"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="652B7555"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4EA8D258"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="B512FCAC"/>
+    <w:tmpl w:val="DD0EF55A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:i w:val="0"/>
         <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
@@ -22916,51 +23255,255 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E0A56DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4EA8D258"/>
+    <w:lvl w:ilvl="0" w:tplc="193450F6">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74A23C95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B512FCAC"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FD4723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D222CBA"/>
     <w:lvl w:ilvl="0" w:tplc="312E38C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -23010,51 +23553,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="771772CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8FC7AEC"/>
     <w:lvl w:ilvl="0" w:tplc="0C090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1996" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2716" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23096,1174 +23639,911 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6316" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7036" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7756" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="78773D6D"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D061F07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="92DEB846"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="7270A1F2"/>
+    <w:lvl w:ilvl="0" w:tplc="5FE0709E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1866" w:hanging="360"/>
+        <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2586" w:hanging="360"/>
+        <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3306" w:hanging="360"/>
+        <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4026" w:hanging="360"/>
+        <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4746" w:hanging="360"/>
+        <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5466" w:hanging="360"/>
+        <w:ind w:left="5454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6186" w:hanging="360"/>
+        <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6906" w:hanging="360"/>
+        <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7626" w:hanging="360"/>
+        <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-[...311 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="676078161">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1798137563">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="759378319">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2025589357">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2065827713">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1190677976">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="713624521">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1609124316">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1137843862">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="333266517">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1654866804">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="497161427">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="407389333">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1798524257">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="174923707">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1798137563">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="16" w16cid:durableId="1262952162">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="449738257">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="17" w16cid:durableId="643698247">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="227888312">
+  <w:num w:numId="18" w16cid:durableId="232593362">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="759378319">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="19" w16cid:durableId="1921787457">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2025589357">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="20" w16cid:durableId="70389499">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1356006749">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="21" w16cid:durableId="882592543">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2065827713">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="22" w16cid:durableId="2124372759">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1028916680">
-[...3 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="23" w16cid:durableId="1812868287">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="646662851">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="24" w16cid:durableId="747576016">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1588927837">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="25" w16cid:durableId="102767023">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="587663858">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="763648902">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="4331097">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1195995128">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1508710530">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="357196534">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1609578256">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1266184849">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="268466208">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="221597546">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="72626085">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1828324636">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1553808592">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="90709006">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="2025008190">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1824081713">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="41" w16cid:durableId="567690496">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1190677976">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="42" w16cid:durableId="419067451">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1939867352">
-[...3 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="43" w16cid:durableId="1085568149">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1010253970">
-[...11 lines deleted...]
-  <w:num w:numId="20" w16cid:durableId="333266517">
+  <w:num w:numId="44" w16cid:durableId="534928462">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1654866804">
-[...77 lines deleted...]
-  <w:numIdMacAtCleanup w:val="24"/>
+  <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CTqoSzC6SitA3FrdCXtxkUelLcuz2GfVDiSHfBiuJpUkPaNuyVFVeQW5HSHIr6qwoPmQCoeOLLcHMRhZmv4Tpw==" w:salt="q0q6vg7ha9QLJ7Q3TrBFIQ=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="04U4O086NjJoDkXVU8o+QY0nhbIk8cILs4Xn1hvaAkr3/miOucUTWqa0H3D5G+LKUc+ZtCKjhRXn31spbdFVNw==" w:salt="ndkZb7+aQVjjYGIqN1ydnQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F11E97"/>
     <w:rsid w:val="00000D58"/>
     <w:rsid w:val="00001207"/>
     <w:rsid w:val="000043B7"/>
     <w:rsid w:val="00006290"/>
     <w:rsid w:val="000068E4"/>
     <w:rsid w:val="00013613"/>
     <w:rsid w:val="000159BE"/>
     <w:rsid w:val="00016726"/>
     <w:rsid w:val="000169B3"/>
     <w:rsid w:val="00017D94"/>
     <w:rsid w:val="0002059A"/>
+    <w:rsid w:val="0002085E"/>
     <w:rsid w:val="00022B5B"/>
     <w:rsid w:val="00024E77"/>
     <w:rsid w:val="00025A24"/>
     <w:rsid w:val="00026682"/>
     <w:rsid w:val="0002796B"/>
     <w:rsid w:val="00027B11"/>
     <w:rsid w:val="000300CC"/>
     <w:rsid w:val="00032461"/>
     <w:rsid w:val="00033EDF"/>
     <w:rsid w:val="000352E0"/>
     <w:rsid w:val="00036191"/>
     <w:rsid w:val="000363B9"/>
     <w:rsid w:val="00045668"/>
     <w:rsid w:val="0004589D"/>
     <w:rsid w:val="00045F51"/>
     <w:rsid w:val="00046D1B"/>
+    <w:rsid w:val="000508D9"/>
     <w:rsid w:val="00051DCB"/>
     <w:rsid w:val="000526A8"/>
     <w:rsid w:val="0005414A"/>
     <w:rsid w:val="00056DE5"/>
     <w:rsid w:val="00057951"/>
     <w:rsid w:val="00057E0E"/>
     <w:rsid w:val="00060C04"/>
     <w:rsid w:val="00062608"/>
     <w:rsid w:val="00062E78"/>
     <w:rsid w:val="00063C12"/>
     <w:rsid w:val="00065076"/>
     <w:rsid w:val="00065B44"/>
     <w:rsid w:val="00066350"/>
     <w:rsid w:val="0007222A"/>
     <w:rsid w:val="00072BA7"/>
     <w:rsid w:val="000731E9"/>
     <w:rsid w:val="00073751"/>
     <w:rsid w:val="00073E9B"/>
     <w:rsid w:val="000755EE"/>
     <w:rsid w:val="0007686C"/>
+    <w:rsid w:val="0007792A"/>
     <w:rsid w:val="00082BDE"/>
     <w:rsid w:val="0008325A"/>
     <w:rsid w:val="0008326D"/>
     <w:rsid w:val="00083562"/>
     <w:rsid w:val="00083ECD"/>
+    <w:rsid w:val="00084FF9"/>
     <w:rsid w:val="00086A17"/>
+    <w:rsid w:val="0009252A"/>
     <w:rsid w:val="000925A5"/>
     <w:rsid w:val="00093974"/>
     <w:rsid w:val="0009417B"/>
     <w:rsid w:val="00094972"/>
+    <w:rsid w:val="000977CD"/>
     <w:rsid w:val="000A00AB"/>
     <w:rsid w:val="000A013B"/>
     <w:rsid w:val="000A200B"/>
     <w:rsid w:val="000A34D8"/>
     <w:rsid w:val="000A58BA"/>
     <w:rsid w:val="000A5B4D"/>
     <w:rsid w:val="000A7359"/>
     <w:rsid w:val="000A791B"/>
     <w:rsid w:val="000B00BF"/>
     <w:rsid w:val="000B04A8"/>
     <w:rsid w:val="000B052B"/>
     <w:rsid w:val="000B3504"/>
     <w:rsid w:val="000B57D6"/>
     <w:rsid w:val="000B6320"/>
     <w:rsid w:val="000B652A"/>
     <w:rsid w:val="000B68C4"/>
     <w:rsid w:val="000C037F"/>
     <w:rsid w:val="000C4C77"/>
     <w:rsid w:val="000C4E92"/>
     <w:rsid w:val="000C54EB"/>
     <w:rsid w:val="000D008C"/>
     <w:rsid w:val="000D140B"/>
+    <w:rsid w:val="000D63E3"/>
     <w:rsid w:val="000D6408"/>
     <w:rsid w:val="000D69A3"/>
     <w:rsid w:val="000D77FE"/>
     <w:rsid w:val="000E1110"/>
     <w:rsid w:val="000E2136"/>
+    <w:rsid w:val="000E34AD"/>
+    <w:rsid w:val="000E363E"/>
     <w:rsid w:val="000E3EE8"/>
     <w:rsid w:val="000E407E"/>
     <w:rsid w:val="000E40AF"/>
     <w:rsid w:val="000E726F"/>
     <w:rsid w:val="000F14D4"/>
     <w:rsid w:val="000F1A2F"/>
+    <w:rsid w:val="000F2529"/>
     <w:rsid w:val="000F2C66"/>
     <w:rsid w:val="000F4337"/>
     <w:rsid w:val="000F4AC7"/>
     <w:rsid w:val="000F7531"/>
     <w:rsid w:val="000F7943"/>
+    <w:rsid w:val="000F79EC"/>
     <w:rsid w:val="000F7A2E"/>
     <w:rsid w:val="00100324"/>
     <w:rsid w:val="00100FE1"/>
+    <w:rsid w:val="00102882"/>
     <w:rsid w:val="00102F56"/>
     <w:rsid w:val="00103390"/>
     <w:rsid w:val="001035D6"/>
     <w:rsid w:val="001036D4"/>
     <w:rsid w:val="001043ED"/>
     <w:rsid w:val="00104BA4"/>
     <w:rsid w:val="00104FB4"/>
     <w:rsid w:val="00105946"/>
     <w:rsid w:val="00106CAB"/>
     <w:rsid w:val="00107270"/>
     <w:rsid w:val="0010764E"/>
     <w:rsid w:val="00107E87"/>
     <w:rsid w:val="00110078"/>
     <w:rsid w:val="00110571"/>
     <w:rsid w:val="00111738"/>
     <w:rsid w:val="00111B52"/>
     <w:rsid w:val="00111C14"/>
+    <w:rsid w:val="00111E68"/>
     <w:rsid w:val="00113076"/>
     <w:rsid w:val="00113737"/>
     <w:rsid w:val="00113996"/>
     <w:rsid w:val="00114D1D"/>
+    <w:rsid w:val="00114DAF"/>
     <w:rsid w:val="001153A6"/>
     <w:rsid w:val="00115668"/>
     <w:rsid w:val="001158E9"/>
+    <w:rsid w:val="00121617"/>
     <w:rsid w:val="0012211E"/>
+    <w:rsid w:val="001223C6"/>
     <w:rsid w:val="00122456"/>
     <w:rsid w:val="001232E0"/>
     <w:rsid w:val="0012389F"/>
     <w:rsid w:val="00123B71"/>
     <w:rsid w:val="00125662"/>
     <w:rsid w:val="00125A0F"/>
     <w:rsid w:val="00126611"/>
     <w:rsid w:val="00130B79"/>
     <w:rsid w:val="00130BD5"/>
     <w:rsid w:val="00131037"/>
     <w:rsid w:val="00131A8B"/>
     <w:rsid w:val="0013402D"/>
     <w:rsid w:val="001351F9"/>
     <w:rsid w:val="001363C5"/>
     <w:rsid w:val="00136BC7"/>
     <w:rsid w:val="001370AD"/>
     <w:rsid w:val="00137580"/>
     <w:rsid w:val="00140BCB"/>
     <w:rsid w:val="0014106E"/>
     <w:rsid w:val="00141186"/>
+    <w:rsid w:val="00142916"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="0014651C"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="001500E4"/>
     <w:rsid w:val="0015137A"/>
     <w:rsid w:val="00151B10"/>
+    <w:rsid w:val="00153C15"/>
     <w:rsid w:val="00153E1F"/>
     <w:rsid w:val="00155864"/>
     <w:rsid w:val="001568D7"/>
     <w:rsid w:val="00160131"/>
     <w:rsid w:val="001605B3"/>
     <w:rsid w:val="00160A16"/>
     <w:rsid w:val="00161B62"/>
+    <w:rsid w:val="0016320E"/>
     <w:rsid w:val="00163A0C"/>
     <w:rsid w:val="00166F6E"/>
     <w:rsid w:val="001677CF"/>
     <w:rsid w:val="00167DC1"/>
+    <w:rsid w:val="00167E39"/>
     <w:rsid w:val="00170BF2"/>
     <w:rsid w:val="00171489"/>
     <w:rsid w:val="00171CBF"/>
     <w:rsid w:val="00172D73"/>
+    <w:rsid w:val="00173388"/>
+    <w:rsid w:val="00173E33"/>
     <w:rsid w:val="0017449E"/>
     <w:rsid w:val="001757E8"/>
     <w:rsid w:val="0017604B"/>
     <w:rsid w:val="0017747E"/>
     <w:rsid w:val="00177AF7"/>
+    <w:rsid w:val="001840AD"/>
+    <w:rsid w:val="00184841"/>
     <w:rsid w:val="00184928"/>
     <w:rsid w:val="001911A6"/>
     <w:rsid w:val="00192E5F"/>
     <w:rsid w:val="00193880"/>
     <w:rsid w:val="00193C2D"/>
     <w:rsid w:val="001959DD"/>
     <w:rsid w:val="00197F9F"/>
     <w:rsid w:val="001A1145"/>
     <w:rsid w:val="001A25B0"/>
     <w:rsid w:val="001A3A77"/>
     <w:rsid w:val="001A3F63"/>
     <w:rsid w:val="001A558F"/>
     <w:rsid w:val="001A5D14"/>
     <w:rsid w:val="001B1F83"/>
     <w:rsid w:val="001B222E"/>
     <w:rsid w:val="001B29EF"/>
     <w:rsid w:val="001B5180"/>
     <w:rsid w:val="001B6AB8"/>
     <w:rsid w:val="001C08EA"/>
     <w:rsid w:val="001C0B1A"/>
     <w:rsid w:val="001C23BC"/>
     <w:rsid w:val="001C374C"/>
     <w:rsid w:val="001C4A11"/>
+    <w:rsid w:val="001C6492"/>
     <w:rsid w:val="001C69E9"/>
     <w:rsid w:val="001C79A3"/>
     <w:rsid w:val="001E0AD5"/>
     <w:rsid w:val="001E0D03"/>
     <w:rsid w:val="001E261A"/>
     <w:rsid w:val="001E3B30"/>
+    <w:rsid w:val="001E458B"/>
     <w:rsid w:val="001E5BA4"/>
     <w:rsid w:val="001E710F"/>
     <w:rsid w:val="001E7AC7"/>
     <w:rsid w:val="001F0676"/>
     <w:rsid w:val="001F6B7D"/>
     <w:rsid w:val="00200D17"/>
     <w:rsid w:val="0020131A"/>
     <w:rsid w:val="00203A73"/>
     <w:rsid w:val="00203D76"/>
     <w:rsid w:val="00204AA0"/>
     <w:rsid w:val="00205B7E"/>
     <w:rsid w:val="00205D7B"/>
     <w:rsid w:val="00206001"/>
     <w:rsid w:val="00206D05"/>
     <w:rsid w:val="0020723F"/>
     <w:rsid w:val="00207AAF"/>
+    <w:rsid w:val="00207CD8"/>
     <w:rsid w:val="00211EF7"/>
     <w:rsid w:val="002161B9"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="00220A34"/>
     <w:rsid w:val="00221AF8"/>
     <w:rsid w:val="00222134"/>
     <w:rsid w:val="00224A74"/>
     <w:rsid w:val="00226E23"/>
     <w:rsid w:val="002300E9"/>
     <w:rsid w:val="002321F3"/>
     <w:rsid w:val="00232364"/>
     <w:rsid w:val="002337D5"/>
+    <w:rsid w:val="002342F1"/>
     <w:rsid w:val="00234CFF"/>
     <w:rsid w:val="00236A60"/>
     <w:rsid w:val="0024060E"/>
     <w:rsid w:val="0024215E"/>
     <w:rsid w:val="00242B9D"/>
     <w:rsid w:val="00244A2A"/>
     <w:rsid w:val="002456EA"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
     <w:rsid w:val="00250C62"/>
     <w:rsid w:val="00254316"/>
     <w:rsid w:val="00261D08"/>
     <w:rsid w:val="002633D1"/>
     <w:rsid w:val="002651A8"/>
     <w:rsid w:val="00265D40"/>
     <w:rsid w:val="002667B2"/>
     <w:rsid w:val="00270779"/>
     <w:rsid w:val="00270988"/>
     <w:rsid w:val="0027341A"/>
     <w:rsid w:val="00275F09"/>
     <w:rsid w:val="0027609B"/>
+    <w:rsid w:val="00280B72"/>
+    <w:rsid w:val="0028339E"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="0028676A"/>
     <w:rsid w:val="00286EB3"/>
     <w:rsid w:val="00286F96"/>
     <w:rsid w:val="00287365"/>
     <w:rsid w:val="00287BF4"/>
     <w:rsid w:val="00290050"/>
     <w:rsid w:val="0029261E"/>
     <w:rsid w:val="0029308D"/>
     <w:rsid w:val="00293BEA"/>
     <w:rsid w:val="002949F2"/>
     <w:rsid w:val="002949F3"/>
     <w:rsid w:val="002953C0"/>
     <w:rsid w:val="00295952"/>
     <w:rsid w:val="002972FC"/>
     <w:rsid w:val="002A0391"/>
     <w:rsid w:val="002A13BA"/>
     <w:rsid w:val="002A327D"/>
     <w:rsid w:val="002A6037"/>
     <w:rsid w:val="002A74BC"/>
     <w:rsid w:val="002B0232"/>
     <w:rsid w:val="002B0571"/>
     <w:rsid w:val="002B1D5E"/>
     <w:rsid w:val="002B2B99"/>
     <w:rsid w:val="002C168D"/>
+    <w:rsid w:val="002C2202"/>
     <w:rsid w:val="002C49CE"/>
     <w:rsid w:val="002C4A1F"/>
     <w:rsid w:val="002C6474"/>
     <w:rsid w:val="002D0782"/>
     <w:rsid w:val="002D2F76"/>
+    <w:rsid w:val="002D5EF0"/>
     <w:rsid w:val="002D6943"/>
     <w:rsid w:val="002E0D88"/>
     <w:rsid w:val="002E44E7"/>
     <w:rsid w:val="002E4BA8"/>
     <w:rsid w:val="002E5756"/>
     <w:rsid w:val="002E5BBD"/>
     <w:rsid w:val="002E6B5D"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002E7E7D"/>
     <w:rsid w:val="002F10B6"/>
     <w:rsid w:val="002F11B4"/>
     <w:rsid w:val="002F12A2"/>
     <w:rsid w:val="002F1B0B"/>
     <w:rsid w:val="002F2CFE"/>
+    <w:rsid w:val="002F3E12"/>
     <w:rsid w:val="002F44BC"/>
+    <w:rsid w:val="002F4907"/>
     <w:rsid w:val="002F5C3D"/>
     <w:rsid w:val="002F5D2D"/>
     <w:rsid w:val="00300D0D"/>
     <w:rsid w:val="0030192F"/>
     <w:rsid w:val="00302144"/>
     <w:rsid w:val="003035D2"/>
     <w:rsid w:val="00303712"/>
     <w:rsid w:val="00303D70"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="003114B7"/>
+    <w:rsid w:val="0031184F"/>
     <w:rsid w:val="003128BE"/>
     <w:rsid w:val="0031346A"/>
     <w:rsid w:val="00314DCA"/>
     <w:rsid w:val="00315E8E"/>
     <w:rsid w:val="003171DF"/>
     <w:rsid w:val="00321925"/>
+    <w:rsid w:val="003224AE"/>
     <w:rsid w:val="00322643"/>
     <w:rsid w:val="00323BBF"/>
     <w:rsid w:val="003253AA"/>
     <w:rsid w:val="0032676E"/>
     <w:rsid w:val="003304C4"/>
+    <w:rsid w:val="003357DB"/>
+    <w:rsid w:val="00335E1C"/>
+    <w:rsid w:val="00336499"/>
     <w:rsid w:val="00337421"/>
     <w:rsid w:val="003404E7"/>
     <w:rsid w:val="00343560"/>
     <w:rsid w:val="00346764"/>
+    <w:rsid w:val="00350843"/>
     <w:rsid w:val="00350915"/>
+    <w:rsid w:val="003543A1"/>
     <w:rsid w:val="003544C0"/>
     <w:rsid w:val="00354527"/>
     <w:rsid w:val="00360134"/>
     <w:rsid w:val="00360CB6"/>
     <w:rsid w:val="0036288E"/>
     <w:rsid w:val="00362A21"/>
     <w:rsid w:val="0036330A"/>
     <w:rsid w:val="003636B9"/>
     <w:rsid w:val="00366CED"/>
     <w:rsid w:val="00367BAB"/>
     <w:rsid w:val="00367E98"/>
     <w:rsid w:val="00370E2E"/>
     <w:rsid w:val="003758DE"/>
     <w:rsid w:val="00377C70"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="003825A8"/>
     <w:rsid w:val="0038369E"/>
+    <w:rsid w:val="00383C11"/>
     <w:rsid w:val="00383F17"/>
     <w:rsid w:val="00386469"/>
     <w:rsid w:val="00387402"/>
     <w:rsid w:val="003945C0"/>
     <w:rsid w:val="00394E12"/>
     <w:rsid w:val="00395BE4"/>
     <w:rsid w:val="00397E46"/>
     <w:rsid w:val="003A080D"/>
     <w:rsid w:val="003A0A5F"/>
     <w:rsid w:val="003A25EA"/>
     <w:rsid w:val="003A3509"/>
     <w:rsid w:val="003A3F21"/>
     <w:rsid w:val="003A5BC3"/>
     <w:rsid w:val="003A5E3C"/>
     <w:rsid w:val="003B3880"/>
     <w:rsid w:val="003B5328"/>
+    <w:rsid w:val="003B5491"/>
     <w:rsid w:val="003B5E5A"/>
     <w:rsid w:val="003B68B0"/>
     <w:rsid w:val="003B7DA2"/>
     <w:rsid w:val="003C13C2"/>
     <w:rsid w:val="003C1B90"/>
+    <w:rsid w:val="003C1C04"/>
     <w:rsid w:val="003C28CB"/>
     <w:rsid w:val="003C297F"/>
     <w:rsid w:val="003D0049"/>
     <w:rsid w:val="003D3C46"/>
     <w:rsid w:val="003D3DBC"/>
+    <w:rsid w:val="003D481F"/>
     <w:rsid w:val="003D50AD"/>
     <w:rsid w:val="003D708E"/>
     <w:rsid w:val="003E0F1A"/>
     <w:rsid w:val="003E14F0"/>
     <w:rsid w:val="003E2D04"/>
     <w:rsid w:val="003E5E6D"/>
     <w:rsid w:val="003E5F52"/>
     <w:rsid w:val="003E6615"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003E704E"/>
     <w:rsid w:val="003E73EF"/>
     <w:rsid w:val="003E7CC5"/>
     <w:rsid w:val="003E7FA3"/>
     <w:rsid w:val="003F1C4E"/>
     <w:rsid w:val="003F22D1"/>
+    <w:rsid w:val="003F307D"/>
     <w:rsid w:val="003F3F4D"/>
     <w:rsid w:val="003F6180"/>
+    <w:rsid w:val="003F6259"/>
+    <w:rsid w:val="003F625A"/>
     <w:rsid w:val="003F6D9C"/>
     <w:rsid w:val="0040003C"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="00402A17"/>
     <w:rsid w:val="00404CD6"/>
     <w:rsid w:val="00406104"/>
     <w:rsid w:val="00406DA3"/>
+    <w:rsid w:val="004076F1"/>
     <w:rsid w:val="0040796F"/>
     <w:rsid w:val="004100CE"/>
     <w:rsid w:val="00410215"/>
+    <w:rsid w:val="0041122A"/>
     <w:rsid w:val="00412E0C"/>
     <w:rsid w:val="0041379E"/>
+    <w:rsid w:val="004146B1"/>
     <w:rsid w:val="00414CA5"/>
     <w:rsid w:val="00414D2E"/>
     <w:rsid w:val="004152AB"/>
+    <w:rsid w:val="004153FE"/>
     <w:rsid w:val="00420C9C"/>
     <w:rsid w:val="00421559"/>
     <w:rsid w:val="004241E9"/>
+    <w:rsid w:val="004249BC"/>
     <w:rsid w:val="0042546F"/>
     <w:rsid w:val="00426175"/>
     <w:rsid w:val="00430497"/>
     <w:rsid w:val="00434FC4"/>
+    <w:rsid w:val="00436501"/>
     <w:rsid w:val="004407EA"/>
     <w:rsid w:val="00440CC2"/>
     <w:rsid w:val="00444095"/>
     <w:rsid w:val="00444282"/>
     <w:rsid w:val="0044436C"/>
     <w:rsid w:val="004444BE"/>
     <w:rsid w:val="0044495F"/>
     <w:rsid w:val="00445E1C"/>
+    <w:rsid w:val="00446CED"/>
     <w:rsid w:val="00446DCE"/>
     <w:rsid w:val="004470AA"/>
     <w:rsid w:val="00452128"/>
+    <w:rsid w:val="00452B3E"/>
     <w:rsid w:val="00453120"/>
     <w:rsid w:val="00453D59"/>
     <w:rsid w:val="00453F4A"/>
     <w:rsid w:val="00454BA2"/>
     <w:rsid w:val="004565F9"/>
+    <w:rsid w:val="0045682D"/>
     <w:rsid w:val="00456C36"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="00460234"/>
     <w:rsid w:val="00460B65"/>
     <w:rsid w:val="0046168F"/>
     <w:rsid w:val="00462E4D"/>
     <w:rsid w:val="00464E72"/>
     <w:rsid w:val="00465698"/>
     <w:rsid w:val="004658FE"/>
     <w:rsid w:val="004667C8"/>
     <w:rsid w:val="004710A2"/>
     <w:rsid w:val="00471B16"/>
     <w:rsid w:val="004730F8"/>
     <w:rsid w:val="004746D0"/>
     <w:rsid w:val="00475426"/>
     <w:rsid w:val="00476DDF"/>
     <w:rsid w:val="0047722E"/>
     <w:rsid w:val="00477606"/>
     <w:rsid w:val="00477D4D"/>
+    <w:rsid w:val="00480470"/>
+    <w:rsid w:val="00480DBE"/>
     <w:rsid w:val="004812E9"/>
     <w:rsid w:val="00482C80"/>
     <w:rsid w:val="00484CC5"/>
     <w:rsid w:val="00485641"/>
     <w:rsid w:val="00490500"/>
     <w:rsid w:val="0049079D"/>
     <w:rsid w:val="004921B1"/>
     <w:rsid w:val="0049296C"/>
     <w:rsid w:val="00493E13"/>
     <w:rsid w:val="00495616"/>
     <w:rsid w:val="004977EB"/>
     <w:rsid w:val="004A2259"/>
     <w:rsid w:val="004A2B3E"/>
     <w:rsid w:val="004A6CEA"/>
     <w:rsid w:val="004B0119"/>
     <w:rsid w:val="004B03F4"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="004B35A6"/>
     <w:rsid w:val="004B5B9C"/>
     <w:rsid w:val="004B6106"/>
     <w:rsid w:val="004B624C"/>
     <w:rsid w:val="004B6D6D"/>
     <w:rsid w:val="004B7BAC"/>
     <w:rsid w:val="004C0195"/>
     <w:rsid w:val="004C040F"/>
@@ -24307,1140 +24587,1265 @@
     <w:rsid w:val="005057F6"/>
     <w:rsid w:val="00506AD0"/>
     <w:rsid w:val="00507E51"/>
     <w:rsid w:val="00512536"/>
     <w:rsid w:val="00512F0B"/>
     <w:rsid w:val="00514F70"/>
     <w:rsid w:val="00516A5F"/>
     <w:rsid w:val="005201EA"/>
     <w:rsid w:val="00521AF0"/>
     <w:rsid w:val="00523C5A"/>
     <w:rsid w:val="00524911"/>
     <w:rsid w:val="005258A2"/>
     <w:rsid w:val="00526447"/>
     <w:rsid w:val="005265F8"/>
     <w:rsid w:val="0052661D"/>
     <w:rsid w:val="00526BE1"/>
     <w:rsid w:val="00527A30"/>
     <w:rsid w:val="00531EFE"/>
     <w:rsid w:val="00532ACA"/>
     <w:rsid w:val="00533359"/>
     <w:rsid w:val="0053367B"/>
     <w:rsid w:val="00534EA1"/>
     <w:rsid w:val="0053610E"/>
     <w:rsid w:val="00537783"/>
     <w:rsid w:val="005401D7"/>
+    <w:rsid w:val="005414F8"/>
     <w:rsid w:val="0054256B"/>
     <w:rsid w:val="005427A0"/>
     <w:rsid w:val="00544DB0"/>
     <w:rsid w:val="005451CF"/>
     <w:rsid w:val="005459BE"/>
     <w:rsid w:val="00546461"/>
     <w:rsid w:val="00554385"/>
     <w:rsid w:val="005554D8"/>
     <w:rsid w:val="005555DF"/>
     <w:rsid w:val="00556F49"/>
     <w:rsid w:val="0055789C"/>
     <w:rsid w:val="00560ACD"/>
     <w:rsid w:val="005612C3"/>
     <w:rsid w:val="00562A8D"/>
     <w:rsid w:val="00564365"/>
     <w:rsid w:val="005657AE"/>
     <w:rsid w:val="00565D55"/>
     <w:rsid w:val="00565ED1"/>
     <w:rsid w:val="00567C33"/>
     <w:rsid w:val="00570735"/>
     <w:rsid w:val="005713FF"/>
     <w:rsid w:val="0057344C"/>
     <w:rsid w:val="005734C4"/>
+    <w:rsid w:val="00573D9A"/>
     <w:rsid w:val="00574A98"/>
     <w:rsid w:val="005750A0"/>
     <w:rsid w:val="0057581A"/>
     <w:rsid w:val="00575DA9"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="0058009D"/>
     <w:rsid w:val="00581563"/>
+    <w:rsid w:val="00581AA3"/>
     <w:rsid w:val="00581E56"/>
     <w:rsid w:val="00585DAC"/>
     <w:rsid w:val="00591E24"/>
     <w:rsid w:val="00592112"/>
     <w:rsid w:val="0059334A"/>
     <w:rsid w:val="00593480"/>
     <w:rsid w:val="005954DB"/>
     <w:rsid w:val="00596021"/>
+    <w:rsid w:val="005A3482"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005A7A98"/>
     <w:rsid w:val="005B07C4"/>
     <w:rsid w:val="005B17D9"/>
     <w:rsid w:val="005B2B33"/>
     <w:rsid w:val="005B482B"/>
     <w:rsid w:val="005B532C"/>
+    <w:rsid w:val="005B56E9"/>
     <w:rsid w:val="005B64A6"/>
     <w:rsid w:val="005B6F28"/>
     <w:rsid w:val="005B6F4D"/>
     <w:rsid w:val="005B7030"/>
     <w:rsid w:val="005B749B"/>
     <w:rsid w:val="005C132B"/>
     <w:rsid w:val="005C2357"/>
     <w:rsid w:val="005C2BAB"/>
     <w:rsid w:val="005C3740"/>
+    <w:rsid w:val="005D18F2"/>
     <w:rsid w:val="005D205E"/>
     <w:rsid w:val="005D3139"/>
     <w:rsid w:val="005D6FDB"/>
     <w:rsid w:val="005D7F7E"/>
     <w:rsid w:val="005E0E5C"/>
+    <w:rsid w:val="005E369D"/>
     <w:rsid w:val="005E435A"/>
     <w:rsid w:val="005E4A10"/>
     <w:rsid w:val="005E4AB2"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E6251"/>
     <w:rsid w:val="005E7295"/>
+    <w:rsid w:val="005E7472"/>
     <w:rsid w:val="005F1525"/>
     <w:rsid w:val="005F209E"/>
     <w:rsid w:val="005F4556"/>
     <w:rsid w:val="005F4A83"/>
     <w:rsid w:val="005F5CBB"/>
     <w:rsid w:val="005F73C1"/>
     <w:rsid w:val="005F7497"/>
     <w:rsid w:val="005F78BB"/>
     <w:rsid w:val="00602C50"/>
     <w:rsid w:val="00602CD7"/>
+    <w:rsid w:val="00603DA8"/>
     <w:rsid w:val="00604111"/>
+    <w:rsid w:val="0060460F"/>
     <w:rsid w:val="0060633E"/>
+    <w:rsid w:val="00606D11"/>
     <w:rsid w:val="00607951"/>
+    <w:rsid w:val="0061178B"/>
     <w:rsid w:val="006125E3"/>
     <w:rsid w:val="00614AAA"/>
     <w:rsid w:val="00615EEB"/>
+    <w:rsid w:val="00616110"/>
     <w:rsid w:val="00617EBD"/>
     <w:rsid w:val="0062061C"/>
     <w:rsid w:val="0062412D"/>
     <w:rsid w:val="00626451"/>
     <w:rsid w:val="00626D5F"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="00631A84"/>
     <w:rsid w:val="0063226D"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00634B9B"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="00637CB4"/>
+    <w:rsid w:val="006408EF"/>
     <w:rsid w:val="00642A14"/>
+    <w:rsid w:val="00643CD0"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
     <w:rsid w:val="00646991"/>
     <w:rsid w:val="0064701F"/>
     <w:rsid w:val="00652640"/>
     <w:rsid w:val="006540F2"/>
     <w:rsid w:val="006546B7"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="0065710B"/>
+    <w:rsid w:val="00657166"/>
     <w:rsid w:val="00660152"/>
+    <w:rsid w:val="00662350"/>
     <w:rsid w:val="00662CA2"/>
     <w:rsid w:val="00663216"/>
     <w:rsid w:val="00663830"/>
     <w:rsid w:val="0066409D"/>
     <w:rsid w:val="00664180"/>
     <w:rsid w:val="00665526"/>
     <w:rsid w:val="00666679"/>
     <w:rsid w:val="0066696C"/>
     <w:rsid w:val="006676FB"/>
     <w:rsid w:val="00667A6C"/>
     <w:rsid w:val="006701F5"/>
     <w:rsid w:val="006714A0"/>
     <w:rsid w:val="00671A2E"/>
     <w:rsid w:val="00672D93"/>
     <w:rsid w:val="00673ABC"/>
     <w:rsid w:val="00675631"/>
     <w:rsid w:val="00675D38"/>
     <w:rsid w:val="006808BA"/>
     <w:rsid w:val="00680BD1"/>
     <w:rsid w:val="00682774"/>
     <w:rsid w:val="006833FA"/>
     <w:rsid w:val="006866C4"/>
+    <w:rsid w:val="00692161"/>
     <w:rsid w:val="006950BF"/>
     <w:rsid w:val="006969ED"/>
     <w:rsid w:val="0069789B"/>
     <w:rsid w:val="006A0019"/>
     <w:rsid w:val="006A0278"/>
+    <w:rsid w:val="006A0F49"/>
     <w:rsid w:val="006A1090"/>
     <w:rsid w:val="006A19C4"/>
     <w:rsid w:val="006A4B4F"/>
+    <w:rsid w:val="006A5038"/>
     <w:rsid w:val="006A7C7A"/>
     <w:rsid w:val="006A7D94"/>
     <w:rsid w:val="006B174D"/>
+    <w:rsid w:val="006B1CB5"/>
+    <w:rsid w:val="006B2A27"/>
     <w:rsid w:val="006B3601"/>
     <w:rsid w:val="006B3945"/>
     <w:rsid w:val="006B4A33"/>
+    <w:rsid w:val="006B524E"/>
     <w:rsid w:val="006B5C33"/>
     <w:rsid w:val="006B64DA"/>
     <w:rsid w:val="006B7A0A"/>
     <w:rsid w:val="006C0748"/>
     <w:rsid w:val="006C3F1F"/>
     <w:rsid w:val="006C4341"/>
     <w:rsid w:val="006C4B3B"/>
     <w:rsid w:val="006C4F83"/>
     <w:rsid w:val="006C53B8"/>
     <w:rsid w:val="006C5E0C"/>
     <w:rsid w:val="006C68A7"/>
     <w:rsid w:val="006C6A01"/>
     <w:rsid w:val="006C6B4F"/>
     <w:rsid w:val="006D055F"/>
     <w:rsid w:val="006D2F9A"/>
+    <w:rsid w:val="006D49E8"/>
     <w:rsid w:val="006D517F"/>
     <w:rsid w:val="006D5978"/>
     <w:rsid w:val="006E3282"/>
     <w:rsid w:val="006E4B1F"/>
+    <w:rsid w:val="006E577C"/>
     <w:rsid w:val="006E5F13"/>
     <w:rsid w:val="006F2A74"/>
     <w:rsid w:val="006F2BE6"/>
     <w:rsid w:val="006F4B0B"/>
+    <w:rsid w:val="006F4B90"/>
     <w:rsid w:val="006F61DF"/>
     <w:rsid w:val="006F653E"/>
     <w:rsid w:val="00701458"/>
     <w:rsid w:val="0070163F"/>
     <w:rsid w:val="00701EAD"/>
     <w:rsid w:val="0070297D"/>
     <w:rsid w:val="00703849"/>
     <w:rsid w:val="007068D3"/>
     <w:rsid w:val="00711C79"/>
     <w:rsid w:val="00711ED5"/>
     <w:rsid w:val="00712BDB"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="00716AA6"/>
     <w:rsid w:val="00720247"/>
+    <w:rsid w:val="007215A8"/>
     <w:rsid w:val="007224BC"/>
     <w:rsid w:val="0072275F"/>
     <w:rsid w:val="00726FA6"/>
     <w:rsid w:val="007271D9"/>
     <w:rsid w:val="00727B5B"/>
     <w:rsid w:val="00730C4F"/>
     <w:rsid w:val="00731E5B"/>
     <w:rsid w:val="00731E9E"/>
     <w:rsid w:val="007322D5"/>
     <w:rsid w:val="0073349D"/>
     <w:rsid w:val="007334EC"/>
     <w:rsid w:val="00734E70"/>
     <w:rsid w:val="007365ED"/>
     <w:rsid w:val="0074069B"/>
     <w:rsid w:val="00743C88"/>
     <w:rsid w:val="007444AC"/>
     <w:rsid w:val="00744D58"/>
     <w:rsid w:val="0074513E"/>
     <w:rsid w:val="0074637D"/>
     <w:rsid w:val="00746ADB"/>
     <w:rsid w:val="00752A9E"/>
     <w:rsid w:val="007539A5"/>
     <w:rsid w:val="007548E7"/>
     <w:rsid w:val="00757125"/>
     <w:rsid w:val="0075763E"/>
     <w:rsid w:val="00762505"/>
     <w:rsid w:val="0076451F"/>
     <w:rsid w:val="00764EDB"/>
     <w:rsid w:val="00765342"/>
     <w:rsid w:val="00765AE7"/>
     <w:rsid w:val="00767B06"/>
     <w:rsid w:val="00770CD6"/>
     <w:rsid w:val="00771533"/>
     <w:rsid w:val="00772882"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="0077590D"/>
     <w:rsid w:val="0077723F"/>
     <w:rsid w:val="007800F1"/>
     <w:rsid w:val="007802E5"/>
     <w:rsid w:val="00780557"/>
     <w:rsid w:val="00781324"/>
     <w:rsid w:val="0078370A"/>
     <w:rsid w:val="00784B5B"/>
     <w:rsid w:val="007879E6"/>
     <w:rsid w:val="00790502"/>
     <w:rsid w:val="0079123E"/>
     <w:rsid w:val="0079162F"/>
     <w:rsid w:val="007935A1"/>
+    <w:rsid w:val="007948BA"/>
     <w:rsid w:val="0079491D"/>
+    <w:rsid w:val="007958E4"/>
     <w:rsid w:val="00797173"/>
     <w:rsid w:val="007A0D3B"/>
+    <w:rsid w:val="007A0E52"/>
     <w:rsid w:val="007A1A9A"/>
     <w:rsid w:val="007A2A8A"/>
     <w:rsid w:val="007A6A46"/>
     <w:rsid w:val="007A6EDB"/>
     <w:rsid w:val="007A7648"/>
     <w:rsid w:val="007A7CFB"/>
     <w:rsid w:val="007B00F8"/>
     <w:rsid w:val="007B1829"/>
     <w:rsid w:val="007B364F"/>
     <w:rsid w:val="007B3F53"/>
+    <w:rsid w:val="007B4185"/>
     <w:rsid w:val="007B486A"/>
     <w:rsid w:val="007B50D0"/>
     <w:rsid w:val="007B79CD"/>
     <w:rsid w:val="007B7BB9"/>
     <w:rsid w:val="007B7E64"/>
     <w:rsid w:val="007C0DE0"/>
     <w:rsid w:val="007C31B5"/>
     <w:rsid w:val="007C4884"/>
     <w:rsid w:val="007C6399"/>
     <w:rsid w:val="007C78F9"/>
     <w:rsid w:val="007C7E9A"/>
     <w:rsid w:val="007D0DAD"/>
     <w:rsid w:val="007D0ED2"/>
     <w:rsid w:val="007D0F1E"/>
     <w:rsid w:val="007D139F"/>
     <w:rsid w:val="007D1DF1"/>
+    <w:rsid w:val="007D24F5"/>
     <w:rsid w:val="007D272B"/>
     <w:rsid w:val="007D2AAE"/>
     <w:rsid w:val="007D3AA9"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007D68E0"/>
     <w:rsid w:val="007D6DFA"/>
     <w:rsid w:val="007E00AC"/>
     <w:rsid w:val="007E0233"/>
     <w:rsid w:val="007E2279"/>
     <w:rsid w:val="007E3ACA"/>
     <w:rsid w:val="007E4A2A"/>
     <w:rsid w:val="007E67F4"/>
     <w:rsid w:val="007E6873"/>
     <w:rsid w:val="007F0B9F"/>
+    <w:rsid w:val="007F6FA1"/>
     <w:rsid w:val="007F73BF"/>
     <w:rsid w:val="007F7AD0"/>
     <w:rsid w:val="008000C6"/>
     <w:rsid w:val="00802391"/>
     <w:rsid w:val="00803710"/>
+    <w:rsid w:val="00805FD9"/>
     <w:rsid w:val="00810857"/>
     <w:rsid w:val="00810B2F"/>
     <w:rsid w:val="008114B3"/>
     <w:rsid w:val="00811ABE"/>
     <w:rsid w:val="00815155"/>
     <w:rsid w:val="00815DA3"/>
     <w:rsid w:val="00816360"/>
     <w:rsid w:val="008206EB"/>
     <w:rsid w:val="008225B7"/>
     <w:rsid w:val="0082362B"/>
     <w:rsid w:val="0082499D"/>
     <w:rsid w:val="008323F1"/>
-    <w:rsid w:val="00832A30"/>
     <w:rsid w:val="00833239"/>
     <w:rsid w:val="00833414"/>
     <w:rsid w:val="00836D8B"/>
     <w:rsid w:val="00841458"/>
+    <w:rsid w:val="0084251B"/>
     <w:rsid w:val="00844223"/>
     <w:rsid w:val="008516BE"/>
     <w:rsid w:val="00852DFA"/>
     <w:rsid w:val="00852EE4"/>
     <w:rsid w:val="00855768"/>
     <w:rsid w:val="00856A19"/>
     <w:rsid w:val="00857A48"/>
     <w:rsid w:val="00857B52"/>
     <w:rsid w:val="0086067A"/>
     <w:rsid w:val="00861B36"/>
     <w:rsid w:val="00862C1D"/>
     <w:rsid w:val="00862F24"/>
     <w:rsid w:val="008638D3"/>
+    <w:rsid w:val="00864612"/>
     <w:rsid w:val="00864640"/>
     <w:rsid w:val="00865B92"/>
     <w:rsid w:val="0086704C"/>
     <w:rsid w:val="008708E4"/>
     <w:rsid w:val="0087090C"/>
     <w:rsid w:val="00876593"/>
     <w:rsid w:val="00877B22"/>
     <w:rsid w:val="00882407"/>
     <w:rsid w:val="00882478"/>
+    <w:rsid w:val="008827A7"/>
     <w:rsid w:val="008835CA"/>
     <w:rsid w:val="0088381B"/>
     <w:rsid w:val="0088495B"/>
     <w:rsid w:val="0088640F"/>
     <w:rsid w:val="00886AB8"/>
     <w:rsid w:val="008872B1"/>
+    <w:rsid w:val="00890B88"/>
     <w:rsid w:val="00897540"/>
     <w:rsid w:val="008976B1"/>
     <w:rsid w:val="008A3670"/>
     <w:rsid w:val="008A390F"/>
     <w:rsid w:val="008A5191"/>
     <w:rsid w:val="008B21BB"/>
     <w:rsid w:val="008B24A2"/>
     <w:rsid w:val="008B24DA"/>
     <w:rsid w:val="008B2BFD"/>
     <w:rsid w:val="008B2C98"/>
     <w:rsid w:val="008B526C"/>
     <w:rsid w:val="008B5E88"/>
     <w:rsid w:val="008B62B2"/>
     <w:rsid w:val="008B687E"/>
     <w:rsid w:val="008B6F0B"/>
     <w:rsid w:val="008B76AA"/>
+    <w:rsid w:val="008B777E"/>
     <w:rsid w:val="008C00E2"/>
     <w:rsid w:val="008C1C4A"/>
+    <w:rsid w:val="008C214C"/>
     <w:rsid w:val="008C2579"/>
     <w:rsid w:val="008C4772"/>
     <w:rsid w:val="008C5DA4"/>
     <w:rsid w:val="008C6161"/>
     <w:rsid w:val="008C7BE7"/>
     <w:rsid w:val="008D0974"/>
+    <w:rsid w:val="008D2A10"/>
     <w:rsid w:val="008D3DE0"/>
     <w:rsid w:val="008D51C1"/>
     <w:rsid w:val="008D5570"/>
     <w:rsid w:val="008E0643"/>
     <w:rsid w:val="008E164E"/>
     <w:rsid w:val="008E1C94"/>
     <w:rsid w:val="008E2405"/>
     <w:rsid w:val="008E343E"/>
     <w:rsid w:val="008E3586"/>
+    <w:rsid w:val="008E657C"/>
     <w:rsid w:val="008E75FD"/>
     <w:rsid w:val="008E75FE"/>
+    <w:rsid w:val="008F1869"/>
     <w:rsid w:val="008F1D56"/>
+    <w:rsid w:val="008F1E48"/>
     <w:rsid w:val="008F5864"/>
     <w:rsid w:val="008F6352"/>
     <w:rsid w:val="00900C42"/>
     <w:rsid w:val="00901B44"/>
     <w:rsid w:val="00902002"/>
     <w:rsid w:val="009026A0"/>
+    <w:rsid w:val="00902A2A"/>
     <w:rsid w:val="00906B2F"/>
     <w:rsid w:val="00906C27"/>
     <w:rsid w:val="009074BF"/>
     <w:rsid w:val="0091065E"/>
     <w:rsid w:val="009110D3"/>
     <w:rsid w:val="009119CA"/>
     <w:rsid w:val="0091282E"/>
     <w:rsid w:val="009135EB"/>
+    <w:rsid w:val="00913B37"/>
     <w:rsid w:val="00914B7D"/>
+    <w:rsid w:val="00917C6A"/>
     <w:rsid w:val="009203DD"/>
     <w:rsid w:val="00920C29"/>
+    <w:rsid w:val="00921456"/>
+    <w:rsid w:val="0092224C"/>
     <w:rsid w:val="00922764"/>
     <w:rsid w:val="009227BF"/>
     <w:rsid w:val="00927F42"/>
     <w:rsid w:val="00930265"/>
     <w:rsid w:val="00930953"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="009312B7"/>
     <w:rsid w:val="0093210C"/>
     <w:rsid w:val="00932255"/>
+    <w:rsid w:val="0093356F"/>
     <w:rsid w:val="00934D27"/>
     <w:rsid w:val="009357F1"/>
     <w:rsid w:val="0093635C"/>
     <w:rsid w:val="009374EA"/>
     <w:rsid w:val="00937CBB"/>
     <w:rsid w:val="00940397"/>
+    <w:rsid w:val="00940B0C"/>
     <w:rsid w:val="00942AA6"/>
     <w:rsid w:val="0094316E"/>
     <w:rsid w:val="00943C99"/>
     <w:rsid w:val="00946419"/>
+    <w:rsid w:val="0094642C"/>
     <w:rsid w:val="00946936"/>
     <w:rsid w:val="00950E44"/>
     <w:rsid w:val="00951CB9"/>
     <w:rsid w:val="0095271D"/>
     <w:rsid w:val="00954DEC"/>
     <w:rsid w:val="009560FD"/>
     <w:rsid w:val="00956C90"/>
     <w:rsid w:val="00957CB1"/>
     <w:rsid w:val="0096091F"/>
     <w:rsid w:val="0096253B"/>
     <w:rsid w:val="00962B92"/>
+    <w:rsid w:val="0096432D"/>
     <w:rsid w:val="00964BA1"/>
     <w:rsid w:val="0096630A"/>
     <w:rsid w:val="00966ADC"/>
+    <w:rsid w:val="0097109B"/>
+    <w:rsid w:val="009748A7"/>
     <w:rsid w:val="00974EF9"/>
     <w:rsid w:val="00975C54"/>
     <w:rsid w:val="009774EC"/>
     <w:rsid w:val="00977649"/>
     <w:rsid w:val="009803AF"/>
     <w:rsid w:val="009814BD"/>
     <w:rsid w:val="00981869"/>
     <w:rsid w:val="009818D5"/>
     <w:rsid w:val="00981957"/>
     <w:rsid w:val="0098223B"/>
     <w:rsid w:val="00984E15"/>
+    <w:rsid w:val="00990B8C"/>
     <w:rsid w:val="00993E3F"/>
     <w:rsid w:val="0099479B"/>
     <w:rsid w:val="00995899"/>
     <w:rsid w:val="009962C0"/>
     <w:rsid w:val="00996A47"/>
     <w:rsid w:val="00996B9C"/>
     <w:rsid w:val="00997718"/>
     <w:rsid w:val="009A00E5"/>
     <w:rsid w:val="009A0226"/>
     <w:rsid w:val="009A03A2"/>
     <w:rsid w:val="009A0EEE"/>
+    <w:rsid w:val="009A0FFA"/>
     <w:rsid w:val="009A11C7"/>
     <w:rsid w:val="009A12B4"/>
     <w:rsid w:val="009A19E1"/>
     <w:rsid w:val="009A25A6"/>
     <w:rsid w:val="009A267A"/>
     <w:rsid w:val="009A660D"/>
     <w:rsid w:val="009B03B6"/>
+    <w:rsid w:val="009B0A4E"/>
     <w:rsid w:val="009B39A3"/>
     <w:rsid w:val="009B598F"/>
     <w:rsid w:val="009B674B"/>
     <w:rsid w:val="009B6A47"/>
     <w:rsid w:val="009B751B"/>
     <w:rsid w:val="009B7A37"/>
     <w:rsid w:val="009C08E4"/>
     <w:rsid w:val="009C0E85"/>
+    <w:rsid w:val="009C4266"/>
     <w:rsid w:val="009C4286"/>
     <w:rsid w:val="009D0CE4"/>
     <w:rsid w:val="009D0CE5"/>
     <w:rsid w:val="009D22F4"/>
     <w:rsid w:val="009D270E"/>
     <w:rsid w:val="009D2E68"/>
     <w:rsid w:val="009D5EC4"/>
+    <w:rsid w:val="009E02A1"/>
+    <w:rsid w:val="009E054E"/>
     <w:rsid w:val="009E1224"/>
     <w:rsid w:val="009E1BE1"/>
     <w:rsid w:val="009E201C"/>
     <w:rsid w:val="009E33E6"/>
     <w:rsid w:val="009F00AE"/>
     <w:rsid w:val="009F0552"/>
     <w:rsid w:val="009F0747"/>
     <w:rsid w:val="009F0C6F"/>
     <w:rsid w:val="009F16C3"/>
     <w:rsid w:val="009F1ACB"/>
     <w:rsid w:val="009F2147"/>
     <w:rsid w:val="009F26EA"/>
     <w:rsid w:val="009F385D"/>
     <w:rsid w:val="009F3F6E"/>
     <w:rsid w:val="009F4515"/>
     <w:rsid w:val="009F4D95"/>
     <w:rsid w:val="00A01661"/>
     <w:rsid w:val="00A0229D"/>
     <w:rsid w:val="00A04A92"/>
     <w:rsid w:val="00A05331"/>
     <w:rsid w:val="00A056DE"/>
     <w:rsid w:val="00A06AA9"/>
     <w:rsid w:val="00A07BE1"/>
     <w:rsid w:val="00A11080"/>
     <w:rsid w:val="00A1143C"/>
     <w:rsid w:val="00A125D4"/>
     <w:rsid w:val="00A1287A"/>
     <w:rsid w:val="00A12963"/>
     <w:rsid w:val="00A20032"/>
     <w:rsid w:val="00A23652"/>
     <w:rsid w:val="00A23902"/>
     <w:rsid w:val="00A24BE2"/>
     <w:rsid w:val="00A2549C"/>
     <w:rsid w:val="00A27E02"/>
+    <w:rsid w:val="00A304D2"/>
     <w:rsid w:val="00A31A48"/>
+    <w:rsid w:val="00A32B08"/>
     <w:rsid w:val="00A33F66"/>
     <w:rsid w:val="00A35221"/>
     <w:rsid w:val="00A35438"/>
     <w:rsid w:val="00A37664"/>
     <w:rsid w:val="00A410E5"/>
     <w:rsid w:val="00A41BCA"/>
     <w:rsid w:val="00A42540"/>
     <w:rsid w:val="00A43D05"/>
     <w:rsid w:val="00A443AC"/>
     <w:rsid w:val="00A45AB5"/>
     <w:rsid w:val="00A466AB"/>
     <w:rsid w:val="00A468BA"/>
     <w:rsid w:val="00A46B46"/>
     <w:rsid w:val="00A46CCE"/>
     <w:rsid w:val="00A473A8"/>
     <w:rsid w:val="00A47C9F"/>
     <w:rsid w:val="00A47CD5"/>
     <w:rsid w:val="00A47F2E"/>
+    <w:rsid w:val="00A512F7"/>
+    <w:rsid w:val="00A51A81"/>
     <w:rsid w:val="00A51BF5"/>
     <w:rsid w:val="00A5207B"/>
     <w:rsid w:val="00A54777"/>
     <w:rsid w:val="00A547EA"/>
     <w:rsid w:val="00A55428"/>
     <w:rsid w:val="00A563A5"/>
     <w:rsid w:val="00A57CA1"/>
+    <w:rsid w:val="00A60BB7"/>
     <w:rsid w:val="00A60BBB"/>
     <w:rsid w:val="00A648EF"/>
     <w:rsid w:val="00A64FCC"/>
     <w:rsid w:val="00A65328"/>
     <w:rsid w:val="00A6784C"/>
     <w:rsid w:val="00A67BC0"/>
     <w:rsid w:val="00A67F6D"/>
     <w:rsid w:val="00A70E29"/>
     <w:rsid w:val="00A70E3C"/>
     <w:rsid w:val="00A719FA"/>
     <w:rsid w:val="00A72709"/>
+    <w:rsid w:val="00A735A7"/>
     <w:rsid w:val="00A73995"/>
     <w:rsid w:val="00A7748E"/>
     <w:rsid w:val="00A77623"/>
+    <w:rsid w:val="00A80F8D"/>
+    <w:rsid w:val="00A8159E"/>
     <w:rsid w:val="00A820CD"/>
     <w:rsid w:val="00A8335D"/>
     <w:rsid w:val="00A84856"/>
     <w:rsid w:val="00A8531A"/>
     <w:rsid w:val="00A85348"/>
     <w:rsid w:val="00A85A47"/>
     <w:rsid w:val="00A867FD"/>
     <w:rsid w:val="00A87566"/>
     <w:rsid w:val="00A912E2"/>
     <w:rsid w:val="00A94A60"/>
     <w:rsid w:val="00A9554D"/>
     <w:rsid w:val="00A95B3B"/>
     <w:rsid w:val="00A960DB"/>
+    <w:rsid w:val="00A96417"/>
     <w:rsid w:val="00A968A5"/>
     <w:rsid w:val="00AA0633"/>
     <w:rsid w:val="00AA1BE1"/>
     <w:rsid w:val="00AA2B43"/>
     <w:rsid w:val="00AA303D"/>
     <w:rsid w:val="00AA3698"/>
     <w:rsid w:val="00AA49B7"/>
     <w:rsid w:val="00AA49BB"/>
     <w:rsid w:val="00AA5027"/>
     <w:rsid w:val="00AA5595"/>
     <w:rsid w:val="00AA6490"/>
     <w:rsid w:val="00AA66B2"/>
+    <w:rsid w:val="00AA6E8D"/>
     <w:rsid w:val="00AB046A"/>
     <w:rsid w:val="00AB4551"/>
     <w:rsid w:val="00AB4601"/>
     <w:rsid w:val="00AB4C13"/>
     <w:rsid w:val="00AB61B0"/>
     <w:rsid w:val="00AC2B7B"/>
     <w:rsid w:val="00AC4B1B"/>
     <w:rsid w:val="00AC5EAE"/>
+    <w:rsid w:val="00AC5F47"/>
     <w:rsid w:val="00AC7C66"/>
     <w:rsid w:val="00AD2FC6"/>
     <w:rsid w:val="00AD4C2B"/>
     <w:rsid w:val="00AD5052"/>
     <w:rsid w:val="00AE1F06"/>
     <w:rsid w:val="00AE26A4"/>
     <w:rsid w:val="00AE2DAA"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AE420F"/>
     <w:rsid w:val="00AE433C"/>
+    <w:rsid w:val="00AE5378"/>
     <w:rsid w:val="00AF1C92"/>
     <w:rsid w:val="00AF25C8"/>
     <w:rsid w:val="00AF36CB"/>
+    <w:rsid w:val="00AF4753"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF7A54"/>
     <w:rsid w:val="00AF7DDC"/>
     <w:rsid w:val="00B0083E"/>
     <w:rsid w:val="00B0124C"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B05F30"/>
+    <w:rsid w:val="00B07E39"/>
     <w:rsid w:val="00B11E6F"/>
     <w:rsid w:val="00B12280"/>
     <w:rsid w:val="00B12913"/>
     <w:rsid w:val="00B12E7F"/>
     <w:rsid w:val="00B139DE"/>
     <w:rsid w:val="00B15072"/>
     <w:rsid w:val="00B16071"/>
     <w:rsid w:val="00B1633F"/>
     <w:rsid w:val="00B16561"/>
+    <w:rsid w:val="00B20504"/>
     <w:rsid w:val="00B20AD0"/>
+    <w:rsid w:val="00B2282F"/>
     <w:rsid w:val="00B2306A"/>
     <w:rsid w:val="00B23506"/>
+    <w:rsid w:val="00B23DBE"/>
+    <w:rsid w:val="00B3100B"/>
     <w:rsid w:val="00B31ED5"/>
     <w:rsid w:val="00B32CFA"/>
     <w:rsid w:val="00B36262"/>
     <w:rsid w:val="00B415B4"/>
     <w:rsid w:val="00B4193B"/>
     <w:rsid w:val="00B41EAD"/>
     <w:rsid w:val="00B42562"/>
     <w:rsid w:val="00B431E9"/>
     <w:rsid w:val="00B43295"/>
     <w:rsid w:val="00B439E6"/>
     <w:rsid w:val="00B450F9"/>
+    <w:rsid w:val="00B45124"/>
     <w:rsid w:val="00B47DEB"/>
     <w:rsid w:val="00B50C9F"/>
     <w:rsid w:val="00B54359"/>
     <w:rsid w:val="00B5451A"/>
     <w:rsid w:val="00B54BB1"/>
     <w:rsid w:val="00B55368"/>
+    <w:rsid w:val="00B55DB1"/>
     <w:rsid w:val="00B561F1"/>
     <w:rsid w:val="00B6118E"/>
     <w:rsid w:val="00B6122D"/>
     <w:rsid w:val="00B635E8"/>
     <w:rsid w:val="00B6692F"/>
     <w:rsid w:val="00B675BB"/>
     <w:rsid w:val="00B8014D"/>
     <w:rsid w:val="00B81E72"/>
     <w:rsid w:val="00B832F9"/>
     <w:rsid w:val="00B839B3"/>
     <w:rsid w:val="00B840FB"/>
     <w:rsid w:val="00B84AE8"/>
     <w:rsid w:val="00B858A3"/>
     <w:rsid w:val="00B85CD1"/>
     <w:rsid w:val="00B872C5"/>
     <w:rsid w:val="00B90846"/>
+    <w:rsid w:val="00B92AD6"/>
     <w:rsid w:val="00B934BA"/>
     <w:rsid w:val="00B937D8"/>
     <w:rsid w:val="00B938B2"/>
     <w:rsid w:val="00B95511"/>
     <w:rsid w:val="00B95835"/>
     <w:rsid w:val="00B9646C"/>
     <w:rsid w:val="00B96BF4"/>
+    <w:rsid w:val="00B96F3B"/>
     <w:rsid w:val="00B9795F"/>
     <w:rsid w:val="00B97BBE"/>
     <w:rsid w:val="00BA10DC"/>
+    <w:rsid w:val="00BA2398"/>
     <w:rsid w:val="00BA4578"/>
+    <w:rsid w:val="00BA5F29"/>
     <w:rsid w:val="00BA6C5B"/>
     <w:rsid w:val="00BB048E"/>
     <w:rsid w:val="00BB2383"/>
     <w:rsid w:val="00BB30D7"/>
     <w:rsid w:val="00BB3638"/>
     <w:rsid w:val="00BB3D0A"/>
     <w:rsid w:val="00BB406F"/>
     <w:rsid w:val="00BB6820"/>
     <w:rsid w:val="00BB7450"/>
     <w:rsid w:val="00BC3869"/>
     <w:rsid w:val="00BC455F"/>
     <w:rsid w:val="00BC568D"/>
     <w:rsid w:val="00BD1683"/>
     <w:rsid w:val="00BD18BC"/>
     <w:rsid w:val="00BD260D"/>
+    <w:rsid w:val="00BD408B"/>
     <w:rsid w:val="00BD4C4B"/>
     <w:rsid w:val="00BD5841"/>
     <w:rsid w:val="00BD5CF0"/>
     <w:rsid w:val="00BE001A"/>
     <w:rsid w:val="00BE1B4D"/>
+    <w:rsid w:val="00BE2984"/>
+    <w:rsid w:val="00BE324E"/>
     <w:rsid w:val="00BE49AE"/>
     <w:rsid w:val="00BE547D"/>
     <w:rsid w:val="00BE7005"/>
     <w:rsid w:val="00BE7DFD"/>
     <w:rsid w:val="00BF2AF0"/>
     <w:rsid w:val="00BF412D"/>
+    <w:rsid w:val="00BF4A37"/>
     <w:rsid w:val="00BF4F49"/>
+    <w:rsid w:val="00BF6730"/>
     <w:rsid w:val="00C00458"/>
     <w:rsid w:val="00C03842"/>
     <w:rsid w:val="00C05094"/>
     <w:rsid w:val="00C053C1"/>
     <w:rsid w:val="00C059BA"/>
     <w:rsid w:val="00C06A93"/>
     <w:rsid w:val="00C074E6"/>
     <w:rsid w:val="00C07610"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C0788F"/>
+    <w:rsid w:val="00C11405"/>
     <w:rsid w:val="00C11578"/>
     <w:rsid w:val="00C11C3C"/>
     <w:rsid w:val="00C121BC"/>
     <w:rsid w:val="00C12D48"/>
     <w:rsid w:val="00C130B4"/>
     <w:rsid w:val="00C1366C"/>
     <w:rsid w:val="00C14F01"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C1731A"/>
     <w:rsid w:val="00C17E6F"/>
     <w:rsid w:val="00C2101E"/>
     <w:rsid w:val="00C21DE9"/>
     <w:rsid w:val="00C30ADE"/>
     <w:rsid w:val="00C30FD7"/>
     <w:rsid w:val="00C31177"/>
     <w:rsid w:val="00C3310F"/>
     <w:rsid w:val="00C34111"/>
+    <w:rsid w:val="00C3605A"/>
     <w:rsid w:val="00C404E5"/>
     <w:rsid w:val="00C40FBF"/>
     <w:rsid w:val="00C41529"/>
     <w:rsid w:val="00C42193"/>
     <w:rsid w:val="00C42C77"/>
     <w:rsid w:val="00C44CD5"/>
     <w:rsid w:val="00C4533A"/>
     <w:rsid w:val="00C45C00"/>
     <w:rsid w:val="00C46CDA"/>
     <w:rsid w:val="00C47E50"/>
     <w:rsid w:val="00C50791"/>
     <w:rsid w:val="00C562B8"/>
     <w:rsid w:val="00C56A11"/>
     <w:rsid w:val="00C60D53"/>
     <w:rsid w:val="00C6196E"/>
     <w:rsid w:val="00C661AA"/>
     <w:rsid w:val="00C6622F"/>
+    <w:rsid w:val="00C6695B"/>
     <w:rsid w:val="00C6713B"/>
     <w:rsid w:val="00C675C1"/>
     <w:rsid w:val="00C71285"/>
     <w:rsid w:val="00C73463"/>
     <w:rsid w:val="00C7527A"/>
     <w:rsid w:val="00C75FFC"/>
     <w:rsid w:val="00C77D3B"/>
     <w:rsid w:val="00C8093D"/>
     <w:rsid w:val="00C8272F"/>
     <w:rsid w:val="00C836D3"/>
     <w:rsid w:val="00C8602B"/>
     <w:rsid w:val="00C860C7"/>
     <w:rsid w:val="00C8645E"/>
     <w:rsid w:val="00C8743E"/>
     <w:rsid w:val="00C87A24"/>
     <w:rsid w:val="00C90208"/>
+    <w:rsid w:val="00C90427"/>
     <w:rsid w:val="00C90B5D"/>
     <w:rsid w:val="00C92154"/>
     <w:rsid w:val="00C9216C"/>
     <w:rsid w:val="00C922B6"/>
     <w:rsid w:val="00C94703"/>
     <w:rsid w:val="00C956F6"/>
     <w:rsid w:val="00C96588"/>
     <w:rsid w:val="00C96D21"/>
     <w:rsid w:val="00CA010B"/>
     <w:rsid w:val="00CA1369"/>
     <w:rsid w:val="00CA29F1"/>
     <w:rsid w:val="00CB0359"/>
     <w:rsid w:val="00CB3355"/>
     <w:rsid w:val="00CB3546"/>
+    <w:rsid w:val="00CB6214"/>
     <w:rsid w:val="00CB76E3"/>
     <w:rsid w:val="00CB7D7B"/>
     <w:rsid w:val="00CC033E"/>
     <w:rsid w:val="00CC1075"/>
     <w:rsid w:val="00CC2AE0"/>
     <w:rsid w:val="00CC2EF0"/>
     <w:rsid w:val="00CC2F29"/>
     <w:rsid w:val="00CC33B8"/>
     <w:rsid w:val="00CC47AF"/>
     <w:rsid w:val="00CC54B6"/>
     <w:rsid w:val="00CC5509"/>
     <w:rsid w:val="00CC617E"/>
     <w:rsid w:val="00CD2C5E"/>
     <w:rsid w:val="00CD2F13"/>
     <w:rsid w:val="00CD39D2"/>
     <w:rsid w:val="00CD783D"/>
     <w:rsid w:val="00CE0057"/>
     <w:rsid w:val="00CE1A06"/>
     <w:rsid w:val="00CE3795"/>
     <w:rsid w:val="00CE5488"/>
     <w:rsid w:val="00CE74CE"/>
     <w:rsid w:val="00CE77E7"/>
     <w:rsid w:val="00CF04B0"/>
     <w:rsid w:val="00CF087C"/>
     <w:rsid w:val="00CF1AE3"/>
     <w:rsid w:val="00CF3C8D"/>
     <w:rsid w:val="00CF4674"/>
     <w:rsid w:val="00CF4CB6"/>
     <w:rsid w:val="00CF631A"/>
+    <w:rsid w:val="00D016A0"/>
     <w:rsid w:val="00D01EBB"/>
     <w:rsid w:val="00D0342D"/>
     <w:rsid w:val="00D034A6"/>
     <w:rsid w:val="00D034AC"/>
     <w:rsid w:val="00D03AC3"/>
     <w:rsid w:val="00D043B9"/>
     <w:rsid w:val="00D04D9E"/>
     <w:rsid w:val="00D05B49"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D104C8"/>
     <w:rsid w:val="00D10BED"/>
     <w:rsid w:val="00D12695"/>
     <w:rsid w:val="00D12862"/>
+    <w:rsid w:val="00D131D2"/>
     <w:rsid w:val="00D139DB"/>
     <w:rsid w:val="00D159D6"/>
+    <w:rsid w:val="00D15EA3"/>
     <w:rsid w:val="00D16080"/>
     <w:rsid w:val="00D16E28"/>
     <w:rsid w:val="00D20E41"/>
     <w:rsid w:val="00D2183C"/>
     <w:rsid w:val="00D2263D"/>
     <w:rsid w:val="00D23997"/>
     <w:rsid w:val="00D23BD6"/>
     <w:rsid w:val="00D24F9E"/>
     <w:rsid w:val="00D25155"/>
     <w:rsid w:val="00D270E8"/>
     <w:rsid w:val="00D34009"/>
     <w:rsid w:val="00D34EFE"/>
     <w:rsid w:val="00D4039C"/>
     <w:rsid w:val="00D405FF"/>
     <w:rsid w:val="00D41FEE"/>
     <w:rsid w:val="00D455CE"/>
     <w:rsid w:val="00D4650D"/>
     <w:rsid w:val="00D46D13"/>
+    <w:rsid w:val="00D46E42"/>
     <w:rsid w:val="00D4741A"/>
     <w:rsid w:val="00D4772A"/>
     <w:rsid w:val="00D47B05"/>
     <w:rsid w:val="00D50F3F"/>
     <w:rsid w:val="00D52373"/>
     <w:rsid w:val="00D52DCE"/>
     <w:rsid w:val="00D5374A"/>
     <w:rsid w:val="00D5418F"/>
+    <w:rsid w:val="00D5459C"/>
     <w:rsid w:val="00D55073"/>
     <w:rsid w:val="00D574B5"/>
     <w:rsid w:val="00D57A9C"/>
     <w:rsid w:val="00D63B38"/>
     <w:rsid w:val="00D66458"/>
     <w:rsid w:val="00D6655A"/>
     <w:rsid w:val="00D67FCD"/>
     <w:rsid w:val="00D73810"/>
     <w:rsid w:val="00D73ED2"/>
     <w:rsid w:val="00D74292"/>
     <w:rsid w:val="00D7479F"/>
     <w:rsid w:val="00D74F8E"/>
     <w:rsid w:val="00D75C81"/>
     <w:rsid w:val="00D76B44"/>
+    <w:rsid w:val="00D803F7"/>
     <w:rsid w:val="00D80714"/>
     <w:rsid w:val="00D82FE4"/>
     <w:rsid w:val="00D84CC0"/>
+    <w:rsid w:val="00D85407"/>
     <w:rsid w:val="00D854C6"/>
     <w:rsid w:val="00D85C42"/>
     <w:rsid w:val="00D85C61"/>
     <w:rsid w:val="00D860CF"/>
     <w:rsid w:val="00D91B8D"/>
     <w:rsid w:val="00D92880"/>
     <w:rsid w:val="00D9330E"/>
     <w:rsid w:val="00D934C0"/>
     <w:rsid w:val="00D979F4"/>
     <w:rsid w:val="00DA0F5C"/>
     <w:rsid w:val="00DA12FE"/>
     <w:rsid w:val="00DA2D39"/>
+    <w:rsid w:val="00DA6A8D"/>
     <w:rsid w:val="00DA7AA3"/>
     <w:rsid w:val="00DB2813"/>
     <w:rsid w:val="00DB2B9E"/>
     <w:rsid w:val="00DB4DF7"/>
     <w:rsid w:val="00DB6B8E"/>
     <w:rsid w:val="00DC108E"/>
     <w:rsid w:val="00DC2ED7"/>
+    <w:rsid w:val="00DC4EE4"/>
     <w:rsid w:val="00DC54D8"/>
     <w:rsid w:val="00DC56E5"/>
     <w:rsid w:val="00DC5F83"/>
     <w:rsid w:val="00DC678B"/>
+    <w:rsid w:val="00DD0391"/>
     <w:rsid w:val="00DD12AD"/>
     <w:rsid w:val="00DE1FCA"/>
     <w:rsid w:val="00DE2434"/>
     <w:rsid w:val="00DE42FE"/>
     <w:rsid w:val="00DE542C"/>
     <w:rsid w:val="00DE606F"/>
     <w:rsid w:val="00DE6E8A"/>
     <w:rsid w:val="00DE7DB3"/>
     <w:rsid w:val="00DF25D9"/>
     <w:rsid w:val="00DF3166"/>
     <w:rsid w:val="00DF7392"/>
     <w:rsid w:val="00DF778C"/>
     <w:rsid w:val="00E00047"/>
     <w:rsid w:val="00E02901"/>
     <w:rsid w:val="00E03C32"/>
     <w:rsid w:val="00E040B1"/>
     <w:rsid w:val="00E040FC"/>
     <w:rsid w:val="00E05B74"/>
     <w:rsid w:val="00E075A8"/>
     <w:rsid w:val="00E07BF5"/>
     <w:rsid w:val="00E102E9"/>
+    <w:rsid w:val="00E10449"/>
     <w:rsid w:val="00E11B52"/>
     <w:rsid w:val="00E1493B"/>
     <w:rsid w:val="00E154DA"/>
     <w:rsid w:val="00E16DEA"/>
     <w:rsid w:val="00E17A0B"/>
     <w:rsid w:val="00E22701"/>
     <w:rsid w:val="00E22B08"/>
     <w:rsid w:val="00E238E1"/>
     <w:rsid w:val="00E25C2A"/>
     <w:rsid w:val="00E27259"/>
     <w:rsid w:val="00E2750C"/>
     <w:rsid w:val="00E32051"/>
     <w:rsid w:val="00E327C8"/>
     <w:rsid w:val="00E32EC8"/>
     <w:rsid w:val="00E33C35"/>
     <w:rsid w:val="00E35769"/>
     <w:rsid w:val="00E36403"/>
     <w:rsid w:val="00E374BE"/>
+    <w:rsid w:val="00E37DDA"/>
     <w:rsid w:val="00E40F9A"/>
     <w:rsid w:val="00E41C9F"/>
     <w:rsid w:val="00E441D3"/>
     <w:rsid w:val="00E444A3"/>
     <w:rsid w:val="00E45E8C"/>
     <w:rsid w:val="00E46859"/>
     <w:rsid w:val="00E46D92"/>
     <w:rsid w:val="00E4791C"/>
     <w:rsid w:val="00E53471"/>
     <w:rsid w:val="00E534A0"/>
     <w:rsid w:val="00E5383C"/>
     <w:rsid w:val="00E54622"/>
     <w:rsid w:val="00E54CBC"/>
     <w:rsid w:val="00E55B56"/>
     <w:rsid w:val="00E56C52"/>
     <w:rsid w:val="00E56ECB"/>
     <w:rsid w:val="00E60023"/>
     <w:rsid w:val="00E62575"/>
     <w:rsid w:val="00E6380C"/>
     <w:rsid w:val="00E721A6"/>
     <w:rsid w:val="00E748B1"/>
     <w:rsid w:val="00E767C3"/>
     <w:rsid w:val="00E7760E"/>
     <w:rsid w:val="00E807DE"/>
     <w:rsid w:val="00E81824"/>
     <w:rsid w:val="00E84D53"/>
     <w:rsid w:val="00E854D4"/>
     <w:rsid w:val="00E85B64"/>
     <w:rsid w:val="00E85E01"/>
     <w:rsid w:val="00E87709"/>
     <w:rsid w:val="00E9076C"/>
     <w:rsid w:val="00E90EBB"/>
     <w:rsid w:val="00E91FB9"/>
+    <w:rsid w:val="00E9223D"/>
     <w:rsid w:val="00E936D1"/>
     <w:rsid w:val="00E9418A"/>
     <w:rsid w:val="00E95D1D"/>
     <w:rsid w:val="00E96B7E"/>
     <w:rsid w:val="00EA09D1"/>
     <w:rsid w:val="00EA2F74"/>
     <w:rsid w:val="00EA50D4"/>
     <w:rsid w:val="00EA59C2"/>
     <w:rsid w:val="00EA6531"/>
     <w:rsid w:val="00EA71EB"/>
     <w:rsid w:val="00EA7EAC"/>
+    <w:rsid w:val="00EB2F32"/>
     <w:rsid w:val="00EB3B73"/>
+    <w:rsid w:val="00EB3BD7"/>
+    <w:rsid w:val="00EB4406"/>
     <w:rsid w:val="00EB7F38"/>
     <w:rsid w:val="00EC087B"/>
     <w:rsid w:val="00EC11D3"/>
     <w:rsid w:val="00EC1327"/>
     <w:rsid w:val="00EC149A"/>
     <w:rsid w:val="00EC2113"/>
     <w:rsid w:val="00EC3545"/>
     <w:rsid w:val="00EC4DDB"/>
     <w:rsid w:val="00EC5AF1"/>
     <w:rsid w:val="00EC793A"/>
     <w:rsid w:val="00EC7AB2"/>
+    <w:rsid w:val="00EC7DFC"/>
     <w:rsid w:val="00ED0BEC"/>
     <w:rsid w:val="00ED1560"/>
     <w:rsid w:val="00ED16DE"/>
     <w:rsid w:val="00ED1B39"/>
     <w:rsid w:val="00ED2C01"/>
     <w:rsid w:val="00ED2F00"/>
     <w:rsid w:val="00ED51FB"/>
     <w:rsid w:val="00ED57B1"/>
     <w:rsid w:val="00ED5981"/>
     <w:rsid w:val="00ED60AC"/>
+    <w:rsid w:val="00ED65FF"/>
     <w:rsid w:val="00EE1076"/>
     <w:rsid w:val="00EE139C"/>
     <w:rsid w:val="00EE17FB"/>
     <w:rsid w:val="00EE22AA"/>
     <w:rsid w:val="00EE2936"/>
     <w:rsid w:val="00EE2C4C"/>
     <w:rsid w:val="00EE30E6"/>
     <w:rsid w:val="00EE368D"/>
     <w:rsid w:val="00EE41F3"/>
     <w:rsid w:val="00EE4229"/>
     <w:rsid w:val="00EE44E4"/>
     <w:rsid w:val="00EE5492"/>
     <w:rsid w:val="00EE5824"/>
     <w:rsid w:val="00EE5FB2"/>
     <w:rsid w:val="00EE65DF"/>
     <w:rsid w:val="00EE7197"/>
     <w:rsid w:val="00EE7443"/>
     <w:rsid w:val="00EF000E"/>
     <w:rsid w:val="00EF01D7"/>
     <w:rsid w:val="00EF077C"/>
     <w:rsid w:val="00EF0BCD"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF2200"/>
     <w:rsid w:val="00EF41F2"/>
     <w:rsid w:val="00EF51A7"/>
     <w:rsid w:val="00EF541F"/>
     <w:rsid w:val="00EF65BC"/>
     <w:rsid w:val="00EF698B"/>
     <w:rsid w:val="00EF796E"/>
     <w:rsid w:val="00EF7AD8"/>
     <w:rsid w:val="00EF7EB3"/>
     <w:rsid w:val="00F02255"/>
     <w:rsid w:val="00F023D3"/>
     <w:rsid w:val="00F02AFE"/>
     <w:rsid w:val="00F053C7"/>
     <w:rsid w:val="00F05624"/>
     <w:rsid w:val="00F07CBA"/>
     <w:rsid w:val="00F1170E"/>
     <w:rsid w:val="00F11E97"/>
     <w:rsid w:val="00F11F4F"/>
     <w:rsid w:val="00F13BD8"/>
     <w:rsid w:val="00F155D4"/>
     <w:rsid w:val="00F155E0"/>
     <w:rsid w:val="00F15A12"/>
     <w:rsid w:val="00F16503"/>
+    <w:rsid w:val="00F2335D"/>
+    <w:rsid w:val="00F25FB7"/>
+    <w:rsid w:val="00F263F2"/>
+    <w:rsid w:val="00F2655E"/>
     <w:rsid w:val="00F279DB"/>
+    <w:rsid w:val="00F34573"/>
     <w:rsid w:val="00F349D2"/>
     <w:rsid w:val="00F34A85"/>
     <w:rsid w:val="00F3640D"/>
     <w:rsid w:val="00F40002"/>
     <w:rsid w:val="00F40F56"/>
+    <w:rsid w:val="00F42321"/>
     <w:rsid w:val="00F441CB"/>
     <w:rsid w:val="00F4519F"/>
     <w:rsid w:val="00F45492"/>
     <w:rsid w:val="00F45826"/>
     <w:rsid w:val="00F532A8"/>
     <w:rsid w:val="00F553BD"/>
     <w:rsid w:val="00F554D8"/>
     <w:rsid w:val="00F5792D"/>
     <w:rsid w:val="00F60389"/>
     <w:rsid w:val="00F60A03"/>
     <w:rsid w:val="00F6179D"/>
     <w:rsid w:val="00F61B7D"/>
     <w:rsid w:val="00F63704"/>
     <w:rsid w:val="00F63857"/>
+    <w:rsid w:val="00F66C9D"/>
     <w:rsid w:val="00F72659"/>
+    <w:rsid w:val="00F77D69"/>
     <w:rsid w:val="00F80F79"/>
     <w:rsid w:val="00F81F20"/>
+    <w:rsid w:val="00F82FEC"/>
     <w:rsid w:val="00F83921"/>
     <w:rsid w:val="00F83E2A"/>
     <w:rsid w:val="00F84323"/>
     <w:rsid w:val="00F848DB"/>
     <w:rsid w:val="00F84E3F"/>
     <w:rsid w:val="00F8558A"/>
     <w:rsid w:val="00F861AA"/>
     <w:rsid w:val="00F87023"/>
     <w:rsid w:val="00F87282"/>
     <w:rsid w:val="00F9308C"/>
     <w:rsid w:val="00F933CE"/>
     <w:rsid w:val="00F93DC9"/>
     <w:rsid w:val="00F948E8"/>
     <w:rsid w:val="00F969BE"/>
     <w:rsid w:val="00FA1A1D"/>
     <w:rsid w:val="00FA1D8B"/>
+    <w:rsid w:val="00FA3B07"/>
     <w:rsid w:val="00FA4065"/>
     <w:rsid w:val="00FA430D"/>
     <w:rsid w:val="00FA4395"/>
     <w:rsid w:val="00FA4445"/>
     <w:rsid w:val="00FA4F5F"/>
     <w:rsid w:val="00FA5AD6"/>
     <w:rsid w:val="00FA5C7A"/>
     <w:rsid w:val="00FB07DC"/>
     <w:rsid w:val="00FB3E16"/>
     <w:rsid w:val="00FB51D5"/>
     <w:rsid w:val="00FB54A0"/>
     <w:rsid w:val="00FC08E6"/>
     <w:rsid w:val="00FC1708"/>
     <w:rsid w:val="00FC361B"/>
+    <w:rsid w:val="00FC600A"/>
     <w:rsid w:val="00FC65A8"/>
     <w:rsid w:val="00FC6B17"/>
     <w:rsid w:val="00FD088B"/>
     <w:rsid w:val="00FD1541"/>
     <w:rsid w:val="00FD29F8"/>
     <w:rsid w:val="00FE0D5B"/>
+    <w:rsid w:val="00FE1982"/>
     <w:rsid w:val="00FE207C"/>
     <w:rsid w:val="00FE33EA"/>
     <w:rsid w:val="00FE46BC"/>
     <w:rsid w:val="00FE480B"/>
     <w:rsid w:val="00FE4A00"/>
     <w:rsid w:val="00FE61BC"/>
     <w:rsid w:val="00FE74AE"/>
     <w:rsid w:val="00FF19A1"/>
     <w:rsid w:val="00FF20A1"/>
     <w:rsid w:val="00FF2D03"/>
     <w:rsid w:val="00FF30FC"/>
     <w:rsid w:val="00FF43AE"/>
+    <w:rsid w:val="00FF595B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1C87F9B9"/>
-  <w15:docId w15:val="{DD6895D6-2EAB-4F0E-86EC-9F9C546B2ECB}"/>
+  <w15:docId w15:val="{46B9C095-946D-429B-8967-5401CEABEB38}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -26325,51 +26730,51 @@
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000755EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CE3795"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="60"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED2C01"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00604111"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
@@ -26531,53 +26936,50 @@
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="BBB69F"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="BBB69F"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="00ED2C01"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:ind w:left="851" w:hanging="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent2">
     <w:name w:val="Light Grid Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="003D708E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
       </w:tblBorders>
@@ -26671,51 +27073,51 @@
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F532A8"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabledata">
     <w:name w:val="Table data"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FC1708"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tableheading">
     <w:name w:val="Table heading"/>
     <w:basedOn w:val="Tabledata"/>
     <w:qFormat/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
@@ -27133,54 +27535,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1693873073">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpo@ag.gov.au" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/arms.aspx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_887_homepage.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vnr@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:informationrelease@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wa.compliance.courts.prisons@abf.gov.au" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SOR@police.wa.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/health-services/Pages/Policies-and-Guidelines.aspx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vnr@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:litigation@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:informationrelease@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wa.compliance.courts.prisons@abf.gov.au" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SOR@police.wa.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/health-services/Pages/Policies-and-Guidelines.aspx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpo@ag.gov.au" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/arms.aspx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_887_homepage.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -27446,54 +27848,50 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C009D283A2B4D092640B099EBA98FA54080" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a7eef6cd8d77f8653cd002b2ae6ac640">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93b15f15b5db860ec30dd6321a4a2258" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -27743,51 +28141,69 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Rules</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8c30193b-5862-40d3-b22f-a5f0b3dcbefd</TermId>
         </TermInfo>
       </Terms>
     </pa8a0a93780a4945b3173f20d8e45055>
     <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <UserInfo>
         <DisplayName>Gregory, Ashlee</DisplayName>
         <AccountId>7099</AccountId>
         <AccountType/>
       </UserInfo>
     </Contributor_x0020_Name>
     <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
     <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
     <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
     <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
     <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
@@ -27811,151 +28227,137 @@
       </Terms>
     </kf620cb349b946fa81ca1074c0b3c5af>
     <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 14.6 Prisoner Release from Custody</CategoryDescription>
     <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
     <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Adults</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">60d2f251-dc34-41a1-bf8e-c8689923972e</TermId>
         </TermInfo>
       </Terms>
     </g2cdfbdd30c849e9bbb5c12aa747ff35>
     <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <UserInfo>
         <DisplayName>Gregory, Ashlee</DisplayName>
         <AccountId>7099</AccountId>
         <AccountType/>
       </UserInfo>
     </Contributor_x0020_Email>
     <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">2022-01-11T16:00:00+00:00</Date_x0020_Valid_x0020_From>
     <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9933BC8-21AF-4ACB-AC24-4861D94D638A}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80FC1DAF-47FF-4C9E-8221-A6B482D1BD29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9933BC8-21AF-4ACB-AC24-4861D94D638A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>9199</Words>
-  <Characters>50320</Characters>
+  <Words>9580</Words>
+  <Characters>52211</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>1290</Lines>
-  <Paragraphs>763</Paragraphs>
+  <Lines>1338</Lines>
+  <Paragraphs>802</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 14.6 Prisoner Release from Custody</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>58756</CharactersWithSpaces>
+  <CharactersWithSpaces>60989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -28000,56 +28402,90 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819791</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>COPP 14.6 Prisoner Release from Custody</dc:title>
   <dc:subject>Rules</dc:subject>
   <dc:creator>Byrne, Claire</dc:creator>
   <cp:keywords>Commissioner's Operating Policy and Procedure (COPP); Prison Operations; Adult Custodial; Procedures; Policies,, Release Custody COPP 14.6.</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D63A055CE82242A2E4B837C82D470C009D283A2B4D092640B099EBA98FA54080</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>1;#Corrective Services|ce9ba758-ea71-457b-9a14-44db9922bfb4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Document Type">
     <vt:lpwstr>4;#Adult Custodial Rules|8c30193b-5862-40d3-b22f-a5f0b3dcbefd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Function">
     <vt:lpwstr>3;#Custodial Management Adults|60d2f251-dc34-41a1-bf8e-c8689923972e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Business Area">
     <vt:lpwstr>21;#Operational Support|06b4752c-4a05-4733-84b5-3d0fa3cfc36b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Base Target">
     <vt:lpwstr>_blank</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>19831d7b,1009121c,5837d6c0,5ec11330,6822aed4,5ff8b156</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-02-10T07:17:49Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>b4c8a57a-3a72-474a-bf38-f530ec663935</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>