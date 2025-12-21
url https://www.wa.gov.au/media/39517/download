--- v0 (2025-12-10)
+++ v1 (2025-12-21)
@@ -1,65 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vsdx" ContentType="application/vnd.ms-visio.drawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="439E55EB" w14:textId="057FFC6C" w:rsidR="00146739" w:rsidRPr="009962C0" w:rsidRDefault="00CE1A06" w:rsidP="0001536D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="002D38C0">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34C821F0" wp14:editId="14975A39">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>102073</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-450215</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2639695" cy="296545"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="307" name="Text Box 2"/>
@@ -72,3059 +77,3219 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2639695" cy="296545"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:sdt>
                             <w:sdtPr>
                               <w:id w:val="575483860"/>
                             </w:sdtPr>
-                            <w:sdtEndPr/>
                             <w:sdtContent>
                               <w:p w14:paraId="26BDF3BA" w14:textId="77777777" w:rsidR="00105305" w:rsidRPr="002D38C0" w:rsidRDefault="00105305" w:rsidP="002D38C0">
                                 <w:pPr>
                                   <w:pStyle w:val="Department"/>
-                                  <w:rPr>
-[...1 lines deleted...]
-                                  </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="002D38C0">
                                   <w:t>Corrective Services</w:t>
                                 </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="34C821F0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:8.05pt;margin-top:-35.45pt;width:207.85pt;height:23.35pt;z-index:251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgE7Vi+QEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcOF1bcVbb3W5V&#10;aXuRtv0AjHGMCgwFEjv9+h1wNhu1b1X9gBgPnJlz5rC5nrQiB+G8BNPQ5SKnRBgOnTS7hv74fv/m&#10;ihIfmOmYAiMaehSeXm9fv9qMthYFDKA64QiCGF+PtqFDCLbOMs8HoZlfgBUGkz04zQKGbpd1jo2I&#10;rlVW5Pk6G8F11gEX3uPfuzlJtwm/7wUPX/vei0BUQ7G3kFaX1jau2XbD6p1jdpD81Ab7hy40kwaL&#10;nqHuWGBk7+RfUFpyBx76sOCgM+h7yUXigGyW+R9sHgdmReKC4nh7lsn/P1j+5fBovzkSpvcw4QAT&#10;CW8fgP/0xMDtwMxO3DgH4yBYh4WXUbJstL4+XY1S+9pHkHb8DB0Ome0DJKCpdzqqgjwJouMAjmfR&#10;xRQIx5/F+m21rkpKOOaKal2uylSC1c+3rfPhowBN4qahDoea0NnhwYfYDaufj8RiBu6lUmmwypCx&#10;oVVZlOnCRUbLgL5TUjf0Ko/f7IRI8oPp0uXApJr3WECZE+tIdKYcpnbCg5F9C90R+TuY/YXvATcD&#10;uN+UjOithvpfe+YEJeqTQQ2r5WoVzZiCVfmuwMBdZtrLDDMcoRoaKJm3tyEZeOZ6g1r3Msnw0smp&#10;V/RMUufk72jKyzidenmF2ycAAAD//wMAUEsDBBQABgAIAAAAIQAhVMih3gAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWjshFBriVAjEFdQWkLi58TaJiNdR7Dbh77s90ePM&#10;Ps3OFKvJdeKIQ2g9aUjmCgRS5W1LtYbP7dvsEUSIhqzpPKGGPwywKq+vCpNbP9Iaj5tYCw6hkBsN&#10;TYx9LmWoGnQmzH2PxLe9H5yJLIda2sGMHO46mSq1kM60xB8a0+NLg9Xv5uA0fL3vf74z9VG/uvt+&#10;9JOS5JZS69ub6fkJRMQp/sNwrs/VoeROO38gG0THepEwqWH2oJYgGMjuEt6yYyfNUpBlIS8nlCcA&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYBO1YvkBAADNAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIVTIod4AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:8.05pt;margin-top:-35.45pt;width:207.85pt;height:23.35pt;z-index:251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnyCjb/QEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcOF1bcVbb3W5V&#10;aXuRtv0AjHGMCgwFEjv9+h1wNhu1b1X9gIDxnJlz5rC5nrQiB+G8BNPQ5SKnRBgOnTS7hv74fv/m&#10;ihIfmOmYAiMaehSeXm9fv9qMthYFDKA64QiCGF+PtqFDCLbOMs8HoZlfgBUGgz04zQIe3S7rHBsR&#10;XausyPN1NoLrrAMuvMfbuzlItwm/7wUPX/vei0BUQ7G3kFaX1jau2XbD6p1jdpD81Ab7hy40kwaL&#10;nqHuWGBk7+RfUFpyBx76sOCgM+h7yUXigGyW+R9sHgdmReKC4nh7lsn/P1j+5fBovzkSpvcw4QAT&#10;CW8fgP/0xMDtwMxO3DgH4yBYh4WXUbJstL4+pUapfe0jSDt+hg6HzPYBEtDUOx1VQZ4E0XEAx7Po&#10;YgqE42Wxflutq5ISjrGiWperMpVg9XO2dT58FKBJ3DTU4VATOjs8+BC7YfXzL7GYgXupVBqsMmRs&#10;aFUWZUq4iGgZ0HdK6oZe5fGbnRBJfjBdSg5MqnmPBZQ5sY5EZ8phaiciO2w65kYRWuiOKIOD2Wb4&#10;LHAzgPtNyYgWa6j/tWdOUKI+GZSyWq5W0ZPpsCrfFXhwl5H2MsIMR6iGBkrm7W1IPp4p36DkvUxq&#10;vHRyahmtk0Q62Tx68/Kc/np5jNsnAAAA//8DAFBLAwQUAAYACAAAACEAIVTIod4AAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7IRQa4lQIxBXUFpC4ufE2iYjXUew24e+7&#10;PdHjzD7NzhSryXXiiENoPWlI5goEUuVtS7WGz+3b7BFEiIas6Tyhhj8MsCqvrwqTWz/SGo+bWAsO&#10;oZAbDU2MfS5lqBp0Jsx9j8S3vR+ciSyHWtrBjBzuOpkqtZDOtMQfGtPjS4PV7+bgNHy973++M/VR&#10;v7r7fvSTkuSWUuvbm+n5CUTEKf7DcK7P1aHkTjt/IBtEx3qRMKlh9qCWIBjI7hLesmMnzVKQZSEv&#10;J5QnAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACfIKNv9AQAA1AMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACFUyKHeAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:id w:val="575483860"/>
                       </w:sdtPr>
-                      <w:sdtEndPr/>
                       <w:sdtContent>
                         <w:p w14:paraId="26BDF3BA" w14:textId="77777777" w:rsidR="00105305" w:rsidRPr="002D38C0" w:rsidRDefault="00105305" w:rsidP="002D38C0">
                           <w:pPr>
                             <w:pStyle w:val="Department"/>
-                            <w:rPr>
-[...1 lines deleted...]
-                            </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="002D38C0">
                             <w:t>Corrective Services</w:t>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BA7F2C">
         <w:t xml:space="preserve">Operational </w:t>
       </w:r>
       <w:r w:rsidR="00BA7F2C" w:rsidRPr="0007783A">
         <w:t>Policy</w:t>
       </w:r>
       <w:r w:rsidR="00BA7F2C">
         <w:t xml:space="preserve"> Framework</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C52ED58" w14:textId="77777777" w:rsidR="000D69A3" w:rsidRPr="00966872" w:rsidRDefault="007C2C8D" w:rsidP="00966872">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00966872">
         <w:t>Prisons</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2555BE72" w14:textId="77777777" w:rsidR="00D06E62" w:rsidRDefault="00D06E62" w:rsidP="00737086"/>
     <w:p w14:paraId="1CF25B51" w14:textId="6E5DF390" w:rsidR="00966872" w:rsidRDefault="00966872" w:rsidP="00737086">
       <w:pPr>
         <w:sectPr w:rsidR="00966872" w:rsidSect="00464E72">
-          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="-1702" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="706" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18A5E0CF" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00105305" w:rsidRDefault="00FA1D8B" w:rsidP="00105305">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
       <w:r w:rsidRPr="00105305">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535F42E0" w14:textId="483DA140" w:rsidR="00E97300" w:rsidRDefault="006C2C6D" w:rsidP="00966872">
+    <w:p w14:paraId="2A57AA6A" w14:textId="418CBB55" w:rsidR="00FD5520" w:rsidRDefault="006C2C6D">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc143681217" w:history="1">
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+      <w:hyperlink w:anchor="_Toc216944442" w:history="1">
+        <w:r w:rsidR="00FD5520" w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r w:rsidR="00FD5520">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r w:rsidR="00FD5520">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r w:rsidR="00FD5520">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944442 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00FD5520">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00FD5520">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r w:rsidR="00FD5520">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r w:rsidR="00FD5520">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08956C30" w14:textId="5F73E9D8" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="00316CAB" w14:textId="3262DA3B" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944443" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944443 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6764149F" w14:textId="5B8A1E5D" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="03228C87" w14:textId="62BEAF3B" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944444" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.1</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Benefits</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944444 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="057817E5" w14:textId="268B5993" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="5F75D78E" w14:textId="01EF1CD3" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944445" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Principles</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944445 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B395088" w14:textId="1F7B5CD0" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="46DB59DC" w14:textId="146B4EA8" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944446" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.1</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>The responsible offender</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944446 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10D34EEC" w14:textId="54D95504" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="68132D6D" w14:textId="2CDBDEAB" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944447" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.2</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Decency and humanity</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944447 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15875B39" w14:textId="51EA4002" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="42C2AD00" w14:textId="2CF77770" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944448" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.3</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Procedural fairness</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944448 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04C368FC" w14:textId="13D7F0D3" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="4173C340" w14:textId="7EB49FEC" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944449" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accountability and transparency</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944449 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="579F45C4" w14:textId="0B6C3C35" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="11163775" w14:textId="237269A8" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944450" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Strategic Framework 2021-2023</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Strategic Plan 2025-2030</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944450 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14444F37" w14:textId="117689C3" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="1C5A48BD" w14:textId="41EC4625" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944451" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>The Framework</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944451 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B9FB0BF" w14:textId="59AE54BF" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="4EA54E34" w14:textId="376EEFBA" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944452" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>National and international references</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944452 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="584C58F7" w14:textId="0C574FB2" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="36B60F09" w14:textId="2FC277E8" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944453" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Governance</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944453 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03FDE3CF" w14:textId="0BED6A7F" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="016BA690" w14:textId="55445A21" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944454" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Legislation</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944454 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E193B24" w14:textId="227594E8" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="19E19112" w14:textId="693483E3" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944455" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.2</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prison Rules</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944455 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68FE9DBB" w14:textId="44F8BEE9" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="7D872033" w14:textId="1D032DE6" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944456" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.3</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Standing Orders</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944456 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AF5FDFB" w14:textId="460EDEB4" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="43EB46DD" w14:textId="782E5DF1" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944457" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Commissioner’s Operating Policy and Procedures</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944457 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A1D4101" w14:textId="276A227E" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="340A77F5" w14:textId="1B748401" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944458" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.5</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Commissioner’s Instructions</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Deputy Commissioner’s Broadcasts</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944458 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F538D64" w14:textId="05534D95" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="10A8CC85" w14:textId="00B860FA" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944459" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Other Departmental Frameworks</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944459 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="736420D9" w14:textId="2D0D7DB7" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="36BACDFA" w14:textId="5745855E" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944460" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.1</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Frameworks and policies external to Operational Policy</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944460 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="634D17D8" w14:textId="4036C9E9" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="377CCA7C" w14:textId="4A8F6DF9" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944461" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Process</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944461 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F98B2C8" w14:textId="33F03078" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="4970C8A5" w14:textId="1D5939C3" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944462" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Development</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944462 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="400F590E" w14:textId="559D6125" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="06CE345E" w14:textId="1B289888" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944463" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Security status</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944463 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27D842FB" w14:textId="05E2CDE3" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="2FBBA622" w14:textId="23B80204" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944464" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.3</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Approval</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Amendments to Prison Rules, COPPs and Standing Orders</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944464 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E8E694E" w14:textId="79040C4A" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="4CE131BB" w14:textId="08C5B293" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944465" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.4</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Amendment and revocation</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Approval Process</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944465 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="286AB22D" w14:textId="7B337DC9" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="763DA26E" w14:textId="211CBBA1" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944466" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.5</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Recording and accessibility</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Revocation of Prison Rules and COPPs</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944466 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20421DD9" w14:textId="5953435D" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="358D4B73" w14:textId="459DF83E" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944467" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.6</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Currency</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Recording and accessibility</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944467 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="237FDBD6" w14:textId="74CC0F1D" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="08944D6D" w14:textId="606013F3" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944468" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.7</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Version control</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Currency</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944468 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B215796" w14:textId="7212171F" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="3C6B0F7C" w14:textId="67625DB2" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944469" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>8</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>7.8</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Diversity Impact Assessment</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Version control</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944469 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="492A1432" w14:textId="6368BA24" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="723DED6C" w14:textId="25C12A74" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944470" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>9</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Assurance</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Diversity Impact Assessment</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944470 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E55A1FF" w14:textId="2F6B3037" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="4CCA3F38" w14:textId="0D6B1660" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944471" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>10</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Glossary and acronyms</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Assurance and Risk</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944471 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="663499B0" w14:textId="71EA88C3" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="05E83245" w14:textId="7B043E1F" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944472" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>11</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Document information</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>State Records</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944472 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AF8DE11" w14:textId="577DF669" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="37DD3C43" w14:textId="145EE5E3" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944473" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>11.1</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Document version history</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E97300">
+          <w:t>Glossary and acronyms</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944473 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="086BDF96" w14:textId="7078F1DC" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
+    <w:p w14:paraId="3D5D9CD9" w14:textId="48EAA607" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944474" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Appendix 1 – Creating or amending Prison Rules COPPs and Commissioner’s Instructions</w:t>
-[...4 lines deleted...]
-            <w:webHidden/>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r w:rsidRPr="00306E8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Document information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944474 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D6D33D1" w14:textId="5E790066" w:rsidR="00E97300" w:rsidRDefault="00966872" w:rsidP="00966872">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="4B5707C0" w14:textId="4A1CBD87" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E97300" w:rsidRPr="00CB1122">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944475" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
+          <w:t>12.1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00306E8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Document version history</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944475 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="64D11F33" w14:textId="0FE0A3BE" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944476" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Appendix 1 – Creating or amending Prison Rules COPPs and Deputy Commissioner’s Broadcasts</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944476 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="45A6C82F" w14:textId="5A8A976F" w:rsidR="00FD5520" w:rsidRDefault="00FD5520">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216944477" w:history="1">
+        <w:r w:rsidRPr="00306E8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
           <w:t>Appendix 2 – Creating or amending Standing Orders</w:t>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E97300">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...12 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216944477 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E97300">
-[...6 lines deleted...]
-        <w:r w:rsidR="00E97300">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3817947C" w14:textId="5169A6DA" w:rsidR="00105305" w:rsidRPr="00966872" w:rsidRDefault="006C2C6D" w:rsidP="00966872">
+    <w:p w14:paraId="3817947C" w14:textId="2A5A990E" w:rsidR="00105305" w:rsidRPr="00966872" w:rsidRDefault="006C2C6D" w:rsidP="00966872">
       <w:r>
         <w:fldChar w:fldCharType="end"/>
-      </w:r>
-[...3 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BCD16C" w14:textId="18BAFB99" w:rsidR="00634C54" w:rsidRPr="006444FB" w:rsidRDefault="0024773E" w:rsidP="00173B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc143681217"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc216944442"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="13BAD09D" w14:textId="03B1E06E" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00482C6A">
         <w:t>This Operational Policy Framework (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A4674F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Framework</w:t>
       </w:r>
       <w:r w:rsidRPr="00482C6A">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
@@ -3169,835 +3334,1024 @@
       <w:r w:rsidRPr="00AA705F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">staff at prisons </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA705F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>to know what is required of them</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F1F775" w14:textId="0E3528E5" w:rsidR="00AD18D4" w:rsidRPr="002C0357" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
+    <w:p w14:paraId="70F1F775" w14:textId="4418CA7A" w:rsidR="00AD18D4" w:rsidRPr="002C0357" w:rsidRDefault="004C77FF" w:rsidP="00737086">
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">It outlines how </w:t>
+        <w:t xml:space="preserve">The Framework </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">outlines how </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>Operational Instruments</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">will be developed that are consistent with </w:t>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve">will be developed </w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:t>and reviewed to align with</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C35A3">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Prisons Act </w:t>
       </w:r>
-      <w:r w:rsidRPr="00472A0E">
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00472A0E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>81</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E97300">
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00F63C90">
+        <w:t>Prison Regulations 1982</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve">, ensuring </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="002C0357">
+        <w:t xml:space="preserve">staff know the job they </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="002C0357">
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="002C0357">
+        <w:t xml:space="preserve"> do, and how they need to do it. This encourages a </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve">safe and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="002C0357">
+        <w:t>positive working culture and maintains the security and good order of</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve"> all prisons</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="002C0357">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FF0815" w14:textId="05A203FB" w:rsidR="00416090" w:rsidRDefault="00AD18D4" w:rsidP="00416090">
+      <w:r>
+        <w:t xml:space="preserve">The Framework supports and ensures </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52825">
+        <w:t xml:space="preserve">a safer community </w:t>
+      </w:r>
+      <w:r>
+        <w:t>by focusing on</w:t>
+      </w:r>
+      <w:r w:rsidR="00C52825">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00416090">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C11B776" w14:textId="6F38115D" w:rsidR="00AD18D4" w:rsidRPr="00416090" w:rsidRDefault="00C52825" w:rsidP="00416090">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00416090">
+        <w:t>management, safety and s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00416090">
+        <w:t xml:space="preserve">ecurity of prisoners in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416090">
+        <w:t>prisons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB7E608" w14:textId="6042AD07" w:rsidR="00AD18D4" w:rsidRPr="00416090" w:rsidRDefault="00C52825" w:rsidP="00045131">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00416090">
+        <w:t>safety of</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00416090">
+        <w:t xml:space="preserve"> our staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572B4A6F" w14:textId="61505969" w:rsidR="00AD18D4" w:rsidRPr="00416090" w:rsidRDefault="00C52825" w:rsidP="00045131">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00416090">
+        <w:t>rehabilitation and reintegration of prisoners into the community</w:t>
+      </w:r>
+      <w:r w:rsidR="004B67DC" w:rsidRPr="00416090">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72ECD620" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0357">
+        <w:t xml:space="preserve">stablishing safe, decent and humane </w:t>
+      </w:r>
+      <w:r>
+        <w:t>prison</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4674F">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0357">
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4674F">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0357">
+        <w:t xml:space="preserve"> conducive to rehabilitation is the best way to reduce reoffending. In the longer term, reduced reoffending means a safer community; </w:t>
+      </w:r>
+      <w:r>
+        <w:t>increased</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0357">
+        <w:t xml:space="preserve"> economic benefits </w:t>
+      </w:r>
+      <w:r>
+        <w:t>from a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0357">
+        <w:t xml:space="preserve"> reduction in crime and incarceration; and fewer traumatised victims.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FFE67E" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRPr="00A54C41" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
+      <w:r>
+        <w:t>The o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54C41">
+        <w:t>bjectives of the Framework are to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043A5E86" w14:textId="3C9C41B4" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00045131">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ensure </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C14123">
+        <w:t>Operational Instruments</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve"> are integrated, unambiguous and consistent with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:rPr>
           <w:i/>
-          <w:iCs/>
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Prisons Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00472A0E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>81</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA48B6" w:rsidRPr="00F63C90">
         <w:t>Prison Regulations 1982</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-    <w:p w14:paraId="1C11B776" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+      <w:r w:rsidR="00B0058B">
+        <w:t xml:space="preserve"> and other relevant legislation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E48F0A1" w14:textId="746F3453" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00045131">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Security of prisoners in correctional facilities</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6EB7E608" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB33C3">
+        <w:t xml:space="preserve">rovide </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00DB33C3">
+        <w:t>clear instructions to staff of the expectations regarding</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve"> what, why and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00DB33C3">
+        <w:t>how</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve"> they should perform their job</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4421EF" w14:textId="29F74D42" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00045131">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Safety of our staff</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2000BBA4" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+        <w:t xml:space="preserve">support </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve">continuous improvement and the dynamic nature of correctional services by enabling </w:t>
+      </w:r>
+      <w:r w:rsidR="00C14123">
+        <w:t>Operational Instruments</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve"> to be updated in response to changes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AF7ABE" w14:textId="77777777" w:rsidR="00B0058B" w:rsidRDefault="003440A5" w:rsidP="00045131">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Safety of prisoners</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="572B4A6F" w14:textId="6B00DEEF" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+        <w:t xml:space="preserve">create </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t xml:space="preserve">a single point of accountability for the development and release of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C14123">
+        <w:t>Operational Instruments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DC2877" w14:textId="78049171" w:rsidR="00B0058B" w:rsidRDefault="00B523CD" w:rsidP="00B0058B">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Rehabilitation</w:t>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0058B">
+        <w:t>itigate risk in accordance with the Department’s Enterprise Risk Management Framework</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A97C0A" w14:textId="227630D8" w:rsidR="00B0058B" w:rsidRDefault="00B523CD" w:rsidP="00B0058B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ensure that </w:t>
+      </w:r>
+      <w:r w:rsidR="004C77FF">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">perational </w:t>
+      </w:r>
+      <w:r w:rsidR="004C77FF">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nstruments embed and align with the principles</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0058B">
+        <w:t xml:space="preserve"> of the Corrective Services Strategic Plan 2025 - 2030</w:t>
       </w:r>
       <w:r w:rsidR="004B67DC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72ECD620" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
-[...131 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6F777912" w14:textId="77777777" w:rsidR="00412137" w:rsidRPr="00045131" w:rsidRDefault="00412137" w:rsidP="00045131">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="556C9888" w14:textId="77777777" w:rsidR="00873F85" w:rsidRPr="001B76A5" w:rsidRDefault="00A54C41" w:rsidP="00BF17FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc143681218"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc216944443"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001B76A5" w:rsidRPr="001B76A5">
         <w:t>cope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="42246FF3" w14:textId="653B95CC" w:rsidR="001B76A5" w:rsidRPr="001B76A5" w:rsidRDefault="00A54C41" w:rsidP="00737086">
       <w:r w:rsidRPr="00B54922">
         <w:t xml:space="preserve">This Framework applies to all </w:t>
       </w:r>
       <w:r w:rsidR="00AD18D4">
         <w:t>prisons</w:t>
       </w:r>
       <w:r w:rsidRPr="00B54922">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00BF4482" w:rsidRPr="00B54922">
         <w:t xml:space="preserve">the Court Security and Custodial Services </w:t>
       </w:r>
       <w:r w:rsidR="00AD18D4">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00BF4482" w:rsidRPr="00B54922">
         <w:t xml:space="preserve">ontractor, </w:t>
       </w:r>
       <w:r w:rsidR="001B76A5" w:rsidRPr="00B54922">
         <w:t xml:space="preserve">administered </w:t>
       </w:r>
       <w:r w:rsidR="001B76A5" w:rsidRPr="001B76A5">
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="00AD18D4">
         <w:t>Corrective Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AE78F41" w14:textId="19B47274" w:rsidR="00AD18D4" w:rsidRPr="00AD18D4" w:rsidRDefault="0067743A" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc143681219"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216944444"/>
       <w:r w:rsidRPr="0067743A">
         <w:t>Benefits</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="706F5926" w14:textId="77777777" w:rsidR="00063A10" w:rsidRDefault="00AD18D4" w:rsidP="00AD18D4">
       <w:r>
         <w:t xml:space="preserve">The Framework </w:t>
       </w:r>
       <w:r w:rsidR="00A54C41" w:rsidRPr="00A54C41">
         <w:t>assists in</w:t>
       </w:r>
       <w:r w:rsidR="00063A10">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ABBEAE8" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+    <w:p w14:paraId="7ABBEAE8" w14:textId="38D8AF6C" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00F63C90">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>M</w:t>
+        <w:spacing w:before="60" w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00A54C41">
-        <w:t xml:space="preserve">aintaining safe and secure </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">aintaining </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00A54C41">
+        <w:t xml:space="preserve">safe and secure </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:t>prisons</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162FB9E6" w14:textId="3DD9C3E2" w:rsidR="00AD18D4" w:rsidRPr="00A54C41" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+    <w:p w14:paraId="162FB9E6" w14:textId="6BCE9CAC" w:rsidR="00AD18D4" w:rsidRPr="00A54C41" w:rsidRDefault="003440A5" w:rsidP="00F63C90">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A54C41">
+        <w:spacing w:before="60" w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ensuring </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00A54C41">
         <w:t xml:space="preserve">taff </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:t xml:space="preserve">have a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A54C41">
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00A54C41">
         <w:t xml:space="preserve">clear </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:t xml:space="preserve">understanding </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A54C41">
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00A54C41">
         <w:t xml:space="preserve">on the requirements of </w:t>
       </w:r>
       <w:r w:rsidR="00892588">
         <w:t>the prison</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFB6A85" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+    <w:p w14:paraId="3FFB6A85" w14:textId="705D5589" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00F63C90">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Reducing the risk of adverse judicial review outcomes arising from legislative non-compliance</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B325279" w14:textId="289A4F45" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+        <w:t xml:space="preserve">reducing </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the risk of adverse judicial review outcomes arising from legislative non-compliance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B325279" w14:textId="47A76E11" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00F63C90">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Expanding the capacity to deliver improved </w:t>
+        <w:t xml:space="preserve">expanding </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the capacity to deliver improved </w:t>
       </w:r>
       <w:r w:rsidR="00892588">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>prisoner</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> outcomes through integrated </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t>Operational Instruments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4492C3D9" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+    <w:p w14:paraId="4492C3D9" w14:textId="7D366168" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00F63C90">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Consistent judgement and application of </w:t>
+        <w:t xml:space="preserve">consistent </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">judgement and application of </w:t>
       </w:r>
       <w:r w:rsidR="00892588">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>prison services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D703825" w14:textId="1CB38819" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00045131">
+    <w:p w14:paraId="4D703825" w14:textId="2A43CDD1" w:rsidR="00AD18D4" w:rsidRDefault="003440A5" w:rsidP="00F63C90">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ensuring compliance activities and checks </w:t>
+        <w:t xml:space="preserve">ensuring </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">compliance activities and checks </w:t>
       </w:r>
       <w:r w:rsidR="00ED3517">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD18D4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> clearly aligned to </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t>Operational Instruments</w:t>
       </w:r>
       <w:r w:rsidR="004B67DC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6526B4E3" w14:textId="77777777" w:rsidR="000755EE" w:rsidRPr="001B76A5" w:rsidRDefault="001A2F1D" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc143681220"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc216944445"/>
       <w:r w:rsidRPr="001B76A5">
         <w:t>Principles</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="18F65351" w14:textId="77777777" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="00737086">
       <w:bookmarkStart w:id="4" w:name="_Toc439858845"/>
       <w:bookmarkStart w:id="5" w:name="_Toc461461171"/>
       <w:bookmarkStart w:id="6" w:name="_Toc501114294"/>
       <w:bookmarkStart w:id="7" w:name="_Toc525813172"/>
       <w:bookmarkStart w:id="8" w:name="_Toc439858847"/>
       <w:bookmarkStart w:id="9" w:name="_Toc461461173"/>
       <w:bookmarkStart w:id="10" w:name="_Toc501114296"/>
       <w:r w:rsidRPr="001B76A5">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>key</w:t>
       </w:r>
       <w:r w:rsidRPr="001B76A5">
         <w:t xml:space="preserve"> principles </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="001B76A5">
         <w:t>underpin the Framework:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE6FEA7" w14:textId="6043E591" w:rsidR="00405475" w:rsidRPr="003D26FD" w:rsidRDefault="00405475" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc439858844"/>
       <w:bookmarkStart w:id="12" w:name="_Toc461461170"/>
       <w:bookmarkStart w:id="13" w:name="_Toc501114293"/>
       <w:bookmarkStart w:id="14" w:name="_Toc523491811"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc143681221"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc216944446"/>
       <w:r w:rsidRPr="003D26FD">
         <w:t xml:space="preserve">The responsible </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00104A54">
         <w:t>offender</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="04C4174D" w14:textId="64AAF82B" w:rsidR="00405475" w:rsidRPr="00E04E92" w:rsidRDefault="00405475" w:rsidP="00737086">
       <w:r>
         <w:t>The responsible offender approach to managing prisoners recognises that imprisonment and the justice system can inherently limit a prisoner’s personal responsibility. By promoting and encouraging personal responsibility, a prisoner’s opportunities for learning to make responsible choices, and to learn the effects of these choices, are increased and help them to lead better liv</w:t>
       </w:r>
       <w:r w:rsidR="00045131">
         <w:t>es as members of the community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BE9526" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00E50FF8" w:rsidRDefault="00892588" w:rsidP="00892588">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc143681222"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc216944447"/>
       <w:r w:rsidRPr="00E50FF8">
         <w:t>Decency and humanity</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="376CCB24" w14:textId="31A30BB6" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="00737086">
       <w:r w:rsidRPr="0095558C">
         <w:t>The decency and humanity approach</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> emphasises that prisoners are provided with a reasonable quality of life while </w:t>
       </w:r>
       <w:r w:rsidR="00A4674F">
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Corrective Services’ </w:t>
       </w:r>
       <w:r w:rsidR="00F2668C">
         <w:t>care and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are protected from harm. It requires that prisoners are treated lawfully, equitably and without prejudice. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B9F320" w14:textId="2091758C" w:rsidR="00892588" w:rsidRPr="00DE7EF5" w:rsidRDefault="00892588" w:rsidP="00892588">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc439858846"/>
       <w:bookmarkStart w:id="18" w:name="_Toc461461172"/>
       <w:bookmarkStart w:id="19" w:name="_Toc501114295"/>
       <w:bookmarkStart w:id="20" w:name="_Toc525813173"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc143681223"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc216944448"/>
       <w:r w:rsidRPr="00DE7EF5">
         <w:t xml:space="preserve">Procedural </w:t>
       </w:r>
       <w:r w:rsidR="004B67DC">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7EF5">
         <w:t>airness</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="6FB104AA" w14:textId="2FC26FB3" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="00892588">
       <w:r>
         <w:t>Procedural fairness is concerned with the process used by a decision mak</w:t>
       </w:r>
       <w:r w:rsidR="00ED3517">
         <w:t>er</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, rather than the actual outcome reached. It requires a fair and proper process be used when making a decision. </w:t>
+        <w:t xml:space="preserve">, rather than the actual outcome reached. It requires a fair and proper process be used when </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>making a decision</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="750CD921" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00E50FF8" w:rsidRDefault="00892588" w:rsidP="00892588">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc525813174"/>
-      <w:bookmarkStart w:id="23" w:name="_Toc143681224"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc216944449"/>
       <w:r w:rsidRPr="00E50FF8">
         <w:t>Accountability and transparency</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="08F2AC12" w14:textId="77777777" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="00892588">
       <w:r>
-        <w:t xml:space="preserve">The accountability principle holds people answerable for their actions and decisions by requiring that these are able to be explained, clarified and justified. Transparency is essential to accountability because it ensures that clear and accurate information is made available in a timely fashion. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C6485C6" w14:textId="77777777" w:rsidR="00845486" w:rsidRDefault="00845486" w:rsidP="00845486">
+        <w:t xml:space="preserve">The accountability principle holds people answerable for their actions and decisions by requiring that these </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> be explained, clarified and justified. Transparency is essential to accountability because it ensures that clear and accurate information is made available in a timely fashion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6485C6" w14:textId="2FB87A7C" w:rsidR="00845486" w:rsidRPr="00FE6DAE" w:rsidRDefault="00845486" w:rsidP="00845486">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc143681225"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc216944450"/>
       <w:bookmarkStart w:id="25" w:name="_Toc525813175"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
+      <w:r w:rsidRPr="00FE6DAE">
         <w:lastRenderedPageBreak/>
-        <w:t>Strategic Framework 2021-2023</w:t>
+        <w:t xml:space="preserve">Strategic </w:t>
+      </w:r>
+      <w:r w:rsidR="009757D3" w:rsidRPr="00FE6DAE">
+        <w:t>Plan 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6DAE">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009757D3" w:rsidRPr="00FE6DAE">
+        <w:t>2030</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="676CE3CE" w14:textId="77777777" w:rsidR="00845486" w:rsidRDefault="00845486" w:rsidP="00845486">
+    <w:p w14:paraId="676CE3CE" w14:textId="77777777" w:rsidR="00845486" w:rsidRPr="00FE6DAE" w:rsidRDefault="00845486" w:rsidP="00845486">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc143681226"/>
-      <w:r>
+      <w:bookmarkStart w:id="26" w:name="_Toc216944451"/>
+      <w:r w:rsidRPr="00FE6DAE">
         <w:t>The Framework</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
-      <w:r>
+      <w:r w:rsidRPr="00FE6DAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576C55BD" w14:textId="77777777" w:rsidR="00845486" w:rsidRDefault="00845486" w:rsidP="006C2C6D">
-[...13 lines deleted...]
-    <w:p w14:paraId="72220FD2" w14:textId="77777777" w:rsidR="00845486" w:rsidRPr="00845486" w:rsidRDefault="00845486" w:rsidP="00CC7699">
+    <w:p w14:paraId="1A50E6D3" w14:textId="5D28B862" w:rsidR="00980E55" w:rsidRPr="00FE6DAE" w:rsidRDefault="00845486" w:rsidP="006E017D">
+      <w:r w:rsidRPr="00FE6DAE">
+        <w:t>The Framework aligns to the Department of Justice</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E55" w:rsidRPr="00FE6DAE">
+        <w:t>, Corrective Services (the Department)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve"> Strategic </w:t>
+      </w:r>
+      <w:r w:rsidR="009757D3" w:rsidRPr="00FE6DAE">
+        <w:t>Plan 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6DAE">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005F461F" w:rsidRPr="00FE6DAE">
+        <w:t>2030</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E55" w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve"> vision of </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E55" w:rsidRPr="00FE6DAE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“A Connected Corrective Services contributing to a safer Western Australia”,</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E55" w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve"> by</w:t>
+      </w:r>
+      <w:r w:rsidR="006E017D" w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E55" w:rsidRPr="00FE6DAE">
+        <w:t>developing and enhancing policies that reflect the operating environment and</w:t>
+      </w:r>
+      <w:r w:rsidR="006E017D" w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E55" w:rsidRPr="00FE6DAE">
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidR="00803E35" w:rsidRPr="00FE6DAE">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E55" w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve"> staff to do their job</w:t>
+      </w:r>
+      <w:r w:rsidR="006E017D" w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve">, to </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00FE6DAE">
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="006E017D" w:rsidRPr="00FE6DAE">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72220FD2" w14:textId="09A4B89F" w:rsidR="00845486" w:rsidRPr="00FE6DAE" w:rsidRDefault="003440A5" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845486">
-[...3 lines deleted...]
-    <w:p w14:paraId="1FC5D52A" w14:textId="77777777" w:rsidR="00845486" w:rsidRPr="00845486" w:rsidRDefault="00845486" w:rsidP="00CC7699">
+      <w:r w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve">improved </w:t>
+      </w:r>
+      <w:r w:rsidR="00845486" w:rsidRPr="00FE6DAE">
+        <w:t>service delivery and collaboration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC5D52A" w14:textId="37A7EA31" w:rsidR="00845486" w:rsidRPr="00FE6DAE" w:rsidRDefault="003440A5" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845486">
-[...3 lines deleted...]
-    <w:p w14:paraId="038F7910" w14:textId="77777777" w:rsidR="00845486" w:rsidRPr="00845486" w:rsidRDefault="00845486" w:rsidP="00CC7699">
+      <w:r w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve">improved </w:t>
+      </w:r>
+      <w:r w:rsidR="00845486" w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve">community safety </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038F7910" w14:textId="0AE33777" w:rsidR="00845486" w:rsidRPr="00FE6DAE" w:rsidRDefault="003440A5" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00845486">
-[...16 lines deleted...]
-        <w:t>equal opportunity and human rights</w:t>
+      <w:r w:rsidRPr="00FE6DAE">
+        <w:t xml:space="preserve">sustainable </w:t>
+      </w:r>
+      <w:r w:rsidR="00845486" w:rsidRPr="00FE6DAE">
+        <w:t>strategies and outcomes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0058B" w:rsidRPr="00FE6DAE">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C8242CC" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="009906DD" w:rsidRDefault="00892588" w:rsidP="009906DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc143681227"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc216944452"/>
       <w:r w:rsidRPr="009906DD">
         <w:t>National and international references</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="6C49680B" w14:textId="375C1E86" w:rsidR="00405475" w:rsidRDefault="00405475" w:rsidP="00737086">
       <w:r>
         <w:t xml:space="preserve">When developing </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t>Operational Instruments</w:t>
       </w:r>
       <w:r>
         <w:t>, Corrective Services may consider, where appropriate and relevant to the specific subject matter of the policy, national and international material, including (but not limited to) the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABA94C1" w14:textId="3AE928EF" w:rsidR="00892588" w:rsidRPr="002D38C0" w:rsidRDefault="00966872" w:rsidP="00CC7699">
+    <w:p w14:paraId="6ABA94C1" w14:textId="41160FAA" w:rsidR="00892588" w:rsidRPr="002D38C0" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00892588" w:rsidRPr="00FF6C54">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00FF6C54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Guiding Principles for Corrections in Australia 2018</w:t>
+          <w:t xml:space="preserve">Guiding Principles for Corrections in Australia </w:t>
+        </w:r>
+        <w:r w:rsidR="00166FFE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Revised</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="12E996C5" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00892588" w:rsidRDefault="00966872" w:rsidP="00CC7699">
+      <w:r w:rsidR="00166FFE">
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E996C5" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00892588" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00892588" w:rsidRPr="00892588">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00892588">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>United Nations Standard Minimum Rules for the Treatment of Prisoners (</w:t>
         </w:r>
-        <w:r w:rsidR="00892588" w:rsidRPr="00045131">
+        <w:r w:rsidRPr="00045131">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>Mandela Rules</w:t>
         </w:r>
-        <w:r w:rsidR="00892588" w:rsidRPr="00045131">
+        <w:r w:rsidRPr="00045131">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2649B133" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00892588" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00892588">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00892588">
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.unodc.org/documents/justice-and-prison-reform/Bangkok_Rules_ENG_22032015.pdf" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00892588">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00892588">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>United Nations Rules for the Treatment of Women Prisoners and Non-custodial Measures for Women Offenders (</w:t>
       </w:r>
       <w:r w:rsidRPr="00405475">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
         </w:rPr>
         <w:t>Bangkok Rules</w:t>
       </w:r>
       <w:r w:rsidRPr="00892588">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="741FBCC1" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00CC7699" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00892588">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00892588">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>United Nations Standard Minimum Rules for Non-custodial Measures (</w:t>
         </w:r>
         <w:r w:rsidRPr="00CC7699">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>Tokyo Rules</w:t>
         </w:r>
         <w:r w:rsidRPr="00CC7699">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0099200B" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00CC7699" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
@@ -4018,248 +4372,205 @@
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.ohchr.org/Documents/ProfessionalInterest/bodyprinciples.pdf" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00892588">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00892588">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009F15D7">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>United Nations Body of Principles for the Protection of All Persons under Any Form of Detention or Imprisonment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245C50CF" w14:textId="0134A82E" w:rsidR="0065526F" w:rsidRPr="00CC7699" w:rsidRDefault="00892588" w:rsidP="00CC7699">
+    <w:p w14:paraId="245C50CF" w14:textId="18CB4211" w:rsidR="0065526F" w:rsidRPr="00DA5B12" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00892588">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="0065526F" w:rsidRPr="0065526F">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="0065526F" w:rsidRPr="00DA5B12">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Department of Justice – Healthy Prisons Framework</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D6EF714" w14:textId="0494E108" w:rsidR="00892588" w:rsidRPr="00CC7699" w:rsidRDefault="009B37A3" w:rsidP="00CC7699">
+    <w:p w14:paraId="0D6EF714" w14:textId="0A498C8F" w:rsidR="00892588" w:rsidRPr="00DA5B12" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-    <w:p w14:paraId="49E454DC" w14:textId="497F7B86" w:rsidR="00845486" w:rsidRPr="00845486" w:rsidRDefault="009B37A3" w:rsidP="00CC7699">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00DA5B12">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Department of Justice – Women in Prison Standard</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="49E454DC" w14:textId="239F4345" w:rsidR="00845486" w:rsidRPr="00845486" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00892588" w:rsidRPr="00CC7699">
+      <w:r w:rsidRPr="00CC7699">
         <w:t>National and international Corrective Services policies and procedures</w:t>
       </w:r>
       <w:r w:rsidR="004B67DC" w:rsidRPr="00CC7699">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="_Toc525813176"/>
     </w:p>
     <w:p w14:paraId="059E90E2" w14:textId="7FAAEF2A" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="009906DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc143681228"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc216944453"/>
       <w:r w:rsidRPr="009906DD">
         <w:t>Governance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="4D0F8BB3" w14:textId="52AD5B3C" w:rsidR="00892588" w:rsidRPr="00D848A2" w:rsidRDefault="00892588" w:rsidP="00CC7699">
+    <w:p w14:paraId="4D0F8BB3" w14:textId="53A5BD6F" w:rsidR="00892588" w:rsidRPr="00D848A2" w:rsidRDefault="00892588" w:rsidP="00CC7699">
       <w:r>
         <w:t xml:space="preserve">The hierarchy </w:t>
       </w:r>
       <w:r w:rsidRPr="00960EBB">
         <w:t>of governance materials</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00960EBB">
         <w:t>for</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> prisons is set out in Figure 1. </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="61D3BEFC" w14:textId="77777777" w:rsidR="00892588" w:rsidRDefault="00000025" w:rsidP="00ED7590">
+        <w:t xml:space="preserve"> prisons is set out </w:t>
+      </w:r>
+      <w:r w:rsidR="00541D80">
+        <w:t>as follows</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D3BEFC" w14:textId="66AB60BA" w:rsidR="00892588" w:rsidRDefault="004C77FF" w:rsidP="00ED7590">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:object w:dxaOrig="7875" w:dyaOrig="2595" w14:anchorId="30F86BC5">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:453.75pt;height:149.25pt" o:ole="">
-            <v:imagedata r:id="rId17" o:title=""/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:453.6pt;height:149.35pt" o:ole="">
+            <v:imagedata r:id="rId20" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_i1048" DrawAspect="Content" ObjectID="_1754466034" r:id="rId18"/>
+          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1827570191" r:id="rId21"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="203035D6" w14:textId="24F9A659" w:rsidR="00892588" w:rsidRPr="001B76A5" w:rsidRDefault="00892588" w:rsidP="00892588">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc525813177"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc143681229"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc216944454"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Legislation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="748E21DD" w14:textId="77777777" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="00737086">
       <w:r>
         <w:t>The following key legislation provide</w:t>
       </w:r>
       <w:r w:rsidR="00405475">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the legislative authority for the management of prisons and prisoners in Western Australia:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB6144C" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="000F29D3" w:rsidRDefault="00892588" w:rsidP="00045131">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F29D3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63356892" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00E97300" w:rsidRDefault="00892588" w:rsidP="00045131">
+    <w:p w14:paraId="63356892" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="00086A87" w:rsidRDefault="00892588" w:rsidP="00045131">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086A87">
         <w:t>Prisons Regulations 1982</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F99563" w14:textId="77777777" w:rsidR="00892588" w:rsidRPr="007C2C8D" w:rsidRDefault="00892588" w:rsidP="00045131">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2C8D">
         <w:t xml:space="preserve">Rules (created </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">under </w:t>
       </w:r>
       <w:r w:rsidRPr="000F29D3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
       <w:r w:rsidR="00405475">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00405475" w:rsidRPr="00405475">
         <w:t>s 35</w:t>
       </w:r>
@@ -4336,51 +4647,51 @@
         </w:rPr>
         <w:t>Court Security and Custodial Services Act 1999</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D60F414" w14:textId="5CBAF6F0" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="00045131">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="005168FA">
         <w:t>ther legislation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> that may apply in the context of a prison or the management of prisoners</w:t>
       </w:r>
       <w:r w:rsidR="004B67DC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C72065E" w14:textId="77777777" w:rsidR="005E73FA" w:rsidRPr="00737086" w:rsidRDefault="005E73FA" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc143681230"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc216944455"/>
       <w:r w:rsidRPr="00737086">
         <w:t>Prison Rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="4D6B30DE" w14:textId="77777777" w:rsidR="00892588" w:rsidRDefault="00892588" w:rsidP="00892588">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc525813179"/>
       <w:r>
         <w:t>What are Prison Rules?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="243EA3FE" w14:textId="30A827BD" w:rsidR="00405475" w:rsidRDefault="00892588" w:rsidP="00737086">
       <w:r>
         <w:t>Section 35</w:t>
       </w:r>
       <w:r w:rsidR="00405475">
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -4545,138 +4856,138 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Rule and the </w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5040">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Act 19</w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>81</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and/or the </w:t>
       </w:r>
-      <w:r w:rsidR="00EA48B6" w:rsidRPr="00E97300">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00EA48B6" w:rsidRPr="00086A87">
         <w:t>Prison Regulations 1982</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the rule has effect to the extent of the inconsistency, subject to the regulation. In simple terms, the </w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons</w:t>
       </w:r>
       <w:r w:rsidR="00E6518A" w:rsidRPr="008D5040">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Act 19</w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>81</w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and the </w:t>
       </w:r>
-      <w:r w:rsidR="00EA48B6" w:rsidRPr="00E97300">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00EA48B6" w:rsidRPr="00086A87">
         <w:t>Prison Regulations 1982</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E0136">
         <w:t>takes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">precedence over the </w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r>
         <w:t>Rule.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ACD5C28" w14:textId="77777777" w:rsidR="00FB016F" w:rsidRPr="00C54373" w:rsidRDefault="00FB016F" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc143681231"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc216944456"/>
       <w:r>
         <w:t>Standing Orders</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="03552BF3" w14:textId="77777777" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="00FB016F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">What are Standing Orders? </w:t>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Standing Orders? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7583AC57" w14:textId="08150D52" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="00737086">
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C91C7D">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>uperintendent of a prison may, with the approval of the Chief Executive Officer</w:t>
       </w:r>
       <w:r w:rsidR="00214B30">
         <w:t xml:space="preserve"> or delegate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, make and issue written </w:t>
       </w:r>
       <w:r w:rsidR="00202060">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tanding </w:t>
       </w:r>
       <w:r w:rsidR="00202060">
@@ -4730,147 +5041,168 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Such </w:t>
       </w:r>
       <w:r w:rsidR="00815677">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tanding </w:t>
       </w:r>
       <w:r w:rsidR="00815677">
         <w:t>Or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ders are in practice, and in this policy, referred to as Standing Orders. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5777861C" w14:textId="77777777" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="00FB016F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">When are Standing Orders required? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F60BE5C" w14:textId="2D8C681F" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="00737086">
+    <w:p w14:paraId="1F60BE5C" w14:textId="34DB314D" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="00737086">
       <w:r>
         <w:t>As reference in s</w:t>
       </w:r>
       <w:r w:rsidR="00815677">
         <w:t xml:space="preserve"> 36</w:t>
       </w:r>
       <w:r w:rsidR="000363CA">
         <w:t>(3)</w:t>
       </w:r>
       <w:r w:rsidR="00815677">
         <w:t xml:space="preserve"> and s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 37 </w:t>
       </w:r>
       <w:r w:rsidRPr="00133B68">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C91C7D">
         <w:t>S</w:t>
       </w:r>
       <w:r>
-        <w:t>uperintendents may develop and implement Standing Orders to reflect the site specific conditions and risks</w:t>
+        <w:t xml:space="preserve">uperintendents may develop and implement Standing Orders to reflect the </w:t>
+      </w:r>
+      <w:r w:rsidR="00086A87">
+        <w:t>site-specific</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> conditions and risks</w:t>
       </w:r>
       <w:r w:rsidR="00C32BE8">
         <w:t xml:space="preserve"> such as </w:t>
       </w:r>
       <w:r w:rsidR="00202060">
         <w:t xml:space="preserve">managing different </w:t>
       </w:r>
       <w:r w:rsidR="00C32BE8">
         <w:t>prisoner cohorts and security rating</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00202060">
         <w:t xml:space="preserve">Standing Orders provide a mechanism for localising </w:t>
       </w:r>
       <w:r w:rsidR="00202060" w:rsidRPr="00A67A5E">
         <w:t>Commissioner’s Operating Policy and Procedures (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00202060" w:rsidRPr="002E23BA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>COPPs</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E97300" w:rsidRPr="00A67A5E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E97300">
         <w:t xml:space="preserve"> but</w:t>
       </w:r>
       <w:r w:rsidR="00202060">
         <w:t xml:space="preserve"> should be consistent with the content. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Standing Orders assist staff understand </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0357">
-        <w:t>the job they have to</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the job they </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C0357">
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> do, and how they need to do it at the respective prison.  </w:t>
       </w:r>
       <w:r w:rsidR="00202060">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D738F42" w14:textId="77777777" w:rsidR="005E73FA" w:rsidRDefault="005E73FA" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc143681232"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc216944457"/>
       <w:r>
         <w:t>Commissioner’s Operating Policy and Procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="354BCDE4" w14:textId="77777777" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="00E6518A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc525813183"/>
       <w:r>
-        <w:t>What are Commissioner’s Operating Policy and Procedures?</w:t>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Commissioner’s Operating Policy and Procedures?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="3826616C" w14:textId="3AC3EF2A" w:rsidR="002E23BA" w:rsidRDefault="002E23BA" w:rsidP="00045131">
       <w:r w:rsidRPr="008D5040">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>Commissioner of Corrective Services</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5040">
         <w:t xml:space="preserve"> has responsibilities </w:t>
       </w:r>
       <w:r w:rsidR="005A70FF">
         <w:t xml:space="preserve">delegated </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5040">
         <w:t xml:space="preserve">under the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons</w:t>
       </w:r>
@@ -4902,639 +5234,898 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5040">
         <w:t xml:space="preserve">for the administration of </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="00C14123" w:rsidRPr="008D5040">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5040">
         <w:t>legislation</w:t>
       </w:r>
       <w:r w:rsidR="00202060">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB7865C" w14:textId="6C1CAB98" w:rsidR="00E6518A" w:rsidRDefault="00202060" w:rsidP="00737086">
-      <w:r>
+    <w:p w14:paraId="0AB7865C" w14:textId="295103C0" w:rsidR="00E6518A" w:rsidRDefault="00FD1594" w:rsidP="00737086">
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00202060">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00C91C7D">
         <w:t>OPPs</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E6518A" w:rsidRPr="00A67A5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="002E23BA">
         <w:t xml:space="preserve">the primary </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t>Operational Instruments</w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E23BA">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00E915FD">
         <w:t xml:space="preserve">the management of </w:t>
       </w:r>
       <w:r w:rsidR="002E23BA">
-        <w:t xml:space="preserve">prisons and prisoners. The COPPs are policy documents that </w:t>
+        <w:t xml:space="preserve">prisons and prisoners. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E23BA">
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E23BA">
+        <w:t xml:space="preserve"> are policy documents that </w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:t xml:space="preserve">provide instructions to staff </w:t>
       </w:r>
       <w:r w:rsidR="002E23BA">
         <w:t xml:space="preserve">as to </w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
-        <w:t>how the relevant legislative requirements are implemented. COPPs will standardise the minimum service requirements across all prisons and clearly stipulate the discretion afforded to Superintendents when drafting</w:t>
+        <w:t xml:space="preserve">how the relevant legislative requirements are implemented. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E6518A">
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E6518A">
+        <w:t xml:space="preserve"> will standardise the minimum service requirements across all prisons and clearly stipulate the discretion afforded to Superintendents when drafting</w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t xml:space="preserve"> Standing Orders</w:t>
       </w:r>
       <w:r w:rsidR="00E6518A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44538A31" w14:textId="77777777" w:rsidR="00E6518A" w:rsidRPr="008D5040" w:rsidRDefault="00E6518A" w:rsidP="00E6518A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Toc525813184"/>
       <w:r w:rsidRPr="008D5040">
-        <w:t>When are COPPs made?</w:t>
+        <w:t xml:space="preserve">When are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5040">
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5040">
+        <w:t xml:space="preserve"> made?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="53E95896" w14:textId="639ED655" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="000F29D3">
+    <w:p w14:paraId="53E95896" w14:textId="329AF08E" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="000F29D3">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D5040">
-        <w:t xml:space="preserve">COPPs </w:t>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5040">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">operationalise the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5040">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Act 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>81</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="000F29D3" w:rsidRPr="00E97300">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Prison Regulations 1982</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and other relevant legislation to enable </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0357">
         <w:t xml:space="preserve">staff </w:t>
       </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">understand </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0357">
-        <w:t xml:space="preserve">the job they have to </w:t>
+        <w:t xml:space="preserve">the job they </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C0357">
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C0357">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F29D3">
         <w:t>do, and how they need to do it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CEE3AC9" w14:textId="2A428289" w:rsidR="00574CE5" w:rsidRPr="00C54373" w:rsidRDefault="00574CE5" w:rsidP="00737086">
+    <w:p w14:paraId="2CEE3AC9" w14:textId="352BD26E" w:rsidR="00574CE5" w:rsidRPr="00A55B1F" w:rsidRDefault="00B0058B" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc528594683"/>
       <w:bookmarkStart w:id="47" w:name="_Toc528594685"/>
       <w:bookmarkStart w:id="48" w:name="_Toc528594687"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc143681233"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc216944458"/>
       <w:bookmarkStart w:id="50" w:name="_Toc439858870"/>
       <w:bookmarkStart w:id="51" w:name="_Toc461461197"/>
       <w:bookmarkStart w:id="52" w:name="_Toc501114309"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
-      <w:r>
-        <w:t>Commissioner’s Instructions</w:t>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>Deputy Commissioner’s Broadcasts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="4A51FD39" w14:textId="51E9F483" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="00E6518A">
+    <w:p w14:paraId="4A51FD39" w14:textId="3F5517A2" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="00E6518A" w:rsidP="00E6518A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc525813186"/>
-      <w:r>
-        <w:t>What are Commissioner’s Instructions?</w:t>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">What are </w:t>
+      </w:r>
+      <w:r w:rsidR="001F28B6" w:rsidRPr="00A55B1F">
+        <w:t>Deputy Commissioner’s Broadcasts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
-    <w:p w14:paraId="466C4322" w14:textId="398D8065" w:rsidR="00E6518A" w:rsidRPr="00F436EC" w:rsidRDefault="00E6518A" w:rsidP="00737086">
-[...9 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="466C4322" w14:textId="3D50C9FD" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="001F28B6" w:rsidP="00737086">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Deputy Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Broadcasts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">are a communication tool used to advise staff </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">of a </w:t>
+      </w:r>
+      <w:r w:rsidR="000430FF" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">custodial operational </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">policy change </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1066" w:rsidRPr="00A55B1F">
+        <w:t>that overrides a current process or procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> within a COPP</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>and</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002E23BA">
-[...6 lines deleted...]
-    <w:p w14:paraId="42583782" w14:textId="743A8AB0" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="00E6518A">
+    </w:p>
+    <w:p w14:paraId="42583782" w14:textId="77907430" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="00E6518A" w:rsidP="00E6518A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc525129325"/>
       <w:bookmarkStart w:id="55" w:name="_Toc525129411"/>
       <w:bookmarkStart w:id="56" w:name="_Toc525813187"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
-      <w:r>
-        <w:t>When are Commissioner’s Instructions made?</w:t>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">When are </w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t>Deputy Commissioner’s broadcasts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> made?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:p w14:paraId="4D564CFE" w14:textId="0BB47A8F" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="00737086">
-[...10 lines deleted...]
-    <w:p w14:paraId="301E01B5" w14:textId="3448C908" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="000F29D3">
+    <w:p w14:paraId="4D564CFE" w14:textId="1B57C8B5" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="00981B3B" w:rsidP="00737086">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Deputy Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>roadcasts</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> are created when there is a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">request for or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>need to amend a COPP</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1066" w:rsidRPr="00A55B1F">
+        <w:t>, which is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1066" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">not likely to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">imminently </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1066" w:rsidRPr="00A55B1F">
+        <w:t>changed due to circumstances beyond the control of Operational Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001214DD" w:rsidRPr="00A55B1F">
+        <w:t>The r</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">easons and requirements for </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">a Deputy Commissioner’s Broadcast </w:t>
+      </w:r>
+      <w:r w:rsidR="001214DD" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>include but are not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7EF19E" w14:textId="5515FF2B" w:rsidR="00CF333F" w:rsidRPr="00A55B1F" w:rsidRDefault="001214DD" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0A343BA0" w14:textId="42FBBC10" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="000F29D3">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t>eedback from other Directorates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> within Corrective Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301E01B5" w14:textId="2C265AC1" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="001214DD" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="10E01C74" w14:textId="67F81D49" w:rsidR="00E6518A" w:rsidRDefault="00E6518A" w:rsidP="000F29D3">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">response </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>to a critical incident</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E01C74" w14:textId="59DCDF6B" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="001214DD" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="5E0218EF" w14:textId="724B0488" w:rsidR="00E915FD" w:rsidRDefault="00E915FD" w:rsidP="000F29D3">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">technological </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0218EF" w14:textId="0973E2CB" w:rsidR="00E915FD" w:rsidRPr="00A55B1F" w:rsidRDefault="001214DD" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-    <w:p w14:paraId="4CD77482" w14:textId="77777777" w:rsidR="001A1066" w:rsidRDefault="009C35A3" w:rsidP="000F29D3">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">legislative </w:t>
+      </w:r>
+      <w:r w:rsidR="00E915FD" w:rsidRPr="00A55B1F">
+        <w:t>change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD77482" w14:textId="3DD02DD5" w:rsidR="001A1066" w:rsidRPr="00A55B1F" w:rsidRDefault="001214DD" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="004B67DC">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">response </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>to recommendations or relevant Inquiries,</w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> Lessons Learned</w:t>
+      </w:r>
+      <w:r w:rsidR="00187962" w:rsidRPr="00A55B1F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>Commissions and Inspectorates</w:t>
+      </w:r>
+      <w:r w:rsidR="004B67DC" w:rsidRPr="00A55B1F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B051E1" w14:textId="650BAE9D" w:rsidR="00E6518A" w:rsidRDefault="001A1066" w:rsidP="000F29D3">
+    <w:p w14:paraId="00B051E1" w14:textId="767B2509" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="001214DD" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E6518A">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">directives </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1066" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Assistant Commissioners, </w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t>Deputy Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1066" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> or Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053B7A35" w14:textId="4452F13E" w:rsidR="00E6518A" w:rsidRPr="00A67A5E" w:rsidRDefault="00E6518A" w:rsidP="00737086">
-[...6 lines deleted...]
-      <w:r w:rsidR="00AF0954" w:rsidRPr="00A67A5E">
+    <w:p w14:paraId="193B5DC1" w14:textId="6304A68E" w:rsidR="00830C36" w:rsidRPr="00A55B1F" w:rsidRDefault="00E6518A" w:rsidP="00737086">
+      <w:bookmarkStart w:id="57" w:name="_Hlk210990149"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="_Hlk209703940"/>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Broadcast </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">will provide staff </w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> information about </w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B178D4" w:rsidRPr="00A55B1F">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF333F" w:rsidRPr="00A55B1F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A67A5E">
-[...5 lines deleted...]
-      <w:r w:rsidR="00AF0954" w:rsidRPr="00A67A5E">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>amendment including</w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> rationale, scope, any related/impacted </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> and the commencement date. </w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">The Deputy Commissioner’s Broadcast </w:t>
+      </w:r>
+      <w:r w:rsidR="004941C8" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">relating to policy changes are drafted by Operational Policy in consultation with </w:t>
+      </w:r>
+      <w:r w:rsidR="00830C36" w:rsidRPr="00A55B1F">
+        <w:t>the relevant stakeholders, approved by the relevant Deputy Commissioners and published by Operational Policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w14:paraId="053B7A35" w14:textId="02055413" w:rsidR="00E6518A" w:rsidRPr="00A55B1F" w:rsidRDefault="00830C36" w:rsidP="00737086">
+      <w:r w:rsidRPr="00A55B1F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A67A5E">
-[...25 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="59" w:name="_Hlk210990425"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>The Deputy Commissioner’s Broadcast shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> be implemented within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B178D4" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">scheduled review of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>corresponding COPP</w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00981B3B" w:rsidRPr="00A55B1F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="00A55B1F">
+        <w:t>, where applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0954" w:rsidRPr="00A55B1F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D703DEA" w14:textId="71DE5256" w:rsidR="00E6518A" w:rsidRDefault="00981B3B" w:rsidP="00CC7699">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">Deputy Commissioner’s Broadcasts, relating to policy changes shall be approved by all the relevant Deputy Commissioners and </w:t>
+      </w:r>
+      <w:r w:rsidR="004941C8" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">registered </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">through </w:t>
+      </w:r>
+      <w:r w:rsidR="0066497A" w:rsidRPr="00A55B1F">
+        <w:t>Operational Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518A" w:rsidRPr="00A55B1F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A67A5E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A67A5E">
+      <w:r w:rsidR="00FB016F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">to avoid, so far as possible, inconsistency </w:t>
+      </w:r>
+      <w:r w:rsidR="00E915FD" w:rsidRPr="00A55B1F">
+        <w:t>with legislation or other O</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB016F" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">perational </w:t>
+      </w:r>
+      <w:r w:rsidR="00E915FD" w:rsidRPr="00A55B1F">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB016F" w:rsidRPr="00A55B1F">
+        <w:t>nstruments.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB016F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB016F">
-[...14 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p w14:paraId="6A32C923" w14:textId="77777777" w:rsidR="00E97300" w:rsidRDefault="00E97300" w:rsidP="00CC7699"/>
     <w:p w14:paraId="429F03E8" w14:textId="3263C0BC" w:rsidR="00000025" w:rsidRDefault="00AF0954" w:rsidP="009906DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="_Toc143681234"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc216944459"/>
       <w:r>
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:r w:rsidR="00B00788" w:rsidRPr="009906DD">
         <w:t>Departmental</w:t>
       </w:r>
       <w:r w:rsidR="00000025">
         <w:t xml:space="preserve"> Frameworks</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidR="00000025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C35DB06" w14:textId="12E30A01" w:rsidR="00AB6AC0" w:rsidRDefault="00AB6AC0" w:rsidP="00AB6AC0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc143681235"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc216944460"/>
       <w:r>
         <w:t xml:space="preserve">Frameworks </w:t>
       </w:r>
       <w:r w:rsidR="00234040">
         <w:t xml:space="preserve">and policies </w:t>
       </w:r>
       <w:r>
         <w:t>external to Operational Policy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="730468EA" w14:textId="45172A4C" w:rsidR="00B00788" w:rsidRDefault="00AB6AC0" w:rsidP="00000025">
       <w:r>
         <w:t xml:space="preserve">As the Department of Justice </w:t>
       </w:r>
       <w:r w:rsidR="007E3B55">
         <w:t xml:space="preserve">strives to improve service delivery in line with the Strategic Framework, areas outside of Operational Policy </w:t>
       </w:r>
       <w:r w:rsidR="00B00788">
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="00234040">
         <w:t xml:space="preserve">require business area specific policies or frameworks. Current examples include the Security Management Framework, Emergency Management Framework and ARMS Manual. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F2FA68" w14:textId="150EEF85" w:rsidR="00AF0954" w:rsidRDefault="00234040" w:rsidP="00000025">
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00AF0954">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00B00788">
         <w:t>owners of such Frameworks</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or policies</w:t>
       </w:r>
       <w:r w:rsidR="00B00788">
         <w:t xml:space="preserve"> shall ensure that </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">they do not contradict </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B00788">
-        <w:t xml:space="preserve">COPPs </w:t>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B00788">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or other documents provided for in the Operational Policy Framework</w:t>
       </w:r>
       <w:r w:rsidR="0076713B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C58083E" w14:textId="0454DC89" w:rsidR="00234040" w:rsidRDefault="00234040" w:rsidP="00000025">
       <w:r>
         <w:t xml:space="preserve">Where new or amended business area specific policies or frameworks are intended business areas should consult with Operational Policy to consider and agree on the most appropriate method for implementing such documents. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE03C74" w14:textId="6BC26B69" w:rsidR="0076713B" w:rsidRDefault="0076713B" w:rsidP="00000025">
+    <w:p w14:paraId="37E65EC6" w14:textId="0B816C60" w:rsidR="008F5F50" w:rsidRDefault="0076713B" w:rsidP="00000025">
       <w:r>
         <w:t xml:space="preserve">Where it is intended that policies or procedures from another Departmental Framework shall supersede or replace a COPP refer to section </w:t>
       </w:r>
       <w:r w:rsidR="00FB4F0E">
         <w:t>7.4</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:br w:type="page"/>
+      <w:r w:rsidR="00930537">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2603F128" w14:textId="33F36274" w:rsidR="007C2C8D" w:rsidRPr="007C2C8D" w:rsidRDefault="00110619" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="62" w:name="_Toc216944461"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
         <w:t>Process</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="00475963" w14:textId="77777777" w:rsidR="00D01948" w:rsidRPr="007C2C8D" w:rsidRDefault="00D01948" w:rsidP="00110619">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc143681237"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc216944462"/>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>Development</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="43C220BA" w14:textId="77777777" w:rsidR="00ED60E3" w:rsidRDefault="0066497A" w:rsidP="00737086">
       <w:r>
         <w:t>Operational Policy</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67A5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00110619">
         <w:t>is responsible for the development of Prison Rules</w:t>
       </w:r>
-      <w:r w:rsidR="00000025">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00086A87">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00110619">
-        <w:t xml:space="preserve"> COPPs, with </w:t>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00086A87">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t>Deputy Commissioner Broadcasts</w:t>
+      </w:r>
+      <w:r w:rsidR="00110619">
+        <w:t xml:space="preserve">, with </w:t>
       </w:r>
       <w:r w:rsidR="00C91C7D">
         <w:t>Super</w:t>
       </w:r>
       <w:r w:rsidR="00110619">
         <w:t xml:space="preserve">intendents responsible for the development of </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t>Standing Orders</w:t>
       </w:r>
       <w:r w:rsidR="00110619">
-        <w:t xml:space="preserve">. Prison Rules, COPPs and Commissioner’s Instructions are drafted by </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3CD3E0" w14:textId="6CA2FC9E" w:rsidR="00110619" w:rsidRDefault="00110619" w:rsidP="00737086">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Prison Rules, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Broadcasts </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">are drafted by </w:t>
+      </w:r>
+      <w:r w:rsidR="0066497A">
         <w:t>Operational Policy</w:t>
       </w:r>
-      <w:r w:rsidR="00110619">
-        <w:t>, and developed in consultation with internal and external subject matter experts and operational staff</w:t>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">where applicable, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and developed in consultation with internal and external subject matter experts and operational staff</w:t>
       </w:r>
       <w:r w:rsidR="002E23BA">
-        <w:t xml:space="preserve">, and with legal advice as required. </w:t>
-[...13 lines deleted...]
-        <w:t>The development or amendment of Prison Rules, COPPs and Commissioner’s Instructions are also subject to a Diversity Impact Assessment</w:t>
+        <w:t xml:space="preserve">, and with legal advice as </w:t>
+      </w:r>
+      <w:r w:rsidR="002E23BA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">required. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t>All operational instruments</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> must be written in plain English and clearly explain what needs to be done, who will do it and when. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B700AA2" w14:textId="7470E436" w:rsidR="00A82F40" w:rsidRDefault="00110619" w:rsidP="00737086">
+      <w:r>
+        <w:t>The development or amendment of Prison Rules</w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> are also subject to a Diversity Impact Assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A145A8">
         <w:t xml:space="preserve"> where applicable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (refer </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Diversity_Impact_Assessment" w:history="1">
         <w:r w:rsidRPr="006E0136">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section 6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105F5C67" w14:textId="08BC1D96" w:rsidR="00110619" w:rsidRDefault="00A82F40" w:rsidP="00737086">
+    <w:p w14:paraId="105F5C67" w14:textId="29EFEFCB" w:rsidR="00110619" w:rsidRDefault="00A82F40" w:rsidP="00737086">
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The process to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">develop or </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">amend </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>Prison Rules</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>COPPs</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">and Commissioner’s Instructions </w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Broadcast </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>is provided in</w:t>
       </w:r>
       <w:r w:rsidR="00E60A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> a flow chart in</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_1_–" w:history="1">
         <w:r w:rsidRPr="008C2EA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
@@ -5569,107 +6160,100 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_2_–" w:history="1">
         <w:r w:rsidRPr="008C2EA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Appendix 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00110619">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43617FE6" w14:textId="63132EFE" w:rsidR="00E60A26" w:rsidRDefault="00E60A26" w:rsidP="00E60A26">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc143681238"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc216944463"/>
       <w:r w:rsidRPr="00E60A26">
         <w:t>Security status</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="00E60A26">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DACCEA" w14:textId="36B011EB" w:rsidR="0073640B" w:rsidRDefault="00E60A26" w:rsidP="00271BB2">
-[...1 lines deleted...]
-        <w:t>Prison Rules, COPPs and Standing Orders</w:t>
+    <w:p w14:paraId="36DACCEA" w14:textId="26595BC7" w:rsidR="0073640B" w:rsidRDefault="00E60A26" w:rsidP="00271BB2">
+      <w:r>
+        <w:t xml:space="preserve">Prison Rules, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and Standing Orders</w:t>
       </w:r>
       <w:r w:rsidR="00271BB2">
         <w:t xml:space="preserve"> cover </w:t>
       </w:r>
       <w:r w:rsidR="009432DA">
         <w:t xml:space="preserve">a range of </w:t>
       </w:r>
       <w:r w:rsidR="00271BB2">
         <w:t xml:space="preserve">operational procedures, processes and methodologies. </w:t>
       </w:r>
       <w:r w:rsidR="009432DA">
         <w:t xml:space="preserve">These instruments </w:t>
       </w:r>
       <w:r w:rsidR="00AA5075" w:rsidRPr="00AA5075">
         <w:t>may be marked as ‘Restricted Staff Only’</w:t>
       </w:r>
       <w:r w:rsidR="00AA5075">
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="009432DA">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00271BB2">
         <w:t>good government, good</w:t>
       </w:r>
       <w:r w:rsidR="009432DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00271BB2">
-        <w:t>order, and security of the prison</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">apply to a Commissioner’s Instruction where appropriate. </w:t>
+        <w:t xml:space="preserve">order, and security of the prison. </w:t>
       </w:r>
       <w:r w:rsidR="00AA5075">
         <w:t xml:space="preserve">Where requests are made </w:t>
       </w:r>
       <w:r w:rsidR="00FE454B">
         <w:t xml:space="preserve">to Operational Policy </w:t>
       </w:r>
       <w:r w:rsidR="009741D5">
         <w:t xml:space="preserve">by persons </w:t>
       </w:r>
       <w:r w:rsidR="00C26F22">
         <w:t xml:space="preserve">or organisations </w:t>
       </w:r>
       <w:r w:rsidR="00AA5075">
         <w:t>for a</w:t>
       </w:r>
       <w:r w:rsidR="00C26F22">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004529C2">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C26F22">
         <w:t>estricted</w:t>
       </w:r>
@@ -5725,953 +6309,2194 @@
       </w:r>
       <w:r w:rsidR="004529C2" w:rsidRPr="004529C2">
         <w:t>InformationRelease@justice.wa.gov.au</w:t>
       </w:r>
       <w:r w:rsidR="004529C2">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00A85F1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EBB3B8" w14:textId="59A93970" w:rsidR="0073640B" w:rsidRDefault="0073640B" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Any other type of request, send to ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="0073640B">
         <w:t>FOI@justice.wa.gov.au.</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34ED7817" w14:textId="3AD2A42B" w:rsidR="00AA5075" w:rsidRPr="00E60A26" w:rsidRDefault="0073640B" w:rsidP="00CC7699">
+    <w:p w14:paraId="34ED7817" w14:textId="26815A9E" w:rsidR="00AA5075" w:rsidRPr="00E60A26" w:rsidRDefault="0073640B" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For both referrals </w:t>
       </w:r>
       <w:r w:rsidR="000351E7">
         <w:t>cc</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00A85F1E">
         <w:t>‘</w:t>
       </w:r>
+      <w:r w:rsidR="00ED60E3">
+        <w:t>DCO</w:t>
+      </w:r>
       <w:r w:rsidR="00A85F1E" w:rsidRPr="00A85F1E">
-        <w:t>dcoperationalsupport@justice.wa.gov.au</w:t>
+        <w:t>perational</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED60E3">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85F1E" w:rsidRPr="00A85F1E">
+        <w:t>upport@justice.wa.gov.au</w:t>
       </w:r>
       <w:r w:rsidR="00A85F1E">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="000351E7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D694259" w14:textId="7AD43202" w:rsidR="00110619" w:rsidRDefault="00110619" w:rsidP="00110619">
+    <w:p w14:paraId="61AC31C3" w14:textId="18436DB8" w:rsidR="003440A5" w:rsidRDefault="003440A5" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="_Toc525813190"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="65" w:name="_Toc216944464"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc525813190"/>
+      <w:r>
+        <w:t xml:space="preserve">Amendments to Prison Rules, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and Standing Orders</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="01B0FD11" w14:textId="6E556FB9" w:rsidR="003440A5" w:rsidRDefault="003440A5" w:rsidP="003440A5">
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve">n amendment </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to existing Prison Rules and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve">must be raised with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Operational Policy, who </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve">will identify the impact and risks associated with the amendment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDAC982" w14:textId="475EAD89" w:rsidR="003440A5" w:rsidRPr="003440A5" w:rsidRDefault="003440A5" w:rsidP="00086A87">
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve">n amendment </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and/or a revocation to a Standing Order is the responsibility of the Superintendent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5456CED6" w14:textId="064F7432" w:rsidR="00993E7A" w:rsidRPr="00A55B1F" w:rsidRDefault="00110619" w:rsidP="00737086">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="_Toc216944465"/>
+      <w:r w:rsidRPr="00A55B1F">
         <w:t>Approval</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> been reviewed by </w:t>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidR="00DA6BF0" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> Process</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w14:paraId="71B82206" w14:textId="40464211" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+      <w:r w:rsidRPr="00A45D0C">
+        <w:t xml:space="preserve">The approval process for </w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:t xml:space="preserve">amendments to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45D0C">
+        <w:t xml:space="preserve">Prison Rules, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45D0C">
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="_Hlk190942319"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45D0C">
+        <w:t xml:space="preserve"> and Standing Orders, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00A45D0C">
+        <w:t>is as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFE2D93" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Prison Rules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F877C4" w14:textId="05EBE11C" w:rsidR="003440A5" w:rsidRPr="00086A87" w:rsidRDefault="003440A5" w:rsidP="00A45D0C">
+      <w:r>
+        <w:t>Prison</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45D0C" w:rsidRPr="00A45D0C">
+        <w:t xml:space="preserve"> Rules will be approved by the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Director General, Department of Justice</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45D0C" w:rsidRPr="00A45D0C">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, where applicable, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A45D0C" w:rsidRPr="00A45D0C">
+        <w:t xml:space="preserve">the Minister for Corrective Services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E11A144" w14:textId="50CCB8B1" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00086A87">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25646A9F" w14:textId="40C7EBE3" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="003C315C" w:rsidP="00A45D0C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="_Hlk202785356"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>The a</w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pproval </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>process for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003440A5" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00086A87" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is streamlined and tiered, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>depending o</w:t>
+      </w:r>
+      <w:r w:rsidR="00440AF0" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the level of change required</w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>. It is guided by clearly defined responsibilities and</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>levels of</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> criticality based on </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>assessed</w:t>
+      </w:r>
+      <w:r w:rsidR="00D22583" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>operational risk</w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>. Any</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contentious issues </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>are escalated for approval to</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Deputy Commissioner, Operational Support.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3256"/>
+        <w:gridCol w:w="5760"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w14:paraId="5D888B0C" w14:textId="77777777" w:rsidTr="003439B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="660033"/>
+          </w:tcPr>
+          <w:p w14:paraId="185B2317" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="70" w:name="_Hlk190938859"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="660033"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5DEE36" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Approvals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w14:paraId="484579FA" w14:textId="77777777" w:rsidTr="003439B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4B27E5" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1046628C" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="773F4CFA" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="527914E5" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A237B9F" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E4A41DB" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Commissioner Corrective Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5760" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CD1FC9" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>All operational changes that significantly alter the context or content of current operational practice to include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454948D2" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Development of new </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>COPPs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="277B8239" w14:textId="1535A220" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amendments to existing </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>COPPs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that have a significant impact</w:t>
+            </w:r>
+            <w:r w:rsidR="00B523CD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on current operational practice.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B523CD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:r w:rsidR="00B523CD" w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">includes </w:t>
+            </w:r>
+            <w:r w:rsidR="00440AF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the implementation of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">new operational procedures </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>as a result of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> legislative change</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="483F87B1" w14:textId="0783FF04" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revocation of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>COPPs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and/or revocation of significant operational practices contained within </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>COPPs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00440AF0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w14:paraId="10E63FD2" w14:textId="77777777" w:rsidTr="003439B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C653C25" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42C1267E" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06EE7B74" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0602D627" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deputy Commissioner Operational Support </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35DE54CF" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(in conjunction with the relevant Deputy Commissioner/s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D685D58" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:t>All operational changes that do not significantly alter the context or content of current operational practice, to include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D1D223" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A response to an operational need or incident</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67774208" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Response to supported recommendations from external agencies, to include the Judiciary (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>eg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coronial Inquests and Commissions and Inspectorates, (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>eg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Office of the Inspector of Custodial Services)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="652D2B62" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>New national and international guidelines, rules, standards and practices</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w14:paraId="67174935" w14:textId="77777777" w:rsidTr="003439B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C2B205F" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D85C87C" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Assistant Commissioner Operational Support Services</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20690D26" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(in conjunction with the relevant Assistant Commissioner/s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="792A24F2" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Minor amendments, where there is no operational impact, that may include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60D85651" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:t>request on clarity and guidance within a COPP</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66744BBF" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:t>technological changes (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:t>eg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:t xml:space="preserve"> Total Offender Manager Solution)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="168AD4ED" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:t>amendments to forms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w14:paraId="56964260" w14:textId="77777777" w:rsidTr="003439B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0360708A" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Director Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25CA2265" w14:textId="7509B519" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45D0C">
+              <w:t>General formatting and grammar changes</w:t>
+            </w:r>
+            <w:r w:rsidR="006A2825">
+              <w:t xml:space="preserve"> and minor amendments, when circumstances allow</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="70"/>
+    </w:tbl>
+    <w:p w14:paraId="5D7D33DE" w14:textId="77777777" w:rsidR="00A45D0C" w:rsidRPr="00A45D0C" w:rsidRDefault="00A45D0C" w:rsidP="00A45D0C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DDF58E0" w14:textId="0860E764" w:rsidR="003440A5" w:rsidRPr="00416090" w:rsidRDefault="003440A5" w:rsidP="00A45D0C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416090">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Standing Orders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCD1513" w14:textId="34ABB1C7" w:rsidR="00A45D0C" w:rsidRPr="00086A87" w:rsidRDefault="00A45D0C" w:rsidP="00086A87">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45D0C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>respective Deputy Commissioner for public prisons or Director</w:t>
+      </w:r>
+      <w:r w:rsidR="00D22583">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Private Prisons Contract Management for private prisons, as delegated by the Chief Executive Officer, will approve the prison’s Standing Order</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2576F21C" w14:textId="1D022196" w:rsidR="00884373" w:rsidRDefault="003440A5" w:rsidP="00086A87">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Toc216944466"/>
+      <w:r>
+        <w:t xml:space="preserve">Revocation of Prison Rules and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5F32EA3F" w14:textId="729BC0CF" w:rsidR="00884373" w:rsidRDefault="00884373" w:rsidP="00737086">
+      <w:bookmarkStart w:id="72" w:name="_Hlk196398120"/>
+      <w:r>
+        <w:t xml:space="preserve">A revocation to </w:t>
+      </w:r>
+      <w:r w:rsidR="00440AF0">
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r>
+        <w:t>existing Prison Rule</w:t>
+      </w:r>
+      <w:r w:rsidR="00086A87">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>COPP</w:t>
+      </w:r>
+      <w:r w:rsidR="00440AF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Broadcasts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve">must be raised with </w:t>
       </w:r>
       <w:r w:rsidR="0066497A">
         <w:t>Operational Policy</w:t>
       </w:r>
-      <w:r>
-[...45 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="0031665F">
-        <w:t xml:space="preserve">n amendment </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">must be raised with </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0066497A">
         <w:t>Operational Policy</w:t>
       </w:r>
+      <w:r w:rsidR="0066497A" w:rsidRPr="00A67A5E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0031665F">
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>will identify the impact and risks associated with the amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and/or revocation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve">request. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p w14:paraId="2E85FB66" w14:textId="52AA6B7E" w:rsidR="00FB016F" w:rsidRDefault="00884373" w:rsidP="00737086">
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve">he Deputy Commissioner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41BDB">
+        <w:t>Operational Support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031665F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">will, on behalf of </w:t>
       </w:r>
       <w:r w:rsidR="0066497A">
         <w:t>Operational Policy</w:t>
       </w:r>
-      <w:r w:rsidR="0066497A" w:rsidRPr="00A67A5E">
-[...32 lines deleted...]
-        <w:t>, provide to the Commissioner of Corrective Services a</w:t>
+      <w:r>
+        <w:t>, provide to the Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Corrective Services a</w:t>
       </w:r>
       <w:r w:rsidRPr="0031665F">
         <w:t xml:space="preserve"> submission outlining the rationale</w:t>
       </w:r>
       <w:r w:rsidR="00AC382D">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0031665F">
         <w:t xml:space="preserve">impact </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">of the proposed amendment and/or revocation and a </w:t>
-[...15 lines deleted...]
-        <w:t>ns of</w:t>
+        <w:t xml:space="preserve">of the proposed revocation and a recommendation </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2825">
+        <w:t>to support the</w:t>
+      </w:r>
+      <w:r w:rsidR="00086A87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>revocation</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="_Hlk196982506"/>
+      <w:r w:rsidR="00B523CD">
+        <w:t>, noting that</w:t>
       </w:r>
       <w:r w:rsidR="00FB016F">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650A31D3" w14:textId="24E47B5C" w:rsidR="00FB016F" w:rsidRDefault="002E23BA" w:rsidP="000F29D3">
+    <w:p w14:paraId="650A31D3" w14:textId="31EBB1E0" w:rsidR="00FB016F" w:rsidRDefault="002E23BA" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Prison Ru</w:t>
       </w:r>
       <w:r w:rsidR="00AC382D">
         <w:t>l</w:t>
       </w:r>
       <w:r>
-        <w:t>es will require the M</w:t>
+        <w:t>es will require the</w:t>
+      </w:r>
+      <w:r w:rsidR="00086A87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003440A5">
+        <w:t>Director General, Department of Justice and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> M</w:t>
       </w:r>
       <w:r w:rsidR="00884373">
         <w:t>inister</w:t>
       </w:r>
-      <w:r>
-        <w:t>’s</w:t>
+      <w:r w:rsidR="00086A87">
+        <w:t>, Corrective Services</w:t>
       </w:r>
       <w:r w:rsidR="00884373">
         <w:t xml:space="preserve"> approval</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53264737" w14:textId="61193C2B" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="000F29D3">
+    <w:p w14:paraId="53264737" w14:textId="5E6C977C" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="000F29D3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7E86E178" w14:textId="777478AB" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="000363CA">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> will require the Commissioner of Corrective Services’ approval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E86E178" w14:textId="4674509B" w:rsidR="00FB016F" w:rsidRDefault="00FB016F" w:rsidP="000363CA">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Standing Orders will require </w:t>
       </w:r>
       <w:r w:rsidR="000363CA">
         <w:t xml:space="preserve">approval from </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB016F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED697E">
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>Deputy Commissioner</w:t>
       </w:r>
       <w:r w:rsidR="00ED697E">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="000363CA">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="000363CA" w:rsidRPr="000363CA">
-        <w:t>Assistant Director Custodial Contracts Management</w:t>
+        <w:t>Director Custodial Contracts Management</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56EC3BB9" w14:textId="04E153F6" w:rsidR="00884373" w:rsidRDefault="00884373" w:rsidP="00737086">
-[...23 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2EA384E8" w14:textId="44526FD6" w:rsidR="00D373FC" w:rsidRDefault="00F7625A" w:rsidP="00737086">
+      <w:bookmarkStart w:id="74" w:name="_Hlk196982632"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Where the revocation of an existing Prison Rule</w:t>
       </w:r>
       <w:r w:rsidR="00B17C9F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COPP </w:t>
       </w:r>
       <w:r w:rsidR="00B17C9F">
-        <w:t xml:space="preserve">or Commissioner’s Instruction </w:t>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r w:rsidR="00B17C9F">
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Broadcast </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00A65D22">
         <w:t xml:space="preserve">agreed upon by Operational Policy and the revocation </w:t>
       </w:r>
       <w:r w:rsidR="00B17C9F">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00A65D22">
-        <w:t xml:space="preserve">approved by the Commissioner as per this section, Operational Policy </w:t>
+        <w:t xml:space="preserve">approved by the </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2825">
+        <w:t>relevant delegated authority</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D22">
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2825">
+        <w:t>detailed above</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D22">
+        <w:t xml:space="preserve">, Operational Policy </w:t>
       </w:r>
       <w:r w:rsidR="00D373FC">
         <w:t xml:space="preserve">shall ensure that appropriate communication with </w:t>
       </w:r>
       <w:r w:rsidR="00A65D22">
         <w:t>the applicable business area</w:t>
       </w:r>
       <w:r w:rsidR="00D373FC">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A65D22">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D373FC">
         <w:t>takes place. This can include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF4E40E" w14:textId="4EB71A03" w:rsidR="00D373FC" w:rsidRDefault="00D373FC" w:rsidP="00CC7699">
+    <w:p w14:paraId="2CF4E40E" w14:textId="15D86D16" w:rsidR="00D373FC" w:rsidRDefault="00C3111B" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Links to the superseding policy</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="616DD209" w14:textId="11C06B80" w:rsidR="00D373FC" w:rsidRDefault="00D373FC" w:rsidP="00CC7699">
+        <w:t xml:space="preserve">links </w:t>
+      </w:r>
+      <w:r w:rsidR="00D373FC">
+        <w:t>to the superseding policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616DD209" w14:textId="2ADDA402" w:rsidR="00D373FC" w:rsidRDefault="00C3111B" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Redirection requests with DOJ Online Services </w:t>
+        <w:t xml:space="preserve">redirection </w:t>
+      </w:r>
+      <w:r w:rsidR="00D373FC">
+        <w:t xml:space="preserve">requests with DOJ Online Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D872050" w14:textId="77777777" w:rsidR="004C6756" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc143681241"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc216944467"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t>Recording and accessibility</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="73EF9E63" w14:textId="0C996A63" w:rsidR="004C6756" w:rsidRDefault="004C6756" w:rsidP="004C6756">
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w14:paraId="73EF9E63" w14:textId="3A821CC1" w:rsidR="004C6756" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:r>
         <w:t xml:space="preserve">The Department will maintain a central registry </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>of all Prison Rules</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2C8D">
-        <w:t xml:space="preserve">COPPs </w:t>
-[...2 lines deleted...]
-        <w:t>and Commissioner’s Instructions on the Department’s internet</w:t>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t xml:space="preserve">Broadcasts </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on the Department’s internet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> site and intranet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9C2996" w14:textId="77777777" w:rsidR="004C6756" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:r>
         <w:t xml:space="preserve">The intranet page incorporates all the policies and procedures into a single location with the Operational Instruments grouped under headings that are user friendly for frontline officers. The issuing of hard (paper) copies is to be minimised due to the likelihood of out-dated or revoked instruments remaining in circulation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F42F70" w14:textId="77777777" w:rsidR="004C6756" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:r>
         <w:t>All relevant Operational Instruments are to be published at each prison in such a manner as to bring them to the attention of the prisoners. Each prison will take reasonable steps to have Operational Instruments made known to every prisoner who is illiterate and, for every prisoner who does not understand English, in a language that the prisoner understands.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02A417E5" w14:textId="0BBC84CB" w:rsidR="004C6756" w:rsidRPr="007C2C8D" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc143681242"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc216944468"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>urrency</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="6C355879" w14:textId="773538EE" w:rsidR="004C6756" w:rsidRPr="007C2C8D" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Significant risks can arise if </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>Prison Rules</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>COPPs</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and Standing Orders </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">are not kept up to date. </w:t>
       </w:r>
       <w:r w:rsidR="0066497A">
         <w:t>Operational Policy</w:t>
       </w:r>
       <w:r w:rsidR="0066497A" w:rsidRPr="00A67A5E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">will be the single source accountable for maintaining the currency of </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>Prison Rules</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>COPPs</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, with Superintendents responsible for maintaining the currency of Standing Orders.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Existing Operational Instruments will be amended or revoked when there is a catalyst for change</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55900136" w14:textId="74E8196B" w:rsidR="004C6756" w:rsidRPr="007C2C8D" w:rsidRDefault="004C6756" w:rsidP="004C6756">
+    <w:p w14:paraId="55900136" w14:textId="44C6CA70" w:rsidR="004C6756" w:rsidRPr="007C2C8D" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>rgent changes to C</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">rgent changes to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>OPPs are</w:t>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>OPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>may be</w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD" w:rsidRPr="007C2C8D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> facilitated by the development of a Commissioner’s </w:t>
+        <w:t xml:space="preserve">facilitated by the development of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C2C8D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B523CD">
+        <w:t>Broadcast</w:t>
       </w:r>
       <w:r w:rsidRPr="009906DD">
-        <w:t xml:space="preserve">Instruction. </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">. The process to amend Prison Rules and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009906DD">
-        <w:t>The process to amend Prison Rules and COPPs is provided in</w:t>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009906DD">
+        <w:t xml:space="preserve"> is provided in</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_1_–" w:history="1">
         <w:r w:rsidR="008C2EA4" w:rsidRPr="008C2EA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Appendix</w:t>
         </w:r>
-        <w:r w:rsidR="009906DD">
+        <w:r w:rsidR="0021744A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
-          <w:t> </w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="008C2EA4" w:rsidRPr="008C2EA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the process to amend </w:t>
       </w:r>
       <w:r>
         <w:t>Standing Orders</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> is provided in </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_2_–" w:history="1">
         <w:r w:rsidR="008C2EA4" w:rsidRPr="008C2EA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Appendix 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2C8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108B4AB7" w14:textId="77777777" w:rsidR="004C6756" w:rsidRPr="007C2C8D" w:rsidRDefault="004C6756" w:rsidP="004C6756">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc143681243"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc216944469"/>
       <w:r w:rsidRPr="007C2C8D">
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2C8D">
         <w:t>ontrol</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
-[...2 lines deleted...]
-      <w:pPr>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="40944B81" w14:textId="14A4F9D3" w:rsidR="00416090" w:rsidRPr="00416090" w:rsidRDefault="004C6756" w:rsidP="00416090">
+      <w:r w:rsidRPr="00575D47">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Every published </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575D47">
+        <w:t>Prison Rule, COPP and Standing Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575D47">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Every published </w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> must have a </w:t>
+      </w:r>
+      <w:r w:rsidR="009C48DC" w:rsidRPr="00575D47">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007C2C8D">
+        <w:t xml:space="preserve">version </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575D47">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">must have a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009C48DC">
+        <w:t xml:space="preserve">history. </w:t>
+      </w:r>
+      <w:r w:rsidR="00416090" w:rsidRPr="00575D47">
+        <w:t xml:space="preserve">A document history is a record of when that document was published, amended, revoked and </w:t>
+      </w:r>
+      <w:r w:rsidR="0021744A" w:rsidRPr="00575D47">
+        <w:t xml:space="preserve">lists those </w:t>
+      </w:r>
+      <w:r w:rsidR="00416090" w:rsidRPr="00575D47">
+        <w:t>who approved</w:t>
+      </w:r>
+      <w:r w:rsidR="0021744A" w:rsidRPr="00575D47">
+        <w:t xml:space="preserve"> the changes</w:t>
+      </w:r>
+      <w:r w:rsidR="00416090" w:rsidRPr="00575D47">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABDF6A4" w14:textId="14216397" w:rsidR="004C6756" w:rsidRDefault="009C48DC" w:rsidP="004C6756">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">version </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007C2C8D">
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Hlk202786796"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">history. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009C48DC">
+        <w:t xml:space="preserve">The version </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6756">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">The version </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">history </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6756" w:rsidRPr="00097C3C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">history </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00097C3C">
+        <w:t>record</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>record</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009C48DC">
+        <w:t>s the following</w:t>
+      </w:r>
+      <w:r w:rsidR="000351E7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>s the following</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FFC1DC" w14:textId="129AC263" w:rsidR="00845486" w:rsidRPr="009C48DC" w:rsidRDefault="009C48DC" w:rsidP="00CC7699">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009C48DC">
+        <w:t>Version number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56201B6B" w14:textId="4DD1D270" w:rsidR="009C48DC" w:rsidRPr="009C48DC" w:rsidRDefault="009C48DC" w:rsidP="00CC7699">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009C48DC">
+        <w:t>Primary Author</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0582F955" w14:textId="63E256DA" w:rsidR="009C48DC" w:rsidRPr="009C48DC" w:rsidRDefault="009C48DC" w:rsidP="00CC7699">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009C48DC">
+        <w:t xml:space="preserve">Description of version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2AD876" w14:textId="2203EA58" w:rsidR="009C48DC" w:rsidRPr="009C48DC" w:rsidRDefault="009C48DC" w:rsidP="00CC7699">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009C48DC">
+        <w:t>Date Completed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607858D7" w14:textId="65AD9BB2" w:rsidR="009C48DC" w:rsidRDefault="009C48DC" w:rsidP="00CC7699">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="009C48DC">
         <w:lastRenderedPageBreak/>
-        <w:t>Version number</w:t>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="009C48DC">
         <w:t xml:space="preserve">Effective Date </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p w14:paraId="503ADEA5" w14:textId="77777777" w:rsidR="00E97300" w:rsidRPr="00E97300" w:rsidRDefault="00E97300" w:rsidP="00CC7699"/>
     <w:p w14:paraId="4E7C810D" w14:textId="77777777" w:rsidR="00187147" w:rsidRPr="00E50FF8" w:rsidRDefault="00AC70D4" w:rsidP="009906DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc17806968"/>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc17806968"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc17806969"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc17806971"/>
+      <w:bookmarkStart w:id="82" w:name="_Diversity_Impact_Assessment"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc439858875"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc461461202"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc501114313"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc216944470"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r w:rsidRPr="009906DD">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00187147" w:rsidRPr="009906DD">
         <w:t>iversity</w:t>
       </w:r>
       <w:r w:rsidR="00187147" w:rsidRPr="00E50FF8">
         <w:t xml:space="preserve"> Impact Assessment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="196FBF4B" w14:textId="5243B05B" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
       <w:r>
         <w:t xml:space="preserve">Corrective Services has a legal responsibility to ensure non-discrimination in a range of areas including the way services are delivered. An impact assessment of an </w:t>
       </w:r>
       <w:r w:rsidR="00C14123">
         <w:t>Operational Instrument</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> that is new or being revised is a practical way for Corrective Services to promote equality and awareness of the rights of diverse service users, in particular </w:t>
+        <w:t xml:space="preserve"> that is new or being revised is a practical way for Corrective Services to promote equality and awareness of the rights of diverse service users, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">in particular </w:t>
       </w:r>
       <w:r w:rsidRPr="001322A5">
-        <w:t>Aboriginal and Torres Strait Islanders and ethnic and other social minority groups, and to ensure compliance with Federal and State discrimination and equal opportunity legislation.</w:t>
+        <w:t>Aboriginal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001322A5">
+        <w:t xml:space="preserve"> and Torres Strait Islanders and ethnic and other social minority groups, and to ensure compliance with Federal and State discrimination and equal opportunity legislation.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE3F33A" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
       <w:r>
-        <w:t>The development or amendment of all Prison Rules and COPPs therefore includes an assessment of the impact of the instrument on diversity and substantive equality, with particular attention to non-discrimination on the grounds of race, gender, and impairment.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DED8637" w14:textId="359551FB" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00CC7699">
+        <w:t xml:space="preserve">The development or amendment of all Prison Rules and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> therefore includes an assessment of the impact of the instrument on diversity and substantive equality, with particular attention to non-discrimination on the grounds of race, gender, and impairment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE94B0C" w14:textId="77777777" w:rsidR="00416090" w:rsidRDefault="00AD18D4" w:rsidP="00416090">
       <w:r w:rsidRPr="006A5313">
         <w:t xml:space="preserve">Assessments are coordinated </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and carried out </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5313">
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="00E65477" w:rsidRPr="006A5313">
         <w:t>Operat</w:t>
       </w:r>
       <w:r w:rsidR="00E65477">
         <w:t xml:space="preserve">ional Policy </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5313">
         <w:t xml:space="preserve">the use the Diversity Impact Assessment template </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00E65477">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Operational Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5313">
         <w:t xml:space="preserve">developed in </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5313">
         <w:t>Equal Opportunity Commission</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> guidelines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="006A5313">
         <w:t xml:space="preserve">. To provide diverse perspectives, where possible the group conducting the Diversity Impact Assessment will include </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006A5313">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mix of female and male </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5313">
         <w:t>representatives from</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> inter</w:t>
       </w:r>
       <w:r w:rsidR="002D38C0">
         <w:t>nal and external stakeholders.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C76D484" w14:textId="77777777" w:rsidR="00E97300" w:rsidRDefault="00E97300" w:rsidP="00CC7699"/>
-    <w:p w14:paraId="1863FE32" w14:textId="77777777" w:rsidR="002E6DF0" w:rsidRPr="006A5313" w:rsidRDefault="002E6DF0" w:rsidP="009906DD">
+    <w:p w14:paraId="1863FE32" w14:textId="69040965" w:rsidR="002E6DF0" w:rsidRPr="00A55B1F" w:rsidRDefault="002E6DF0" w:rsidP="009906DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc143681245"/>
-      <w:r w:rsidRPr="009906DD">
+      <w:bookmarkStart w:id="87" w:name="_Toc216944471"/>
+      <w:r w:rsidRPr="00A55B1F">
         <w:t>Assurance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="582BF5A2" w14:textId="7F2074B8" w:rsidR="00AD18D4" w:rsidRDefault="004B67DC" w:rsidP="00AD18D4">
+      <w:r w:rsidR="003C315C" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> and Risk</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+    </w:p>
+    <w:p w14:paraId="39CF3657" w14:textId="1364E5AF" w:rsidR="003C315C" w:rsidRPr="00A55B1F" w:rsidRDefault="0021744A" w:rsidP="00416090">
+      <w:bookmarkStart w:id="88" w:name="_Hlk214025321"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>Operational instruments created under this Framework must comply with established risk controls and compliance requirements, and are</w:t>
+      </w:r>
+      <w:r w:rsidR="003C315C" w:rsidRPr="00A55B1F">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p w14:paraId="01EF893A" w14:textId="1E21012F" w:rsidR="003C315C" w:rsidRPr="00A55B1F" w:rsidRDefault="003C315C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">aligned to the Department’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00CC4C3B" w:rsidRPr="00A55B1F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Enterprise </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A55B1F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Risk </w:t>
+        </w:r>
+        <w:r w:rsidR="00CC4C3B" w:rsidRPr="00A55B1F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Management </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A55B1F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Framework</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CC4C3B" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>Risk Evaluation Criteria will be applied to ensure risk is appropriately identified, assessed, communicated and managed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C81DD5" w14:textId="440B2696" w:rsidR="008F5F50" w:rsidRPr="00A55B1F" w:rsidRDefault="008F5F50" w:rsidP="00416090">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>compliance managed in accordance with the Department’s Operational Compliance Framework</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378362A6" w14:textId="7389D75D" w:rsidR="001E39C7" w:rsidRPr="00A55B1F" w:rsidRDefault="003C315C" w:rsidP="002D38C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>reviewed by the</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> Department’s Legislative Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve"> State Solicitor’s Office (SSO) to ensure legislative </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5F50" w:rsidRPr="00A55B1F">
+        <w:t>compliance</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD18D4" w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D929ABA" w14:textId="1EB71B90" w:rsidR="00980E55" w:rsidRPr="00A55B1F" w:rsidRDefault="00951C5D" w:rsidP="00416090">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="_Attachment_A:_Prison"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc216944472"/>
+      <w:bookmarkStart w:id="90" w:name="_Hlk202785808"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>State Records</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+    </w:p>
+    <w:p w14:paraId="3D646CB9" w14:textId="77777777" w:rsidR="00980E55" w:rsidRPr="00A55B1F" w:rsidRDefault="00980E55" w:rsidP="00980E55">
+      <w:bookmarkStart w:id="91" w:name="_Hlk202785904"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">The Operational Instruments are governed and managed in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>State Records Act 2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t xml:space="preserve">, which establishes the legal framework for the creation, management, retention, and disposal of government records in Western Australia. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="_Hlk202786049"/>
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>This ensures that all records related to the Operational Instruments are handled in a manner that upholds accountability, transparency, and integrity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037B8B64" w14:textId="77777777" w:rsidR="008F5F50" w:rsidRDefault="00980E55" w:rsidP="008F5F50">
+      <w:r w:rsidRPr="00A55B1F">
+        <w:t>Compliance with the Act mandates that proper procedures are followed for recordkeeping practices, including classification, storage, access, and archiving, thereby supporting both operational efficiency and legal obligations.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="_Attachment_A:_Prison"/>
+      <w:bookmarkStart w:id="94" w:name="_Attachment_B:_Youth"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc525813197"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+    </w:p>
+    <w:p w14:paraId="6D725E97" w14:textId="1BA2E8DB" w:rsidR="008F5F50" w:rsidRDefault="008F5F50" w:rsidP="008F5F50">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582BF5A2" w14:textId="745261C3" w:rsidR="00AD18D4" w:rsidRDefault="008F5F50" w:rsidP="008F5F50">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="_Toc216944473"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Glossary and a</w:t>
+        <w:t>Gl</w:t>
+      </w:r>
+      <w:r w:rsidR="004B67DC">
+        <w:t>ossary and a</w:t>
       </w:r>
       <w:r w:rsidR="00AD18D4">
         <w:t>cronyms</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
-      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="LightGrid-Accent2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6605"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD18D4" w:rsidRPr="000E6F0A" w14:paraId="1C7E5312" w14:textId="77777777" w:rsidTr="00AD18D4">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -6750,100 +8575,108 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Director General of the Department of Justice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD18D4" w:rsidRPr="000E6F0A" w14:paraId="3D57371D" w14:textId="77777777" w:rsidTr="00AD18D4">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBFBF8" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2380FC50" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="007C7979">
+          <w:p w14:paraId="2380FC50" w14:textId="3135A4AD" w:rsidR="00AD18D4" w:rsidRDefault="002B0F32" w:rsidP="007C7979">
             <w:r>
-              <w:t>Commissioner’s Instruction</w:t>
+              <w:t xml:space="preserve">Deputy </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD18D4">
+              <w:t xml:space="preserve">Commissioner’s </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Broadcast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBFBF8" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="265C4887" w14:textId="7B4CD661" w:rsidR="00AD18D4" w:rsidRPr="00344FBE" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
+          <w:p w14:paraId="265C4887" w14:textId="18D53DB6" w:rsidR="00AD18D4" w:rsidRPr="00344FBE" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Interim </w:t>
             </w:r>
             <w:r w:rsidR="00C14123">
               <w:t>Operational Instruments</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> that support COPPs </w:t>
+              <w:t xml:space="preserve"> that support </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>COPPs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002B0F32">
+              <w:t xml:space="preserve"> when there has been a</w:t>
+            </w:r>
+            <w:r w:rsidR="00283E71">
+              <w:t>n urgent request</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0F32">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00283E71">
+              <w:t>for change</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>and</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> for the management of prisons and prisoners. </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD18D4" w:rsidRPr="000E6F0A" w14:paraId="78C3DC66" w14:textId="77777777" w:rsidTr="00AD18D4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBFBF8" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="55EA25BB" w14:textId="77777777" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="007C7979">
             <w:r>
               <w:t>Commissioner of Corrective Services</w:t>
             </w:r>
           </w:p>
@@ -7270,56 +9103,68 @@
             <w:r>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="00AD18D4">
               <w:t xml:space="preserve">perational </w:t>
             </w:r>
             <w:r>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00AD18D4">
               <w:t>nstruments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBFBF8" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3BAD0D" w14:textId="4E00A15A" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
+          <w:p w14:paraId="7A3BAD0D" w14:textId="6A1652E8" w:rsidR="00AD18D4" w:rsidRDefault="00AD18D4" w:rsidP="00737086">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Inclusive of Prison Rules, Commissioner’s Operating Policies and Procedures and Commissioner’s Instructions.</w:t>
+              <w:t xml:space="preserve">Inclusive of Prison Rules, Commissioner’s Operating Policies and Procedures and </w:t>
+            </w:r>
+            <w:r w:rsidR="0021744A">
+              <w:t xml:space="preserve">Deputy </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Commissioner’s </w:t>
+            </w:r>
+            <w:r w:rsidR="0021744A">
+              <w:t>Broadcasts</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD18D4" w:rsidRPr="000E6F0A" w14:paraId="4C3EC59C" w14:textId="77777777" w:rsidTr="00AD18D4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBFBF8" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="407D47AC" w14:textId="03176A98" w:rsidR="00AD18D4" w:rsidRPr="008B6CD7" w:rsidRDefault="0066497A" w:rsidP="0066497A">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Operational Policy</w:t>
             </w:r>
@@ -7498,68 +9343,68 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7084BE68" w14:textId="58A251EE" w:rsidR="008C2EA4" w:rsidRDefault="008C2EA4" w:rsidP="009906DD">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AB58B3">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">The Superintendent as defined in </w:t>
             </w:r>
             <w:r w:rsidRPr="0068391D">
               <w:t xml:space="preserve">section 36 of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="0068391D">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0068391D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0068391D">
               <w:t xml:space="preserve">and includes any reference to the position responsible for the management of a private prison under Part IIIA of the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidRPr="0068391D">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0068391D">
               <w:t>. Does not extend to the Officer in Charge of a prison.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C2EA4" w14:paraId="2D763BA7" w14:textId="77777777" w:rsidTr="00AD18D4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -7667,526 +9512,662 @@
             <w:r>
               <w:t>a prisoner a</w:t>
             </w:r>
             <w:r w:rsidRPr="001C0238">
               <w:t xml:space="preserve">nd/or of </w:t>
             </w:r>
             <w:r>
               <w:t>a prisoner</w:t>
             </w:r>
             <w:r w:rsidRPr="001C0238">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0118338B" w14:textId="77777777" w:rsidR="006A28A0" w:rsidRPr="002D38C0" w:rsidRDefault="006A28A0" w:rsidP="002D38C0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D136D67" w14:textId="77B1F530" w:rsidR="00187147" w:rsidRDefault="004B67DC" w:rsidP="00737086">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc143681247"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc216944474"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Document i</w:t>
       </w:r>
       <w:r w:rsidR="00187147">
         <w:t>nformation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="46687879" w14:textId="438D8661" w:rsidR="00245869" w:rsidRPr="002D38C0" w:rsidRDefault="00245869" w:rsidP="002D38C0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc525827669"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="89" w:name="_Toc143681248"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc525827669"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc525828985"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc527971988"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc528594702"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc529794413"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc530408591"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc216944475"/>
       <w:r w:rsidRPr="00187147">
         <w:t xml:space="preserve">Document version </w:t>
       </w:r>
       <w:r w:rsidRPr="00631CCF">
         <w:t>history</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="85" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1034"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2150"/>
+        <w:gridCol w:w="1024"/>
+        <w:gridCol w:w="2232"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1798"/>
+        <w:gridCol w:w="1745"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="6ECF40DE" w14:textId="3EBEA69D" w:rsidTr="000351E7">
+      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="6ECF40DE" w14:textId="3EBEA69D" w:rsidTr="008B728A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="1024" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30E29D2A" w14:textId="77777777" w:rsidR="00F46E82" w:rsidRPr="007D3C6F" w:rsidRDefault="00F46E82" w:rsidP="006A28A0">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Version no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00B41A9F" w14:textId="77777777" w:rsidR="00F46E82" w:rsidRPr="007D3C6F" w:rsidRDefault="00F46E82" w:rsidP="006A28A0">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Primary author(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="186DE862" w14:textId="77777777" w:rsidR="00F46E82" w:rsidRPr="007D3C6F" w:rsidRDefault="00F46E82" w:rsidP="006A28A0">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description of version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B78A7EE" w14:textId="77777777" w:rsidR="00F46E82" w:rsidRPr="007D3C6F" w:rsidRDefault="00F46E82" w:rsidP="006A28A0">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Date completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="1745" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="330AA609" w14:textId="1EE78E57" w:rsidR="00F46E82" w:rsidRPr="007D3C6F" w:rsidRDefault="00F46E82" w:rsidP="006A28A0">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Effective Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="4CD9E48B" w14:textId="104A5EC6" w:rsidTr="000351E7">
+      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="4CD9E48B" w14:textId="104A5EC6" w:rsidTr="008B728A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="1024" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52569802" w14:textId="5E2180D6" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F126190" w14:textId="36703C9A" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F35AD2C" w14:textId="08B4AA93" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
+          <w:p w14:paraId="7AF6C366" w14:textId="77777777" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>Approved by Commissioner, Corrective Services</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5F35AD2C" w14:textId="180B2A9A" w:rsidR="008B728A" w:rsidRDefault="008B728A" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CM Ref: AD2018/146854</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2941655A" w14:textId="5B31573B" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>22 November 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="1745" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10227AFE" w14:textId="7EC49BC3" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="1F4964CF" w14:textId="295B8A73" w:rsidTr="000351E7">
+      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="1F4964CF" w14:textId="295B8A73" w:rsidTr="008B728A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="1024" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3569F6C3" w14:textId="5DAD26AC" w:rsidR="00B54D69" w:rsidRPr="000033CD" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D2C6CDC" w14:textId="2729B554" w:rsidR="00B54D69" w:rsidRPr="000033CD" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C58FB7A" w14:textId="7FB3E880" w:rsidR="00B54D69" w:rsidRPr="000033CD" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
+          <w:p w14:paraId="6607DCD9" w14:textId="77777777" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>Approved by A/Director Operational Policy, Compliance and Contracts</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="6C58FB7A" w14:textId="0E121388" w:rsidR="00416090" w:rsidRPr="000033CD" w:rsidRDefault="00416090" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CM Ref: AD2018/146854</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CB46312" w14:textId="54186A44" w:rsidR="00B54D69" w:rsidRPr="000033CD" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>9 April 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="1745" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37DB2051" w14:textId="448129C8" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>9 April 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="080EDD58" w14:textId="77777777" w:rsidTr="000351E7">
+      <w:tr w:rsidR="00B54D69" w:rsidRPr="007D3C6F" w14:paraId="080EDD58" w14:textId="77777777" w:rsidTr="008B728A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="1024" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A4680EA" w14:textId="7648C1F7" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DCC72DE" w14:textId="7A1C81CD" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2293" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="775F6AAA" w14:textId="0096C7C5" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
+          <w:p w14:paraId="3BF2A83D" w14:textId="77777777" w:rsidR="00B54D69" w:rsidRDefault="00B54D69" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>Updated and approved by A/Director Operational Policy, Compliance and Contracts</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="775F6AAA" w14:textId="3E391B58" w:rsidR="00416090" w:rsidRDefault="008B728A" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">CM Ref: </w:t>
+            </w:r>
+            <w:r w:rsidR="00416090">
+              <w:t>D25/258277</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="228BE88E" w14:textId="4BCCEF81" w:rsidR="00B54D69" w:rsidRDefault="00B40A57" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>23 August 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="1745" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C655F88" w14:textId="5B6DF418" w:rsidR="00B54D69" w:rsidRDefault="00B40A57" w:rsidP="00B54D69">
             <w:pPr>
               <w:pStyle w:val="Documentdetails"/>
             </w:pPr>
             <w:r>
               <w:t>24 August 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00086A87" w:rsidRPr="007D3C6F" w14:paraId="13020581" w14:textId="77777777" w:rsidTr="008B728A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACBA100" w14:textId="5497A6A2" w:rsidR="00086A87" w:rsidRDefault="00086A87" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2232" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EC43CF" w14:textId="11D07437" w:rsidR="00086A87" w:rsidRDefault="00086A87" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BB810C" w14:textId="6F4968CF" w:rsidR="00086A87" w:rsidRDefault="00086A87" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Updated and </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE051D">
+              <w:t xml:space="preserve">endorsed </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">by </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE051D">
+              <w:t>Deputy Commissioner, Operational Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F228A0" w14:textId="3452469A" w:rsidR="006850A8" w:rsidRDefault="006850A8" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CM Ref: D25/258385</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0D6674" w14:textId="487E5301" w:rsidR="00086A87" w:rsidRDefault="00A55B1F" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1 December 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2020524D" w14:textId="0D8B3ACB" w:rsidR="00086A87" w:rsidRDefault="00A55B1F" w:rsidP="00B54D69">
+            <w:pPr>
+              <w:pStyle w:val="Documentdetails"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16FCD">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> December 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="1ED04167" w14:textId="7A6772AD" w:rsidR="004C6756" w:rsidRPr="00CC7699" w:rsidRDefault="004C6756" w:rsidP="00CC7699"/>
     <w:p w14:paraId="366435BE" w14:textId="77777777" w:rsidR="004C6756" w:rsidRPr="00CC7699" w:rsidRDefault="004C6756" w:rsidP="00CC7699">
       <w:pPr>
         <w:sectPr w:rsidR="004C6756" w:rsidRPr="00CC7699" w:rsidSect="006A28A0">
-          <w:headerReference w:type="default" r:id="rId24"/>
-          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:headerReference w:type="even" r:id="rId26"/>
+          <w:headerReference w:type="default" r:id="rId27"/>
+          <w:footerReference w:type="default" r:id="rId28"/>
+          <w:headerReference w:type="first" r:id="rId29"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1152" w:left="1440" w:header="576" w:footer="576" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="045A8C99" w14:textId="0DACA12C" w:rsidR="008C2B2C" w:rsidRDefault="00966872" w:rsidP="009906DD">
+    <w:p w14:paraId="045A8C99" w14:textId="43FF3129" w:rsidR="008C2B2C" w:rsidRDefault="00000000" w:rsidP="009906DD">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Appendix_1_–"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkStart w:id="105" w:name="_Appendix_1_–"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc216944476"/>
+      <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5A1B6B82">
-          <v:shape id="_x0000_s1029" type="#_x0000_t75" style="position:absolute;margin-left:-3.45pt;margin-top:36.1pt;width:678.65pt;height:340.7pt;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
-            <v:imagedata r:id="rId26" o:title=""/>
+          <v:shape id="_x0000_s2053" type="#_x0000_t75" style="position:absolute;margin-left:-3.45pt;margin-top:36.1pt;width:678.65pt;height:340.7pt;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
+            <v:imagedata r:id="rId30" o:title=""/>
             <w10:wrap type="square"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_s1029" DrawAspect="Content" ObjectID="_1754466035" r:id="rId27"/>
+          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_s2053" DrawAspect="Content" ObjectID="_1827570192" r:id="rId31"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="008C2B2C">
         <w:t>Appendix</w:t>
       </w:r>
       <w:r w:rsidR="004C6756">
         <w:t xml:space="preserve"> 1 – </w:t>
       </w:r>
       <w:r w:rsidR="004C6756" w:rsidRPr="002D38C0">
         <w:t>Creating</w:t>
       </w:r>
       <w:r w:rsidR="004C6756">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C6756" w:rsidRPr="002D38C0">
-        <w:t>or amending Prison Rules COPPs and Commissioner’s Instructions</w:t>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="91"/>
+        <w:t xml:space="preserve">or amending Prison Rules </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C6756" w:rsidRPr="002D38C0">
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C6756" w:rsidRPr="002D38C0">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="0021744A">
+        <w:t xml:space="preserve">Deputy </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6756" w:rsidRPr="002D38C0">
+        <w:t xml:space="preserve">Commissioner’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0021744A">
+        <w:t>Broadcasts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="106"/>
     </w:p>
     <w:p w14:paraId="61346DED" w14:textId="66FA6D01" w:rsidR="008C2B2C" w:rsidRPr="00ED7590" w:rsidRDefault="008C2B2C" w:rsidP="00ED7590">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E526132" w14:textId="3310BE8F" w:rsidR="004C6756" w:rsidRDefault="00966872" w:rsidP="009906DD">
+    <w:p w14:paraId="246B38CF" w14:textId="005D884F" w:rsidR="009906DD" w:rsidRPr="004C6756" w:rsidRDefault="00000000" w:rsidP="0021744A">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc143681250"/>
-      <w:r w:rsidRPr="009906DD">
+      <w:bookmarkStart w:id="107" w:name="_Toc216944477"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="294EFED5">
-          <v:shape id="_x0000_s1030" type="#_x0000_t75" style="position:absolute;margin-left:-11.15pt;margin-top:101.3pt;width:708.65pt;height:250.55pt;z-index:251661312;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
-            <v:imagedata r:id="rId28" o:title=""/>
+          <v:shape id="_x0000_s2054" type="#_x0000_t75" style="position:absolute;margin-left:-11.15pt;margin-top:101.3pt;width:666.75pt;height:236.05pt;z-index:251661312;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
+            <v:imagedata r:id="rId32" o:title=""/>
             <w10:wrap type="square"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_s1030" DrawAspect="Content" ObjectID="_1754466036" r:id="rId29"/>
+          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_s2054" DrawAspect="Content" ObjectID="_1827570193" r:id="rId33"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="008C2B2C">
         <w:t xml:space="preserve">Appendix 2 – </w:t>
       </w:r>
       <w:r w:rsidR="008C2B2C" w:rsidRPr="002D38C0">
         <w:t>Creating</w:t>
       </w:r>
       <w:r w:rsidR="008C2B2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C2B2C" w:rsidRPr="002D38C0">
         <w:t xml:space="preserve">or amending </w:t>
       </w:r>
       <w:r w:rsidR="008C2B2C">
         <w:t>Standing Orders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="246B38CF" w14:textId="77777777" w:rsidR="009906DD" w:rsidRPr="004C6756" w:rsidRDefault="009906DD" w:rsidP="009906DD"/>
+      <w:bookmarkEnd w:id="107"/>
+    </w:p>
     <w:sectPr w:rsidR="009906DD" w:rsidRPr="004C6756" w:rsidSect="001B2D63">
-      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="even" r:id="rId34"/>
+      <w:headerReference w:type="default" r:id="rId35"/>
+      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:headerReference w:type="first" r:id="rId37"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1151" w:header="578" w:footer="578" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2655D449" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00D06E62">
+    <w:p w14:paraId="2618B7AF" w14:textId="77777777" w:rsidR="00B711D1" w:rsidRDefault="00B711D1" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18868BF1" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00D06E62">
+    <w:p w14:paraId="71CF41C9" w14:textId="77777777" w:rsidR="00B711D1" w:rsidRDefault="00B711D1" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8206,146 +10187,71 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...72 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A571AF3" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00D06E62">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D06E62">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00D06E62">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00D06E62">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00D06E62">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -8373,52 +10279,52 @@
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009728B0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>15</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0CB990E9" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="0094353D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="13892"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D06E62">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00D06E62">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00D06E62">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -8451,60 +10357,60 @@
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009728B0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>15</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58C847E5" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00D06E62">
+    <w:p w14:paraId="1FC7BDE2" w14:textId="77777777" w:rsidR="00B711D1" w:rsidRDefault="00B711D1" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05EFC613" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00D06E62">
+    <w:p w14:paraId="56C419D4" w14:textId="77777777" w:rsidR="00B711D1" w:rsidRDefault="00B711D1" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="729F3AB4" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00FB016F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s 37 </w:t>
       </w:r>
       <w:r w:rsidRPr="0010722F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
@@ -8572,95 +10478,336 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>http://justus/intranet/prison-operations/Pages/ac-delegations.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="29CCD4A0" w14:textId="77777777" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="004C6756">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Staff only / restricted COPPs will not be published on the Department’s internet.  </w:t>
+        <w:t xml:space="preserve"> Staff only / restricted </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> will not be published on the Department’s internet.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="3D1C9E94" w14:textId="2A33987B" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00AD18D4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="00CB3CE7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>http://www.eoc.wa.gov.au/substantive-equality/resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="054B9724" w14:textId="18D3431D" w:rsidR="00105305" w:rsidRDefault="00105305" w:rsidP="00960682">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F362455" w14:textId="746283B8" w:rsidR="00CF7663" w:rsidRDefault="00CF7663">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02642C99" wp14:editId="0F6CF8E7">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1568518964" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3948959F" w14:textId="30A0D98B" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="02642C99" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsrW28CQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm245PbbB/6EKzzmDR&#10;C9QDC4wcXPcHlO64Aw8yzDjoDKTsuEgz4DRF/maabcusSLMgOd5eaPL/D5Y/Hrf22ZEwfIEBFxgJ&#10;6a2vPDrjPIN0On6xU4JxpPB0oU0MgXB0lmVxU5SUcAx9LOefyzKiZNefrfPhqwBNolFTh1tJZLHj&#10;xocx9ZwSaxlYd0qlzSjzmwMxoye7dhitMOyGqe0dNCecxsG4aG/5usOaG+bDM3O4WRwA1Rqe8JAK&#10;+prCZFHSgvvxN3/MR8IxSkmPSqmpQSlTor4ZXEQUVTKK27zM8ebO7t3ZMAd9D6i/Ap+C5cmMeUGd&#10;TelAv6KOV7EQhpjhWK6m4Wzeh1Gy+A64WK1SEurHsrAxW8sjdOQpkvgyvDJnJ6YDrugRzjJi1RvC&#10;x9z4p7erQ0Da0zYipyORE9WovbTP6Z1Ecf96T1nX17z8CQAA//8DAFBLAwQUAAYACAAAACEADF4C&#10;DtoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhjUEsJcaoKqYfeSguc&#10;3XhJAvE6irdt6NezcIHLSqMZzbwtFmPo1BGH1EayYCYZKKQq+pZqCy+71c0cVGJH3nWR0MIXJliU&#10;lxeFy3080TMet1wrKaGUOwsNc59rnaoGg0uT2COJ9x6H4FjkUGs/uJOUh07fZtlMB9eSLDSux6cG&#10;q8/tIVhop8vIBl/Xq4+3YKI5b9bT88ba66tx+QiKceS/MPzgCzqUwrSPB/JJdRbkEf694s1nD6D2&#10;Fu7NHeiy0P/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALK1tvAkCAAAVBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADF4CDtoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3948959F" w14:textId="30A0D98B" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="054B9724" w14:textId="17442D06" w:rsidR="00105305" w:rsidRDefault="00CF7663" w:rsidP="00960682">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D7FFECC" wp14:editId="0BD04B07">
+              <wp:simplePos x="914400" y="457200"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1198600537" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2602F9BB" w14:textId="5B334BA1" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2D7FFECC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsUutrDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeeuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOu22nYRaZI+pF8fFrcDlqRo3C+A1PTYpZTIgyHpjP7mv54Xn+4&#10;ocQHZhqmwIianoSnt8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/e+zFIlwlfSsHDo5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6h7Fhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/OG7tkyNh+AoDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDNwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jWvut9Bc8KhHIz79pavOyy9YT48MYcLxjlQtOER&#10;D6mgrymcLUpacD//5o/5yDtGKelRMDU1qGhK1HeD+4jaSkbxJS9zvLnJvZsMc9B3gDIs8EVYnsyY&#10;F9RkSgf6BeW8ioUwxAzHcjUNk3kXRuXic+BitUpJKCPLwsZsLY/Qka7I5fPwwpw9Ex5wUw8wqYlV&#10;b3gfc+Of3q4OAdlPS4nUjkSeGUcJprWen0vU+Ot7yro+6uUvAAAA//8DAFBLAwQUAAYACAAAACEA&#10;DF4CDtoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhjUEsJcaoKqYfe&#10;Sguc3XhJAvE6irdt6NezcIHLSqMZzbwtFmPo1BGH1EayYCYZKKQq+pZqCy+71c0cVGJH3nWR0MIX&#10;JliUlxeFy3080TMet1wrKaGUOwsNc59rnaoGg0uT2COJ9x6H4FjkUGs/uJOUh07fZtlMB9eSLDSu&#10;x6cGq8/tIVhop8vIBl/Xq4+3YKI5b9bT88ba66tx+QiKceS/MPzgCzqUwrSPB/JJdRbkEf694s1n&#10;D6D2Fu7NHeiy0P/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7FLrawwCAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADF4CDtoAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2602F9BB" w14:textId="5B334BA1" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00105305">
       <w:rPr>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B93DA6A" wp14:editId="5765D075">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>top</wp:align>
           </wp:positionV>
           <wp:extent cx="7581014" cy="10720008"/>
           <wp:effectExtent l="0" t="0" r="1270" b="5715"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="govOfWA_DOJ_222.eps"/>
                   <pic:cNvPicPr/>
@@ -8680,103 +10827,907 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7581408" cy="10720565"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="6537D2D7" w14:textId="4100C6F1" w:rsidR="00105305" w:rsidRPr="006A28A0" w:rsidRDefault="002E65F1" w:rsidP="006A28A0">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F8C71D" w14:textId="4F9B5707" w:rsidR="00CF7663" w:rsidRDefault="00CF7663">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:fldSimple w:instr=" STYLEREF  Title  \* MERGEFORMAT ">
-[...13 lines deleted...]
-      <w:t xml:space="preserve"> v3.0</w:t>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15667DA4" wp14:editId="16700E7E">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="159356616" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="21F01363" w14:textId="12247431" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="15667DA4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbkzwtDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1nU/d76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo7jNyxxvbnLvJsMc9D2gDAt8EZYn&#10;M+YFNZnSgX5FOa9iIQwxw7FcTcNk3odRufgcuFitUhLKyLKwMVvLI3SkK3L5MrwyZ8+EB9zUI0xq&#10;YtUb3sfc+Ke3q0NA9tNSIrUjkWfGUYJprefnEjX+6z1lXR/18icAAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMXgIO2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqGNQSwlxqgqp&#10;h95KC5zdeEkC8TqKt23o17NwgctKoxnNvC0WY+jUEYfURrJgJhkopCr6lmoLL7vVzRxUYkfedZHQ&#10;whcmWJSXF4XLfTzRMx63XCspoZQ7Cw1zn2udqgaDS5PYI4n3HofgWORQaz+4k5SHTt9m2UwH15Is&#10;NK7Hpwarz+0hWGiny8gGX9erj7dgojlv1tPzxtrrq3H5CIpx5L8w/OALOpTCtI8H8kl1FuQR/r3i&#10;zWcPoPYW7s0d6LLQ/9nLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBbkzwtDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMXgIO2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="21F01363" w14:textId="12247431" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="3BCFD0EE" w14:textId="14B9D972" w:rsidR="00105305" w:rsidRDefault="002E65F1" w:rsidP="006A28A0">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="220B3A1A" w14:textId="3255A6CD" w:rsidR="00CF7663" w:rsidRDefault="00CF7663">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AECE735" wp14:editId="34A1E149">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1949734621" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3D68EFD1" w14:textId="7DC505F4" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="1AECE735" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2LI4QDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7azeeuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDlqRo3C+A1PTYpZTIgyHpjP7mn5/Xr+7&#10;ocQHZhqmwIianoSnt8u3bxa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/nHrAfXWAdceI/e+zFIlwlfSsHDo5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6h7Fhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/NU025ZZkWZBcry90OT/Hyx/OG7tkyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6UM4/lWVEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1fT91v4PmhEM5GPftLV93WHrDfHhiDheMc6Bo&#10;wyMeUkFfUzhblLTgfvzNH/ORd4xS0qNgampQ0ZSobwb3EbWVjOJzXuZ4c5N7NxnmoO8AZVjgi7A8&#10;mTEvqMmUDvQLynkVC2GIGY7lahom8y6MysXnwMVqlZJQRpaFjdlaHqEjXZHL5+GFOXsmPOCmHmBS&#10;E6te8T7mxj+9XR0Csp+WEqkdiTwzjhJMaz0/l6jxX+8p6/qolz8BAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMXgIO2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqGNQSwlxqgqp&#10;h95KC5zdeEkC8TqKt23o17NwgctKoxnNvC0WY+jUEYfURrJgJhkopCr6lmoLL7vVzRxUYkfedZHQ&#10;whcmWJSXF4XLfTzRMx63XCspoZQ7Cw1zn2udqgaDS5PYI4n3HofgWORQaz+4k5SHTt9m2UwH15Is&#10;NK7Hpwarz+0hWGiny8gGX9erj7dgojlv1tPzxtrrq3H5CIpx5L8w/OALOpTCtI8H8kl1FuQR/r3i&#10;zWcPoPYW7s0d6LLQ/9nLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA2LI4QDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMXgIO2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3D68EFD1" w14:textId="7DC505F4" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3BCFD0EE" w14:textId="1735BFAB" w:rsidR="00105305" w:rsidRDefault="00CF7663" w:rsidP="006A28A0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39AD3DD9" wp14:editId="46D49050">
+              <wp:simplePos x="915035" y="366395"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1748393410" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="747DBE9F" w14:textId="1706D638" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="39AD3DD9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1EJOgDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jVYfOp+B80Jh3Iw7ttbvu6w9Ib58MwcLhjnQNGG&#10;Jzykgr6mcLYoacH9+Js/5iPvGKWkR8HU1KCiKVHfDO4jaisZxW1e5nhzk3s3Geag7wFlWOCLsDyZ&#10;MS+oyZQO9CvKeRULYYgZjuVqGibzPozKxefAxWqVklBGloWN2VoeoSNdkcuX4ZU5eyY84KYeYVIT&#10;q97wPubGP71dHQKyn5YSqR2JPDOOEkxrPT+XqPFf7ynr+qiXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAxeAg7aAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoY1BLCXGqCqmH&#10;3koLnN14SQLxOoq3bejXs3CBy0qjGc28LRZj6NQRh9RGsmAmGSikKvqWagsvu9XNHFRiR951kdDC&#10;FyZYlJcXhct9PNEzHrdcKymhlDsLDXOfa52qBoNLk9gjifceh+BY5FBrP7iTlIdO32bZTAfXkiw0&#10;rsenBqvP7SFYaKfLyAZf16uPt2CiOW/W0/PG2uurcfkIinHkvzD84As6lMK0jwfySXUW5BH+veLN&#10;Zw+g9hbuzR3ostD/2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADUQk6ANAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAxeAg7aAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="747DBE9F" w14:textId="1706D638" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
     <w:fldSimple w:instr=" STYLEREF  Title  \* MERGEFORMAT ">
-      <w:r w:rsidR="00966872">
+      <w:r>
         <w:t>Operational Policy Framework</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
-  <w:p w14:paraId="2E8F2037" w14:textId="453829D3" w:rsidR="00105305" w:rsidRDefault="002E65F1" w:rsidP="006A28A0">
+  <w:p w14:paraId="2E8F2037" w14:textId="0FEE44E3" w:rsidR="00105305" w:rsidRDefault="00EE051D" w:rsidP="006A28A0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:fldSimple w:instr=" STYLEREF  Subtitle  \* MERGEFORMAT ">
-      <w:r w:rsidR="00966872">
+      <w:r w:rsidR="00CF7663">
         <w:t>Prisons</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7EEBB82A" w14:textId="4117BB1B" w:rsidR="00CF7663" w:rsidRDefault="00CF7663">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4671C297" wp14:editId="687C6266">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2030649780" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="168291FA" w14:textId="2A26F44C" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4671C297" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYryGdDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jXYyNT9DpoTDuVg3Le3fN1h6Q3z4Zk5XDDOgaIN&#10;T3hIBX1N4WxR0oL78Td/zEfeMUpJj4KpqUFFU6K+GdxH1FYyitu8zPHmJvduMsxB3wPKsMAXYXky&#10;Y15Qkykd6FeU8yoWwhAzHMvVNEzmfRiVi8+Bi9UqJaGMLAsbs7U8Qke6Ipcvwytz9kx4wE09wqQm&#10;Vr3hfcyNf3q7OgRkPy0lUjsSeWYcJZjWen4uUeO/3lPW9VEvfwIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAxeAg7aAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoY1BLCXGqCqmH&#10;3koLnN14SQLxOoq3bejXs3CBy0qjGc28LRZj6NQRh9RGsmAmGSikKvqWagsvu9XNHFRiR951kdDC&#10;FyZYlJcXhct9PNEzHrdcKymhlDsLDXOfa52qBoNLk9gjifceh+BY5FBrP7iTlIdO32bZTAfXkiw0&#10;rsenBqvP7SFYaKfLyAZf16uPt2CiOW/W0/PG2uurcfkIinHkvzD84As6lMK0jwfySXUW5BH+veLN&#10;Zw+g9hbuzR3ostD/2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFivIZ0NAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAxeAg7aAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="168291FA" w14:textId="2A26F44C" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="296EEB22" w14:textId="5AE9B8AB" w:rsidR="00CF7663" w:rsidRDefault="00CF7663">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="535E7134" wp14:editId="1BDD4CA5">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2029629239" name="Text Box 8" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1C1DA9F6" w14:textId="390E0368" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="535E7134" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 8" o:spid="_x0000_s1033" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251665408;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvbvbbDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDueuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;pcQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/lN1oNrrAMuvEfvwxiky4QvpeDhSUovAlE1xd5COl06d/HMlgtW7R2zbcfPbbB/6EKzzmDR&#10;C9QDC4wcXPcHlO64Aw8yzDjoDKTsuEgz4DRF/maabcusSLMgOd5eaPL/D5Y/Hrf22ZEwfIEBFxgJ&#10;6a2vPDrjPIN0On6xU4JxpPB0oU0MgXB0lmVxW5SUcAx9LOefyjKiZNefrfPhqwBNolFTh1tJZLHj&#10;xocxdUqJtQysO6XSZpT5zYGY0ZNdO4xWGHYD6Zqa3kzd76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo/iclzne3OTeTYY56HtAGRb4IixP&#10;ZswLajKlA/2Kcl7FQhhihmO5mobJvA+jcvE5cLFapSSUkWVhY7aWR+hIV+TyZXhlzp4JD7ipR5jU&#10;xKo3vI+58U9vV4eA7KelRGpHIs+MowTTWs/PJWr813vKuj7q5U8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMXgIO2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqGNQSwlxqgqp&#10;h95KC5zdeEkC8TqKt23o17NwgctKoxnNvC0WY+jUEYfURrJgJhkopCr6lmoLL7vVzRxUYkfedZHQ&#10;whcmWJSXF4XLfTzRMx63XCspoZQ7Cw1zn2udqgaDS5PYI4n3HofgWORQaz+4k5SHTt9m2UwH15Is&#10;NK7Hpwarz+0hWGiny8gGX9erj7dgojlv1tPzxtrrq3H5CIpx5L8w/OALOpTCtI8H8kl1FuQR/r3i&#10;zWcPoPYW7s0d6LLQ/9nLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDvbvbbDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMXgIO2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="1C1DA9F6" w14:textId="390E0368" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7EF07AD0" w14:textId="407CFC5A" w:rsidR="00CF7663" w:rsidRDefault="00CF7663">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15E9D8B9" wp14:editId="0025B75D">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2024875858" name="Text Box 9" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6F97A5B6" w14:textId="27BD2A49" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="15E9D8B9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 9" o:spid="_x0000_s1034" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251666432;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCC0UTmDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDee2MOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;pcQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvitigp4Rj6WM5vyjKiZNefrfPhqwBNolFTh1tJZLHj&#10;xocxdUqJtQysO6XSZpT5zYGY0ZNdO4xWGHYD6Zqa3kzd76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo/iclzne3OTeTYY56HtAGRb4IixP&#10;ZswLajKlA/2Kcl7FQhhihmO5mobJvA+jcvE5cLFapSSUkWVhY7aWR+hIV+TyZXhlzp4JD7ipR5jU&#10;xKo3vI+58U9vV4eA7KelRGpHIs+MowTTWs/PJWr813vKuj7q5U8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMXgIO2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqGNQSwlxqgqp&#10;h95KC5zdeEkC8TqKt23o17NwgctKoxnNvC0WY+jUEYfURrJgJhkopCr6lmoLL7vVzRxUYkfedZHQ&#10;whcmWJSXF4XLfTzRMx63XCspoZQ7Cw1zn2udqgaDS5PYI4n3HofgWORQaz+4k5SHTt9m2UwH15Is&#10;NK7Hpwarz+0hWGiny8gGX9erj7dgojlv1tPzxtrrq3H5CIpx5L8w/OALOpTCtI8H8kl1FuQR/r3i&#10;zWcPoPYW7s0d6LLQ/9nLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCC0UTmDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMXgIO2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6F97A5B6" w14:textId="27BD2A49" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F92AD8E" w14:textId="2C634F42" w:rsidR="00CF7663" w:rsidRDefault="00CF7663">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78E4540A" wp14:editId="5939A6EE">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="452755"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1150276843" name="Text Box 7" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="452755"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="00972991" w14:textId="4222466A" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF7663">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="78E4540A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 7" o:spid="_x0000_s1035" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:35.65pt;z-index:251664384;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoEL1gDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDeWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;ocQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/mnrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvipigp4Rj6WM4/l2VEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1vZm630FzwqEcjPv2lq87LL1hPjwzhwvGOVC0&#10;4QkPqaCvKZwtSlpwP/7mj/nIO0Yp6VEwNTWoaErUN4P7iNpKRnGblzne3OTeTYY56HtAGRb4IixP&#10;ZswLajKlA/2Kcl7FQhhihmO5mobJvA+jcvE5cLFapSSUkWVhY7aWR+hIV+TyZXhlzp4JD7ipR5jU&#10;xKo3vI+58U9vV4eA7KelRGpHIs+MowTTWs/PJWr813vKuj7q5U8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMXgIO2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqGNQSwlxqgqp&#10;h95KC5zdeEkC8TqKt23o17NwgctKoxnNvC0WY+jUEYfURrJgJhkopCr6lmoLL7vVzRxUYkfedZHQ&#10;whcmWJSXF4XLfTzRMx63XCspoZQ7Cw1zn2udqgaDS5PYI4n3HofgWORQaz+4k5SHTt9m2UwH15Is&#10;NK7Hpwarz+0hWGiny8gGX9erj7dgojlv1tPzxtrrq3H5CIpx5L8w/OALOpTCtI8H8kl1FuQR/r3i&#10;zWcPoPYW7s0d6LLQ/9nLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoEL1gDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMXgIO2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="00972991" w14:textId="4222466A" w:rsidR="00CF7663" w:rsidRPr="00CF7663" w:rsidRDefault="00CF7663" w:rsidP="00CF7663">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF7663">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="624C91D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9104,50 +12055,163 @@
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E2C5FF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17F2112E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14FB23B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28D4C568"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9216,51 +12280,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B111C20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59941F02"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9329,51 +12393,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E9A31D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FF0BE26"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="787" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1507" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9442,51 +12506,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5827" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6547" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="200A583F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C4A2FEA"/>
     <w:lvl w:ilvl="0" w:tplc="480EC24A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9528,51 +12592,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24186984"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03E49C04"/>
     <w:lvl w:ilvl="0" w:tplc="8738D748">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9642,51 +12706,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D47DD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69C63532"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9755,51 +12819,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36CB5324"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA1898B6"/>
     <w:lvl w:ilvl="0" w:tplc="3378D644">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9841,51 +12905,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37073CE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17D80092"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9954,51 +13018,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B420BDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48D4819E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10067,51 +13131,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41C61053"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6201916"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10180,51 +13244,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="426F5E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="602CD2EA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10293,51 +13357,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43194BED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCAAC6F0"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47C17D74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3716A218"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="783" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1503" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10406,51 +13583,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5823" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6543" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48CF5EE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8144B23E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10519,51 +13696,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C7B5D33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55F283E4"/>
     <w:lvl w:ilvl="0" w:tplc="8738D748">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10633,51 +13810,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C965B88"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCD48674"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51463A08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC8414E0"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10746,51 +14036,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51CF35E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C2C4A08"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10859,51 +14149,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51CF485F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46AECF66"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10972,51 +14262,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576C0EB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCAA0292"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11085,51 +14375,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58C71FDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BB29C1E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11198,51 +14488,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D973075"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="600402DC"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11311,51 +14601,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E565519"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E690AECE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11424,51 +14714,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="600021E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34445C98"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11510,51 +14800,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65FF2169"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E19A5394"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11623,51 +14913,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66C72D90"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3DBE2134"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="696504EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6D07CEE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11736,51 +15139,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70095185"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55BEF0EA"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11849,51 +15252,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74024257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD0C503E"/>
     <w:lvl w:ilvl="0" w:tplc="8738D748">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11963,51 +15366,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FD4723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D222CBA"/>
     <w:lvl w:ilvl="0" w:tplc="312E38C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12057,51 +15460,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="782E51C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3AE5DDA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12170,51 +15573,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78900F9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94620772"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CFA5B17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FBCB40C"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12284,595 +15800,756 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1879003297">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="734208442">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1561094010">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1328971392">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="611209619">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="632558082">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1901868843">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2093355725">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="189144527">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1839033359">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="603611441">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1524906039">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1766922988">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="127671780">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="34"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1029723344">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2132626172">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="574515329">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1920483980">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="426385595">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="244535855">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1220551261">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2105882815">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="209072022">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="575748692">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1607033627">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1167288277">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="618027710">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1311013220">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="334722206">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="650908296">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2078435354">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1865711451">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="496265651">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1455751722">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1826968205">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1454321939">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1434745703">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1481726637">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1426532132">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1674719454">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="189607757">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="301158951">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="861284846">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1391809407">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1191527397">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1056394658">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="802886268">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="a1nXMO11euwkoSRxY6xea+E80eog/8iTx3RBzEyRWXreEZv1QGG5kx40/VOedfyRGcv49UJjPXG2wtB7xF+9Tw==" w:salt="pnDtI/eyXwPBh2DAQ12Evg=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="FI9/zPYu9i69UJFBxz12SxoGP+P4xsd8qgGJa5A7+58QKG403JEY+3KJYY8n33bU1s+MbdEcyasmcI+SA++tjw==" w:salt="TrntBcZtOMUxlFrxpNFqlw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="174081"/>
+    <o:shapedefaults v:ext="edit" spidmax="2055"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="005E75B3"/>
     <w:rsid w:val="00000025"/>
+    <w:rsid w:val="0000090F"/>
     <w:rsid w:val="0001536D"/>
+    <w:rsid w:val="00020B8D"/>
     <w:rsid w:val="0002480A"/>
     <w:rsid w:val="000351E7"/>
     <w:rsid w:val="000363CA"/>
+    <w:rsid w:val="000430FF"/>
     <w:rsid w:val="00045131"/>
     <w:rsid w:val="00045F51"/>
+    <w:rsid w:val="00053E43"/>
     <w:rsid w:val="000638AB"/>
     <w:rsid w:val="00063A10"/>
     <w:rsid w:val="000755EE"/>
     <w:rsid w:val="00076FD1"/>
     <w:rsid w:val="0007783A"/>
+    <w:rsid w:val="00086A87"/>
     <w:rsid w:val="000925A5"/>
+    <w:rsid w:val="000A1680"/>
+    <w:rsid w:val="000A5A8A"/>
     <w:rsid w:val="000A6C72"/>
+    <w:rsid w:val="000B6B94"/>
     <w:rsid w:val="000D008C"/>
+    <w:rsid w:val="000D0DED"/>
     <w:rsid w:val="000D69A3"/>
+    <w:rsid w:val="000E54CF"/>
     <w:rsid w:val="000F29D3"/>
     <w:rsid w:val="000F7531"/>
+    <w:rsid w:val="00102EE7"/>
     <w:rsid w:val="001035D6"/>
+    <w:rsid w:val="0010484C"/>
     <w:rsid w:val="00104A54"/>
     <w:rsid w:val="00105305"/>
     <w:rsid w:val="00110619"/>
     <w:rsid w:val="00114036"/>
     <w:rsid w:val="001158E9"/>
     <w:rsid w:val="001173B0"/>
+    <w:rsid w:val="001214DD"/>
     <w:rsid w:val="00125105"/>
     <w:rsid w:val="00131037"/>
     <w:rsid w:val="00133B68"/>
+    <w:rsid w:val="00133E36"/>
+    <w:rsid w:val="00135CC3"/>
     <w:rsid w:val="001400BE"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="00152F69"/>
     <w:rsid w:val="00155864"/>
+    <w:rsid w:val="00166FFE"/>
     <w:rsid w:val="00173B99"/>
     <w:rsid w:val="00187147"/>
+    <w:rsid w:val="00187962"/>
     <w:rsid w:val="00193880"/>
     <w:rsid w:val="001945EB"/>
     <w:rsid w:val="001A1066"/>
     <w:rsid w:val="001A2C49"/>
     <w:rsid w:val="001A2F1D"/>
     <w:rsid w:val="001B079B"/>
     <w:rsid w:val="001B2D63"/>
     <w:rsid w:val="001B6441"/>
     <w:rsid w:val="001B76A5"/>
+    <w:rsid w:val="001E0548"/>
+    <w:rsid w:val="001E0D31"/>
     <w:rsid w:val="001E39C7"/>
+    <w:rsid w:val="001F28B6"/>
     <w:rsid w:val="00202060"/>
+    <w:rsid w:val="0020309C"/>
     <w:rsid w:val="00214B30"/>
     <w:rsid w:val="00217023"/>
+    <w:rsid w:val="0021744A"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="002233E3"/>
+    <w:rsid w:val="00227F08"/>
     <w:rsid w:val="00234040"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
     <w:rsid w:val="0024773E"/>
     <w:rsid w:val="00250C62"/>
+    <w:rsid w:val="00253F38"/>
     <w:rsid w:val="00254316"/>
+    <w:rsid w:val="00263392"/>
     <w:rsid w:val="00264C6A"/>
     <w:rsid w:val="00271BB2"/>
+    <w:rsid w:val="0027404B"/>
+    <w:rsid w:val="00274C3B"/>
     <w:rsid w:val="0027609B"/>
+    <w:rsid w:val="00283E71"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="00287619"/>
+    <w:rsid w:val="002947C5"/>
     <w:rsid w:val="002A3C95"/>
     <w:rsid w:val="002A4A9B"/>
+    <w:rsid w:val="002B0F32"/>
     <w:rsid w:val="002B1552"/>
     <w:rsid w:val="002B7517"/>
     <w:rsid w:val="002C0357"/>
+    <w:rsid w:val="002C0726"/>
     <w:rsid w:val="002D38C0"/>
     <w:rsid w:val="002E1E1E"/>
     <w:rsid w:val="002E23BA"/>
     <w:rsid w:val="002E65F1"/>
     <w:rsid w:val="002E6DF0"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002F10DD"/>
     <w:rsid w:val="00302144"/>
     <w:rsid w:val="00304324"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="0031665F"/>
+    <w:rsid w:val="00320BDD"/>
+    <w:rsid w:val="0034333E"/>
+    <w:rsid w:val="003440A5"/>
     <w:rsid w:val="00360A0D"/>
     <w:rsid w:val="00361FD0"/>
     <w:rsid w:val="00366EDB"/>
     <w:rsid w:val="00373756"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="00387349"/>
     <w:rsid w:val="00390A42"/>
     <w:rsid w:val="003912FA"/>
     <w:rsid w:val="003B45BC"/>
     <w:rsid w:val="003B5769"/>
     <w:rsid w:val="003B5882"/>
+    <w:rsid w:val="003B7AB9"/>
     <w:rsid w:val="003C1B90"/>
+    <w:rsid w:val="003C315C"/>
+    <w:rsid w:val="003D715F"/>
     <w:rsid w:val="003F1FF6"/>
+    <w:rsid w:val="003F6F1E"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="00403F39"/>
     <w:rsid w:val="00405475"/>
     <w:rsid w:val="004054B6"/>
     <w:rsid w:val="00406EF2"/>
     <w:rsid w:val="0040796F"/>
     <w:rsid w:val="00412137"/>
+    <w:rsid w:val="00416090"/>
+    <w:rsid w:val="00430486"/>
+    <w:rsid w:val="00440AF0"/>
     <w:rsid w:val="00442559"/>
     <w:rsid w:val="0044380D"/>
     <w:rsid w:val="004475D2"/>
     <w:rsid w:val="004529C2"/>
     <w:rsid w:val="004535E8"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="00457B82"/>
+    <w:rsid w:val="00461BBA"/>
     <w:rsid w:val="00462658"/>
     <w:rsid w:val="00464E72"/>
     <w:rsid w:val="0046644A"/>
     <w:rsid w:val="00472A0E"/>
     <w:rsid w:val="00482C6A"/>
     <w:rsid w:val="00485554"/>
     <w:rsid w:val="00490500"/>
+    <w:rsid w:val="004941C8"/>
     <w:rsid w:val="004A40C7"/>
     <w:rsid w:val="004B67DC"/>
+    <w:rsid w:val="004C0395"/>
     <w:rsid w:val="004C040F"/>
     <w:rsid w:val="004C21CB"/>
     <w:rsid w:val="004C6756"/>
     <w:rsid w:val="004C6BF7"/>
     <w:rsid w:val="004C7404"/>
+    <w:rsid w:val="004C77FF"/>
     <w:rsid w:val="004D2172"/>
+    <w:rsid w:val="004D28B6"/>
     <w:rsid w:val="004D465D"/>
+    <w:rsid w:val="004E4DE0"/>
     <w:rsid w:val="004E571B"/>
     <w:rsid w:val="004F3EBB"/>
+    <w:rsid w:val="00501890"/>
     <w:rsid w:val="005021A1"/>
     <w:rsid w:val="00503B4B"/>
     <w:rsid w:val="005134BC"/>
+    <w:rsid w:val="00527B50"/>
     <w:rsid w:val="00541BA1"/>
+    <w:rsid w:val="00541D80"/>
     <w:rsid w:val="00544C54"/>
     <w:rsid w:val="00554385"/>
+    <w:rsid w:val="00561DAA"/>
     <w:rsid w:val="00570E25"/>
     <w:rsid w:val="00574CE5"/>
+    <w:rsid w:val="00575D47"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005A70FF"/>
     <w:rsid w:val="005B75F4"/>
     <w:rsid w:val="005E29E1"/>
     <w:rsid w:val="005E73FA"/>
     <w:rsid w:val="005E75B3"/>
+    <w:rsid w:val="005F461F"/>
     <w:rsid w:val="005F5BB1"/>
+    <w:rsid w:val="006076FD"/>
+    <w:rsid w:val="006109AF"/>
     <w:rsid w:val="00631CCF"/>
     <w:rsid w:val="006325D2"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="0065526F"/>
     <w:rsid w:val="0066497A"/>
     <w:rsid w:val="00667A21"/>
     <w:rsid w:val="0067743A"/>
+    <w:rsid w:val="006815CE"/>
     <w:rsid w:val="00683040"/>
+    <w:rsid w:val="006850A8"/>
+    <w:rsid w:val="006A2825"/>
     <w:rsid w:val="006A28A0"/>
     <w:rsid w:val="006A5313"/>
     <w:rsid w:val="006A7090"/>
     <w:rsid w:val="006B00DA"/>
+    <w:rsid w:val="006B125C"/>
     <w:rsid w:val="006B3601"/>
+    <w:rsid w:val="006B4A33"/>
     <w:rsid w:val="006C1D0E"/>
     <w:rsid w:val="006C2C6D"/>
     <w:rsid w:val="006C6C17"/>
+    <w:rsid w:val="006E017D"/>
     <w:rsid w:val="006F07A3"/>
     <w:rsid w:val="006F18B2"/>
     <w:rsid w:val="006F5FE9"/>
     <w:rsid w:val="00711C79"/>
     <w:rsid w:val="007150FD"/>
     <w:rsid w:val="00715807"/>
+    <w:rsid w:val="00720136"/>
     <w:rsid w:val="00734EB2"/>
     <w:rsid w:val="0073640B"/>
     <w:rsid w:val="00737086"/>
     <w:rsid w:val="007444AC"/>
     <w:rsid w:val="00745AFA"/>
+    <w:rsid w:val="00750E9C"/>
     <w:rsid w:val="007577F3"/>
     <w:rsid w:val="0076713B"/>
     <w:rsid w:val="007702D4"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="00782AD2"/>
     <w:rsid w:val="007862EF"/>
     <w:rsid w:val="007B184F"/>
     <w:rsid w:val="007B4F28"/>
+    <w:rsid w:val="007C217A"/>
     <w:rsid w:val="007C2C8D"/>
+    <w:rsid w:val="007C77B9"/>
     <w:rsid w:val="007C7979"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007D3DC1"/>
     <w:rsid w:val="007E3B55"/>
     <w:rsid w:val="00800036"/>
     <w:rsid w:val="008000C6"/>
     <w:rsid w:val="0080086E"/>
+    <w:rsid w:val="00803E35"/>
     <w:rsid w:val="00810758"/>
     <w:rsid w:val="00814FBF"/>
     <w:rsid w:val="00815677"/>
+    <w:rsid w:val="00824A3D"/>
+    <w:rsid w:val="00830C36"/>
+    <w:rsid w:val="008338A2"/>
     <w:rsid w:val="00844223"/>
     <w:rsid w:val="00845486"/>
+    <w:rsid w:val="00847F34"/>
+    <w:rsid w:val="00854B7E"/>
     <w:rsid w:val="008561DB"/>
     <w:rsid w:val="00857C93"/>
     <w:rsid w:val="0086067A"/>
+    <w:rsid w:val="00861A31"/>
     <w:rsid w:val="00873F85"/>
     <w:rsid w:val="00884373"/>
     <w:rsid w:val="008865EC"/>
     <w:rsid w:val="0089088E"/>
+    <w:rsid w:val="0089169A"/>
     <w:rsid w:val="00892588"/>
+    <w:rsid w:val="008A1B2C"/>
     <w:rsid w:val="008B5E88"/>
+    <w:rsid w:val="008B728A"/>
     <w:rsid w:val="008C15EF"/>
     <w:rsid w:val="008C2B2C"/>
     <w:rsid w:val="008C2EA4"/>
+    <w:rsid w:val="008C5CC1"/>
     <w:rsid w:val="008D2371"/>
+    <w:rsid w:val="008D2C41"/>
     <w:rsid w:val="008D3DE0"/>
+    <w:rsid w:val="008E0DFA"/>
+    <w:rsid w:val="008E5572"/>
+    <w:rsid w:val="008F5F50"/>
     <w:rsid w:val="009028C9"/>
     <w:rsid w:val="0091065E"/>
     <w:rsid w:val="00922D91"/>
+    <w:rsid w:val="00930537"/>
     <w:rsid w:val="009432DA"/>
     <w:rsid w:val="0094353D"/>
     <w:rsid w:val="0094411F"/>
     <w:rsid w:val="00945432"/>
+    <w:rsid w:val="00951167"/>
+    <w:rsid w:val="00951C5D"/>
     <w:rsid w:val="00960682"/>
     <w:rsid w:val="00966872"/>
     <w:rsid w:val="009728B0"/>
     <w:rsid w:val="009741D5"/>
+    <w:rsid w:val="009757D3"/>
+    <w:rsid w:val="00980E55"/>
+    <w:rsid w:val="00981B3B"/>
     <w:rsid w:val="009879B4"/>
     <w:rsid w:val="009906DD"/>
     <w:rsid w:val="00993926"/>
+    <w:rsid w:val="00993E7A"/>
     <w:rsid w:val="009962C0"/>
+    <w:rsid w:val="009A0496"/>
     <w:rsid w:val="009A19E1"/>
     <w:rsid w:val="009B37A3"/>
     <w:rsid w:val="009B5DD4"/>
     <w:rsid w:val="009B751B"/>
     <w:rsid w:val="009C348D"/>
     <w:rsid w:val="009C35A3"/>
     <w:rsid w:val="009C48DC"/>
+    <w:rsid w:val="009D5E4C"/>
     <w:rsid w:val="009E2F9C"/>
     <w:rsid w:val="009F09E1"/>
     <w:rsid w:val="009F690D"/>
     <w:rsid w:val="00A145A8"/>
+    <w:rsid w:val="00A16FCD"/>
+    <w:rsid w:val="00A23897"/>
     <w:rsid w:val="00A41BDB"/>
+    <w:rsid w:val="00A45D0C"/>
     <w:rsid w:val="00A4674F"/>
     <w:rsid w:val="00A54C41"/>
+    <w:rsid w:val="00A55B1F"/>
     <w:rsid w:val="00A57E62"/>
+    <w:rsid w:val="00A657FA"/>
     <w:rsid w:val="00A65D22"/>
     <w:rsid w:val="00A820CD"/>
+    <w:rsid w:val="00A82784"/>
     <w:rsid w:val="00A82F40"/>
     <w:rsid w:val="00A85F1E"/>
+    <w:rsid w:val="00A97B23"/>
     <w:rsid w:val="00AA5075"/>
     <w:rsid w:val="00AA70C4"/>
     <w:rsid w:val="00AB6AC0"/>
+    <w:rsid w:val="00AC0F58"/>
     <w:rsid w:val="00AC382D"/>
     <w:rsid w:val="00AC70D4"/>
     <w:rsid w:val="00AD18D4"/>
     <w:rsid w:val="00AD66C6"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AF0954"/>
+    <w:rsid w:val="00AF1B95"/>
     <w:rsid w:val="00AF49BE"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF5A96"/>
     <w:rsid w:val="00AF7DDC"/>
+    <w:rsid w:val="00B0058B"/>
     <w:rsid w:val="00B00788"/>
     <w:rsid w:val="00B02273"/>
     <w:rsid w:val="00B02B08"/>
+    <w:rsid w:val="00B079EA"/>
+    <w:rsid w:val="00B178D4"/>
     <w:rsid w:val="00B17C9F"/>
     <w:rsid w:val="00B238CB"/>
     <w:rsid w:val="00B26B2F"/>
     <w:rsid w:val="00B26EB7"/>
     <w:rsid w:val="00B335D9"/>
     <w:rsid w:val="00B342D2"/>
     <w:rsid w:val="00B40A57"/>
+    <w:rsid w:val="00B523CD"/>
     <w:rsid w:val="00B52EFB"/>
     <w:rsid w:val="00B54922"/>
     <w:rsid w:val="00B54D69"/>
+    <w:rsid w:val="00B711D1"/>
     <w:rsid w:val="00B80189"/>
     <w:rsid w:val="00B90E12"/>
     <w:rsid w:val="00B95F08"/>
     <w:rsid w:val="00BA433D"/>
     <w:rsid w:val="00BA6C6B"/>
     <w:rsid w:val="00BA7F2C"/>
     <w:rsid w:val="00BB3BAC"/>
+    <w:rsid w:val="00BD2D9F"/>
     <w:rsid w:val="00BD6556"/>
     <w:rsid w:val="00BE4066"/>
     <w:rsid w:val="00BF17FF"/>
     <w:rsid w:val="00BF4482"/>
+    <w:rsid w:val="00BF6B8F"/>
     <w:rsid w:val="00C03CB5"/>
+    <w:rsid w:val="00C0667F"/>
     <w:rsid w:val="00C06A93"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C14123"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C20D15"/>
     <w:rsid w:val="00C2101E"/>
     <w:rsid w:val="00C26F22"/>
+    <w:rsid w:val="00C3111B"/>
     <w:rsid w:val="00C32BE8"/>
     <w:rsid w:val="00C34111"/>
+    <w:rsid w:val="00C44A9E"/>
     <w:rsid w:val="00C505C1"/>
+    <w:rsid w:val="00C51705"/>
+    <w:rsid w:val="00C52825"/>
+    <w:rsid w:val="00C53908"/>
     <w:rsid w:val="00C54A99"/>
     <w:rsid w:val="00C56176"/>
     <w:rsid w:val="00C66096"/>
     <w:rsid w:val="00C91C7D"/>
     <w:rsid w:val="00C935B6"/>
     <w:rsid w:val="00CA4976"/>
+    <w:rsid w:val="00CC4C3B"/>
     <w:rsid w:val="00CC7699"/>
     <w:rsid w:val="00CD5A93"/>
     <w:rsid w:val="00CE1A06"/>
+    <w:rsid w:val="00CF333F"/>
+    <w:rsid w:val="00CF7663"/>
     <w:rsid w:val="00D01948"/>
     <w:rsid w:val="00D05B49"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D20613"/>
     <w:rsid w:val="00D20E41"/>
+    <w:rsid w:val="00D22583"/>
     <w:rsid w:val="00D373FC"/>
+    <w:rsid w:val="00D43F41"/>
     <w:rsid w:val="00D52373"/>
     <w:rsid w:val="00D61195"/>
+    <w:rsid w:val="00D63491"/>
     <w:rsid w:val="00D66892"/>
     <w:rsid w:val="00D733CB"/>
+    <w:rsid w:val="00D86869"/>
+    <w:rsid w:val="00D9052E"/>
     <w:rsid w:val="00D9330E"/>
+    <w:rsid w:val="00D97573"/>
     <w:rsid w:val="00DA2205"/>
+    <w:rsid w:val="00DA5B12"/>
+    <w:rsid w:val="00DA6BF0"/>
     <w:rsid w:val="00DB33C3"/>
     <w:rsid w:val="00DE684B"/>
     <w:rsid w:val="00DF68CE"/>
     <w:rsid w:val="00E20452"/>
+    <w:rsid w:val="00E25BA2"/>
     <w:rsid w:val="00E342AB"/>
     <w:rsid w:val="00E60A26"/>
     <w:rsid w:val="00E6518A"/>
     <w:rsid w:val="00E65477"/>
     <w:rsid w:val="00E6580F"/>
     <w:rsid w:val="00E66F8F"/>
     <w:rsid w:val="00E915FD"/>
     <w:rsid w:val="00E97300"/>
     <w:rsid w:val="00EA2F74"/>
     <w:rsid w:val="00EA48B6"/>
     <w:rsid w:val="00EA6531"/>
     <w:rsid w:val="00EB486B"/>
     <w:rsid w:val="00EB74BE"/>
     <w:rsid w:val="00EC5060"/>
     <w:rsid w:val="00EC7AB2"/>
+    <w:rsid w:val="00ED194A"/>
     <w:rsid w:val="00ED3517"/>
     <w:rsid w:val="00ED4AD5"/>
+    <w:rsid w:val="00ED60E3"/>
     <w:rsid w:val="00ED697E"/>
     <w:rsid w:val="00ED7590"/>
+    <w:rsid w:val="00EE051D"/>
+    <w:rsid w:val="00EE39C4"/>
     <w:rsid w:val="00EE761F"/>
+    <w:rsid w:val="00EF1722"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF2200"/>
     <w:rsid w:val="00F038C1"/>
     <w:rsid w:val="00F044CF"/>
     <w:rsid w:val="00F05CB2"/>
     <w:rsid w:val="00F06E60"/>
+    <w:rsid w:val="00F110D8"/>
     <w:rsid w:val="00F2668C"/>
+    <w:rsid w:val="00F27F42"/>
     <w:rsid w:val="00F42172"/>
     <w:rsid w:val="00F45492"/>
     <w:rsid w:val="00F46E82"/>
+    <w:rsid w:val="00F5115A"/>
     <w:rsid w:val="00F576DD"/>
     <w:rsid w:val="00F60389"/>
+    <w:rsid w:val="00F63C90"/>
     <w:rsid w:val="00F6510F"/>
     <w:rsid w:val="00F7625A"/>
     <w:rsid w:val="00F83CB9"/>
     <w:rsid w:val="00F933CE"/>
     <w:rsid w:val="00F93E02"/>
+    <w:rsid w:val="00F96E27"/>
     <w:rsid w:val="00F97D8A"/>
     <w:rsid w:val="00FA1D8B"/>
     <w:rsid w:val="00FB016F"/>
     <w:rsid w:val="00FB4F0E"/>
+    <w:rsid w:val="00FB7F2B"/>
+    <w:rsid w:val="00FC4CB9"/>
+    <w:rsid w:val="00FD1594"/>
+    <w:rsid w:val="00FD5520"/>
     <w:rsid w:val="00FD6F80"/>
+    <w:rsid w:val="00FD73F9"/>
+    <w:rsid w:val="00FE1A0A"/>
     <w:rsid w:val="00FE454B"/>
+    <w:rsid w:val="00FE6DAE"/>
     <w:rsid w:val="00FF6C54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="174081"/>
+    <o:shapedefaults v:ext="edit" spidmax="2055"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6918602A"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{37A92C1A-08CB-4C26-B745-6CFA01E20431}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13465,50 +17142,51 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -13988,51 +17666,50 @@
       <w:iCs/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00873F85"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CC7699"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:before="0"/>
-      <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00187147"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -14539,84 +18216,121 @@
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002D38C0"/>
     <w:pPr>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="H1nonumber">
     <w:name w:val="H1nonumber"/>
     <w:basedOn w:val="Heading1"/>
     <w:qFormat/>
     <w:rsid w:val="009906DD"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
+    <w:name w:val="Table Grid2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00993E7A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DA5B12"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1379083834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/prison-operations/Documents/guidelines-for-corrections-in-aus.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing.vsdx"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/department/standards/Documents/Healthy-Prisons-Framework.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing2.vsdx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ohchr.org/Documents/ProfessionalInterest/tokyorules.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCSOSP@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ohchr.org/Documents/ProfessionalInterest/treatmentprisoners.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing1.vsdx"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing.vsdx"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ohchr.org/Documents/ProfessionalInterest/tokyorules.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing2.vsdx"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ohchr.org/Documents/ProfessionalInterest/treatmentprisoners.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/prison-operations/Documents/guidelines-for-corrections-in-aus.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/Pages/audit-risk-assurance.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing1.vsdx"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCSOSP@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eoc.wa.gov.au/substantive-equality/resources" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/prison-operations/Pages/ac-delegations.aspx" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -14882,127 +18596,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...70 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="5f79aa99-4552-49df-a9e0-c9787ce46e8d" ContentTypeId="0x010100C10B7772D2DD484A84CED7B2E92443DB" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C10B7772D2DD484A84CED7B2E92443DB0027951091010F154889AA5721486C6A1B" ma:contentTypeVersion="9" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="7a7632c1c06c67c81afcdace1582d1cc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="838c2a5c-eb52-48c6-9c19-9b764bd752e9" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14d001d4dfc7b70c1cbbda6162cdc229" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="838c2a5c-eb52-48c6-9c19-9b764bd752e9"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:af26bd9cf9084c3580f85c7c71071c5d" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:ic31417091e34c7b859284af78ad3bb7" minOccurs="0"/>
                 <xsd:element ref="ns2:ba410da27f3f49d8938430bbaac0d908" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns2:h9f196e5ec0b4fa8bd2980d8cd4df447" minOccurs="0"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
@@ -15252,152 +18894,218 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
+    <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">This Operational Policy and Procedures Framework (Framework) aims to simplify and enable a consistent approach to the formulation of Operational Instruments that allows for staff at prisons to know what is required of them.</CategoryDescription>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <Contributor_x0020_Name xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">
+      <UserInfo>
+        <DisplayName>Rumbold, Scott</DisplayName>
+        <AccountId>60</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Name>
+    <Published_x0020_Year xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9" xsi:nil="true"/>
+    <Date_x0020_Valid_x0020_To xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9" xsi:nil="true"/>
+    <Position xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">Acting Assistant Director</Position>
+    <TaxCatchAll xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">
+      <Value>4</Value>
+      <Value>10</Value>
+      <Value>9</Value>
+      <Value>2</Value>
+    </TaxCatchAll>
+    <Contributor_x0020_Email xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">
+      <UserInfo>
+        <DisplayName>Rumbold, Scott</DisplayName>
+        <AccountId>60</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Email>
+    <Date_x0020_Valid_x0020_From xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9" xsi:nil="true"/>
+    <h9f196e5ec0b4fa8bd2980d8cd4df447 xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Policies and Guidelines</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">4704a717-ee00-4d98-bd97-e8b1b905f5d5</TermId>
+        </TermInfo>
+      </Terms>
+    </h9f196e5ec0b4fa8bd2980d8cd4df447>
+    <ic31417091e34c7b859284af78ad3bb7 xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Regulation and Operational Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">fb332825-f2f6-43ce-afe7-2479dc0f729e</TermId>
+        </TermInfo>
+      </Terms>
+    </ic31417091e34c7b859284af78ad3bb7>
+    <af26bd9cf9084c3580f85c7c71071c5d xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corrective Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">e49abb9f-7dda-4a87-ae59-b7d388c1d3fe</TermId>
+        </TermInfo>
+      </Terms>
+    </af26bd9cf9084c3580f85c7c71071c5d>
+    <ba410da27f3f49d8938430bbaac0d908 xmlns="838c2a5c-eb52-48c6-9c19-9b764bd752e9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Adults</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">854f635d-b14c-4d95-bc08-69590095d7f8</TermId>
+        </TermInfo>
+      </Terms>
+    </ba410da27f3f49d8938430bbaac0d908>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF5F6369-12C3-4B46-8332-E25815BAF8F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8A6094B-DFE8-41B8-9988-078686921530}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="838c2a5c-eb52-48c6-9c19-9b764bd752e9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
+    <ds:schemaRef ds:uri="838c2a5c-eb52-48c6-9c19-9b764bd752e9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{642B4379-F39D-48E4-BB73-D28F60AFD9FF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>21848</Characters>
+  <Pages>1</Pages>
+  <Words>4315</Words>
+  <Characters>25422</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>182</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>669</Lines>
+  <Paragraphs>371</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Operational Policy and Procedures Framework - Prisons</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25629</CharactersWithSpaces>
+  <CharactersWithSpaces>29366</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -15468,27 +19176,60 @@
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C10B7772D2DD484A84CED7B2E92443DB0027951091010F154889AA5721486C6A1B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>2;#Corrective Services|e49abb9f-7dda-4a87-ae59-b7d388c1d3fe</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Document Type">
     <vt:lpwstr>10;#Policies and Guidelines|4704a717-ee00-4d98-bd97-e8b1b905f5d5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Function">
     <vt:lpwstr>4;#Custodial Management Adults|854f635d-b14c-4d95-bc08-69590095d7f8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Business Area">
     <vt:lpwstr>9;#Regulation and Operational Services|fb332825-f2f6-43ce-afe7-2479dc0f729e</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>97f96c8,5d7db334,47713159,790941b4,743696dd,68365dc2,448fd4eb,78f9af37,78b12752</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2025-12-18T05:35:52Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>cd4dfb7c-af5d-4ea0-9c86-e6174ea82aba</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>