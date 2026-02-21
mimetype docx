--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -1,74 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="36B89256" w14:textId="77777777" w:rsidR="00CE704E" w:rsidRDefault="00CE704E" w:rsidP="00E75D25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="60"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Important notes for the </w:t>
       </w:r>
       <w:r w:rsidRPr="003E3E13">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>APPLICANT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D2C6EE" w14:textId="77777777" w:rsidR="00CE704E" w:rsidRDefault="00CE704E" w:rsidP="00E75D25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -257,53 +253,53 @@
         <w:t xml:space="preserve"> may delay</w:t>
       </w:r>
       <w:r w:rsidR="00692624">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> the processing of your applicaiton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4544"/>
         <w:gridCol w:w="6083"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00731BF6" w:rsidRPr="00E54881" w14:paraId="6383D7DF" w14:textId="77777777" w:rsidTr="00561F91">
+      <w:tr w:rsidR="00731BF6" w:rsidRPr="00E54881" w14:paraId="6383D7DF" w14:textId="77777777" w:rsidTr="00A7388B">
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10627" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="20384E6F" w14:textId="77777777" w:rsidR="009A4EE2" w:rsidRPr="00A84F12" w:rsidRDefault="00731BF6" w:rsidP="00E54881">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070332D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Full name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
@@ -423,289 +419,289 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77B593A5" w14:textId="77777777" w:rsidR="005F5B87" w:rsidRPr="00EB2453" w:rsidRDefault="005F5B87" w:rsidP="004C7990">
             <w:r w:rsidRPr="00EB2453">
               <w:t xml:space="preserve">Date of birth </w:t>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="dd"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Check1"/>
+            <w:bookmarkStart w:id="0" w:name="Check1"/>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="dd"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BEE2126" w14:textId="77777777" w:rsidR="005F5B87" w:rsidRPr="00EB2453" w:rsidRDefault="003B0B41" w:rsidP="008E68A3">
             <w:r>
               <w:t>Are you familiar with this</w:t>
             </w:r>
             <w:r w:rsidR="00FE6C02">
               <w:t xml:space="preserve"> person</w:t>
             </w:r>
             <w:r w:rsidR="005F5B87" w:rsidRPr="00EB2453">
               <w:t>’s medical hi</w:t>
             </w:r>
             <w:r>
               <w:t>story?</w:t>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="005F5B87" w:rsidRPr="00EB2453">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:t xml:space="preserve">  Yes   </w:t>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E75D25">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00E75D25" w:rsidRPr="00EB2453">
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="005F5B87" w:rsidRPr="00EB2453">
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="005F5B87" w:rsidRPr="00EB2453">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02683F60" wp14:editId="02683F61">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>5021580</wp:posOffset>
@@ -980,51 +976,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F7F912E" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRPr="00CB69E7" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:pPr>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BF18780" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRPr="003E16D6" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E16D6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">1.  </w:t>
             </w:r>
@@ -1071,51 +1067,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A7613" w14:paraId="607BAD0C" w14:textId="77777777" w:rsidTr="002A7613">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D5258FD" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="381" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4B2CA472" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRPr="003E16D6" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E16D6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
@@ -1147,178 +1143,178 @@
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">) to be applied to the licence and a recommended medical review, if required. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4612A1" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:t xml:space="preserve"> Must wear visual aids  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E457749" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:t xml:space="preserve"> Must take medication as prescribed by medical practitioner  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49FE32B1" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRPr="00A02B1C" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:t xml:space="preserve"> Must wear hearing aids</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37EB7DDA" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:t xml:space="preserve"> Other (please specify) ……………………………………………………….</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6047EDF5" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRPr="00302120" w:rsidRDefault="00E75D25" w:rsidP="002D60B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Recommended medical review is </w:t>
             </w:r>
             <w:r w:rsidRPr="000002B7">
               <w:t>required</w:t>
             </w:r>
             <w:r w:rsidRPr="00302120">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000002B7">
               <w:t xml:space="preserve">within the </w:t>
             </w:r>
             <w:r w:rsidRPr="000002B7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>five year</w:t>
@@ -1331,181 +1327,181 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="4280C112" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRPr="00B976ED" w:rsidRDefault="00E75D25" w:rsidP="00967A89">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 6 monthly  </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Annual    </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">  2 yearly    </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="26"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Other (please specify) …………………………………</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF44A8">
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00A02B1C">
               <w:t xml:space="preserve">                                                                                                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A7613" w14:paraId="5FD8D6F8" w14:textId="77777777" w:rsidTr="002A7613">
         <w:trPr>
           <w:trHeight w:val="857"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03AA9994" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:pPr>
               <w:spacing w:before="200"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="32"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F010E7">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42D26BAD" w14:textId="77777777" w:rsidR="00E75D25" w:rsidRPr="003E16D6" w:rsidRDefault="00E75D25" w:rsidP="00811210">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
@@ -1655,51 +1651,54 @@
               <w:t>Medical practitioner’s stamp</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3337" w14:paraId="1B084760" w14:textId="77777777" w:rsidTr="00E75D25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="197D9232" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00E36AD7" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:r w:rsidRPr="00E36AD7">
               <w:t>Practice address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="015E55A5" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3337" w14:paraId="4C7F24C7" w14:textId="77777777" w:rsidTr="00E75D25">
+      <w:tr w:rsidR="00EC3337" w14:paraId="4C7F24C7" w14:textId="77777777" w:rsidTr="00A7388B">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27A6FCB4" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00E36AD7" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:r w:rsidRPr="00E36AD7">
               <w:t>Practice email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4C3947AA" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3337" w14:paraId="21A00060" w14:textId="77777777" w:rsidTr="00E75D25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44B2CA8C" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00E36AD7" w:rsidRDefault="003625EE" w:rsidP="00BA0B2F">
@@ -1735,53 +1734,53 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC3A3C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Medical practitioner’s signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0025C8C0" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00BC3A3C" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3337" w14:paraId="1AFCF6E1" w14:textId="77777777" w:rsidTr="00E75D25">
+      <w:tr w:rsidR="00EC3337" w14:paraId="1AFCF6E1" w14:textId="77777777" w:rsidTr="00A7388B">
         <w:trPr>
-          <w:trHeight w:val="434"/>
+          <w:trHeight w:val="81"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B51C109" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00BC3A3C" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC3A3C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Date of assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
@@ -1822,543 +1821,543 @@
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>1, 303 Sevenoaks Street (Entrance off Grose Avenue) Cannington</w:t>
       </w:r>
       <w:r w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Western Australia </w:t>
       </w:r>
       <w:r w:rsidR="00E27994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>6107</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA1D991" w14:textId="77777777" w:rsidR="007A6292" w:rsidRDefault="00A224CE" w:rsidP="00A224CE">
+    <w:p w14:paraId="5AA1D991" w14:textId="708E6693" w:rsidR="007A6292" w:rsidRDefault="00A224CE" w:rsidP="00A224CE">
       <w:pPr>
         <w:pStyle w:val="TableText"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00056BCC" w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Postal address: </w:t>
       </w:r>
       <w:r w:rsidR="00E27994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Locked Bag </w:t>
       </w:r>
       <w:r w:rsidR="00056BCC" w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>100 East Perth WA 6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00431184">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3571">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>892</w:t>
+        <w:t>4 Cloisters Square PERTH WA 6850</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E246C37" w14:textId="77777777" w:rsidR="00056BCC" w:rsidRPr="00192984" w:rsidRDefault="00A224CE" w:rsidP="00A224CE">
+    <w:p w14:paraId="0E246C37" w14:textId="52453A40" w:rsidR="00056BCC" w:rsidRPr="00192984" w:rsidRDefault="00A224CE" w:rsidP="00A224CE">
       <w:pPr>
         <w:pStyle w:val="TableText"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Telephone +61 8 </w:t>
+        <w:t xml:space="preserve">Telephone </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3571">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(08) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>6251 2300</w:t>
       </w:r>
       <w:r w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00056BCC" w:rsidRPr="00192984" w:rsidSect="00056BCC">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidR="00056BCC" w:rsidRPr="00192984" w:rsidSect="003623BC">
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="11" w:right="720" w:bottom="0" w:left="720" w:header="850" w:footer="510" w:gutter="0"/>
+      <w:pgMar w:top="11" w:right="720" w:bottom="0" w:left="720" w:header="850" w:footer="302" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5DA8C9" w14:textId="77777777" w:rsidR="00661B1E" w:rsidRDefault="00661B1E">
+    <w:p w14:paraId="7D6F977A" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A212760" w14:textId="77777777" w:rsidR="00661B1E" w:rsidRDefault="00661B1E">
+    <w:p w14:paraId="1F1EE1D8" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="739B9BB2" w14:textId="77777777" w:rsidR="00430405" w:rsidRDefault="00AD4D6B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="002B059C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>RSD</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-Bus-003</w:t>
     </w:r>
     <w:r w:rsidRPr="002B059C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                             </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="002B059C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Dangerous goods and explosives licences medical certificate               </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                     Page 1 of 1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="624C9777" w14:textId="77777777" w:rsidR="00944B33" w:rsidRDefault="003E53D0" w:rsidP="00AD4D6B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="624C9777" w14:textId="2EE87528" w:rsidR="00944B33" w:rsidRDefault="003E53D0" w:rsidP="00AD4D6B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3122"/>
         <w:tab w:val="left" w:pos="9276"/>
         <w:tab w:val="right" w:pos="10632"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>RSD-BUS-040</w:t>
+      <w:t>RSD-BUS-04</w:t>
+    </w:r>
+    <w:r w:rsidR="00A7388B">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00430405" w:rsidRPr="002B059C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r w:rsidR="00430405">
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="00A726BA">
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
     <w:r w:rsidR="00056BCC">
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                           </w:t>
     </w:r>
     <w:r w:rsidR="004D634F">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004D634F">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F5BAB1D" w14:textId="77777777" w:rsidR="00661B1E" w:rsidRDefault="00661B1E">
+    <w:p w14:paraId="6667970E" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AC04D2D" w14:textId="77777777" w:rsidR="00661B1E" w:rsidRDefault="00661B1E">
+    <w:p w14:paraId="35CD4711" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...19 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10762" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="284" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="5573"/>
-      <w:gridCol w:w="5189"/>
+      <w:gridCol w:w="5380"/>
+      <w:gridCol w:w="5382"/>
     </w:tblGrid>
     <w:tr w:rsidR="00430405" w:rsidRPr="00F6572C" w14:paraId="60A5903E" w14:textId="77777777" w:rsidTr="00E51FBC">
       <w:trPr>
         <w:trHeight w:val="851"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5353" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3F536233" w14:textId="77777777" w:rsidR="00430405" w:rsidRDefault="001842E4" w:rsidP="000D6711">
+        <w:p w14:paraId="3F536233" w14:textId="3C71A634" w:rsidR="00430405" w:rsidRDefault="002B6AEB" w:rsidP="000D6711">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4153"/>
               <w:tab w:val="clear" w:pos="8306"/>
             </w:tabs>
             <w:spacing w:before="20"/>
             <w:ind w:left="-142" w:right="-178"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D4BE501" wp14:editId="139D3ED8">
-[...3 lines deleted...]
-                <wp:cNvGraphicFramePr/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7027CCC8" wp14:editId="79D6B1D8">
+                <wp:extent cx="3249295" cy="762000"/>
+                <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+                <wp:docPr id="814042782" name="Picture 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="9" name=""/>
-                        <pic:cNvPicPr/>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId1" cstate="print">
+                        <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
+                        <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
-                      <pic:spPr>
+                      <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3380400" cy="576000"/>
+                          <a:ext cx="3249295" cy="762000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
+                        <a:noFill/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5409" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:tcPr>
         <w:p w14:paraId="7CEB0ED9" w14:textId="77777777" w:rsidR="00430405" w:rsidRPr="00E51FBC" w:rsidRDefault="00430405" w:rsidP="000D6711">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4153"/>
               <w:tab w:val="clear" w:pos="8306"/>
             </w:tabs>
             <w:spacing w:before="20" w:after="0"/>
             <w:ind w:right="-176"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E51FBC">
             <w:rPr>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Dangerous goods and explosives licences medical certificate </w:t>
           </w:r>
           <w:r w:rsidRPr="00E51FBC">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="4A9B8CA4" w14:textId="77777777" w:rsidR="002C79BC" w:rsidRPr="008F12BE" w:rsidRDefault="002C79BC" w:rsidP="003E53D0">
+  <w:p w14:paraId="4A9B8CA4" w14:textId="5881AADF" w:rsidR="002C79BC" w:rsidRPr="008F12BE" w:rsidRDefault="002C79BC" w:rsidP="003E53D0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12114203"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF743FB6"/>
     <w:lvl w:ilvl="0" w:tplc="8536FF64">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1035" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2633,96 +2632,99 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1812870476">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="773136408">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="342322420">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F84955"/>
     <w:rsid w:val="00000A91"/>
     <w:rsid w:val="00003623"/>
     <w:rsid w:val="0000526E"/>
     <w:rsid w:val="00005BBA"/>
+    <w:rsid w:val="0000709C"/>
     <w:rsid w:val="00007A9B"/>
     <w:rsid w:val="00010AA2"/>
     <w:rsid w:val="000113BC"/>
     <w:rsid w:val="00015E6F"/>
     <w:rsid w:val="000164B3"/>
     <w:rsid w:val="00016EC6"/>
     <w:rsid w:val="0001794A"/>
     <w:rsid w:val="00020A31"/>
     <w:rsid w:val="00031AEA"/>
     <w:rsid w:val="00033490"/>
     <w:rsid w:val="00036B9D"/>
     <w:rsid w:val="0003729C"/>
     <w:rsid w:val="00043CFC"/>
     <w:rsid w:val="000445BB"/>
     <w:rsid w:val="00044A8D"/>
     <w:rsid w:val="00044B9F"/>
     <w:rsid w:val="00044F3F"/>
     <w:rsid w:val="00045ECF"/>
     <w:rsid w:val="00051302"/>
     <w:rsid w:val="00051505"/>
     <w:rsid w:val="00053758"/>
     <w:rsid w:val="00056BCC"/>
     <w:rsid w:val="00056DB9"/>
     <w:rsid w:val="00057DC2"/>
     <w:rsid w:val="0006045E"/>
@@ -2772,91 +2774,93 @@
     <w:rsid w:val="000F6F77"/>
     <w:rsid w:val="00101E52"/>
     <w:rsid w:val="00110A72"/>
     <w:rsid w:val="0011209F"/>
     <w:rsid w:val="00112321"/>
     <w:rsid w:val="00112BA8"/>
     <w:rsid w:val="00113D19"/>
     <w:rsid w:val="00114365"/>
     <w:rsid w:val="001167B2"/>
     <w:rsid w:val="00123EF4"/>
     <w:rsid w:val="001277D6"/>
     <w:rsid w:val="0013265C"/>
     <w:rsid w:val="00134386"/>
     <w:rsid w:val="00134EE1"/>
     <w:rsid w:val="00135650"/>
     <w:rsid w:val="0013640F"/>
     <w:rsid w:val="00136421"/>
     <w:rsid w:val="00136F90"/>
     <w:rsid w:val="00137832"/>
     <w:rsid w:val="00137EEF"/>
     <w:rsid w:val="0014051D"/>
     <w:rsid w:val="00141D09"/>
     <w:rsid w:val="00142B1C"/>
     <w:rsid w:val="00143AC8"/>
     <w:rsid w:val="00143FDA"/>
+    <w:rsid w:val="0014447F"/>
     <w:rsid w:val="001445C3"/>
     <w:rsid w:val="0014719E"/>
     <w:rsid w:val="00150411"/>
     <w:rsid w:val="0015595B"/>
     <w:rsid w:val="001560B8"/>
     <w:rsid w:val="00156119"/>
     <w:rsid w:val="00161303"/>
     <w:rsid w:val="0016632E"/>
     <w:rsid w:val="001664FE"/>
     <w:rsid w:val="001818AC"/>
     <w:rsid w:val="00181B0A"/>
     <w:rsid w:val="0018240C"/>
     <w:rsid w:val="0018357B"/>
     <w:rsid w:val="001842E4"/>
     <w:rsid w:val="001848E6"/>
     <w:rsid w:val="00184B85"/>
     <w:rsid w:val="00184D10"/>
     <w:rsid w:val="00190896"/>
     <w:rsid w:val="00191182"/>
     <w:rsid w:val="001950BD"/>
     <w:rsid w:val="0019597F"/>
     <w:rsid w:val="00195EE7"/>
     <w:rsid w:val="001A424F"/>
     <w:rsid w:val="001A4862"/>
     <w:rsid w:val="001A66A4"/>
     <w:rsid w:val="001A69F0"/>
     <w:rsid w:val="001C5F4F"/>
     <w:rsid w:val="001D398E"/>
     <w:rsid w:val="001E2667"/>
     <w:rsid w:val="001E4612"/>
     <w:rsid w:val="001E4949"/>
     <w:rsid w:val="001E75FA"/>
     <w:rsid w:val="001F01B4"/>
     <w:rsid w:val="001F051F"/>
     <w:rsid w:val="001F4270"/>
     <w:rsid w:val="002011E4"/>
     <w:rsid w:val="00201F04"/>
     <w:rsid w:val="0020265B"/>
     <w:rsid w:val="00202A34"/>
     <w:rsid w:val="00202C4B"/>
     <w:rsid w:val="002053EB"/>
+    <w:rsid w:val="00206505"/>
     <w:rsid w:val="0020676B"/>
     <w:rsid w:val="00210D59"/>
     <w:rsid w:val="002113A7"/>
     <w:rsid w:val="00213B45"/>
     <w:rsid w:val="00214089"/>
     <w:rsid w:val="00214AE9"/>
     <w:rsid w:val="00217D14"/>
     <w:rsid w:val="00220A6D"/>
     <w:rsid w:val="002219C9"/>
     <w:rsid w:val="00221F2F"/>
     <w:rsid w:val="00223730"/>
     <w:rsid w:val="002249C4"/>
     <w:rsid w:val="00224CA2"/>
     <w:rsid w:val="002252E2"/>
     <w:rsid w:val="00226535"/>
     <w:rsid w:val="00227D7A"/>
     <w:rsid w:val="00230D12"/>
     <w:rsid w:val="00231B8D"/>
     <w:rsid w:val="002347E5"/>
     <w:rsid w:val="00235DC1"/>
     <w:rsid w:val="002368FE"/>
     <w:rsid w:val="00236BAF"/>
     <w:rsid w:val="00237A8B"/>
     <w:rsid w:val="00240520"/>
     <w:rsid w:val="00242064"/>
@@ -2868,123 +2872,128 @@
     <w:rsid w:val="002571B3"/>
     <w:rsid w:val="00261130"/>
     <w:rsid w:val="002641CA"/>
     <w:rsid w:val="00265A5C"/>
     <w:rsid w:val="00273589"/>
     <w:rsid w:val="00273CE7"/>
     <w:rsid w:val="0027402E"/>
     <w:rsid w:val="00275559"/>
     <w:rsid w:val="002766F6"/>
     <w:rsid w:val="002770DA"/>
     <w:rsid w:val="002774D7"/>
     <w:rsid w:val="0028210C"/>
     <w:rsid w:val="002903A4"/>
     <w:rsid w:val="00295353"/>
     <w:rsid w:val="002961E8"/>
     <w:rsid w:val="002972F0"/>
     <w:rsid w:val="002973B5"/>
     <w:rsid w:val="002A2190"/>
     <w:rsid w:val="002A44D9"/>
     <w:rsid w:val="002A7613"/>
     <w:rsid w:val="002B024C"/>
     <w:rsid w:val="002B059C"/>
     <w:rsid w:val="002B1969"/>
     <w:rsid w:val="002B4BB9"/>
     <w:rsid w:val="002B5A03"/>
+    <w:rsid w:val="002B6AEB"/>
     <w:rsid w:val="002B7A67"/>
     <w:rsid w:val="002B7BEB"/>
     <w:rsid w:val="002C0E79"/>
     <w:rsid w:val="002C308D"/>
     <w:rsid w:val="002C61B2"/>
     <w:rsid w:val="002C6B04"/>
     <w:rsid w:val="002C79BC"/>
     <w:rsid w:val="002C7FC4"/>
     <w:rsid w:val="002D39FC"/>
     <w:rsid w:val="002D60B7"/>
     <w:rsid w:val="002D6313"/>
     <w:rsid w:val="002E25C7"/>
     <w:rsid w:val="002E28C0"/>
     <w:rsid w:val="002E367F"/>
     <w:rsid w:val="002E3BF9"/>
     <w:rsid w:val="002E4EEC"/>
     <w:rsid w:val="002E546F"/>
     <w:rsid w:val="002E678E"/>
     <w:rsid w:val="002E6D4B"/>
     <w:rsid w:val="002F2E92"/>
     <w:rsid w:val="002F329C"/>
     <w:rsid w:val="002F627F"/>
     <w:rsid w:val="003008CF"/>
     <w:rsid w:val="00303D2D"/>
     <w:rsid w:val="00304E19"/>
     <w:rsid w:val="003149D1"/>
     <w:rsid w:val="00314C69"/>
     <w:rsid w:val="00315228"/>
     <w:rsid w:val="00315B5E"/>
     <w:rsid w:val="00317E4D"/>
     <w:rsid w:val="00317E4E"/>
     <w:rsid w:val="003204AD"/>
     <w:rsid w:val="00320E97"/>
     <w:rsid w:val="00322C4C"/>
+    <w:rsid w:val="003241B3"/>
     <w:rsid w:val="00327EBC"/>
     <w:rsid w:val="003300E5"/>
     <w:rsid w:val="00333BB6"/>
     <w:rsid w:val="003364EE"/>
     <w:rsid w:val="00336AFD"/>
     <w:rsid w:val="00336FFA"/>
     <w:rsid w:val="0033740A"/>
     <w:rsid w:val="003435B7"/>
     <w:rsid w:val="00351790"/>
     <w:rsid w:val="00353E52"/>
     <w:rsid w:val="00354B7A"/>
     <w:rsid w:val="003571A2"/>
     <w:rsid w:val="003578E4"/>
+    <w:rsid w:val="003623BC"/>
     <w:rsid w:val="003625EE"/>
     <w:rsid w:val="00366942"/>
     <w:rsid w:val="00367300"/>
     <w:rsid w:val="003729C5"/>
     <w:rsid w:val="0037302C"/>
     <w:rsid w:val="00373059"/>
+    <w:rsid w:val="003739AD"/>
     <w:rsid w:val="0037463D"/>
     <w:rsid w:val="003758C4"/>
     <w:rsid w:val="00377427"/>
     <w:rsid w:val="00383805"/>
     <w:rsid w:val="00385D72"/>
     <w:rsid w:val="00386371"/>
     <w:rsid w:val="00386DC8"/>
     <w:rsid w:val="003906B1"/>
     <w:rsid w:val="0039199B"/>
     <w:rsid w:val="003936F6"/>
     <w:rsid w:val="003949C7"/>
     <w:rsid w:val="00395F15"/>
     <w:rsid w:val="00396CE4"/>
     <w:rsid w:val="003A09CF"/>
     <w:rsid w:val="003A2566"/>
     <w:rsid w:val="003A59C8"/>
     <w:rsid w:val="003A70ED"/>
     <w:rsid w:val="003B0B41"/>
     <w:rsid w:val="003B285C"/>
     <w:rsid w:val="003B340C"/>
+    <w:rsid w:val="003B5312"/>
     <w:rsid w:val="003B77B4"/>
     <w:rsid w:val="003C19BD"/>
     <w:rsid w:val="003C1E33"/>
     <w:rsid w:val="003C5D96"/>
     <w:rsid w:val="003D2682"/>
     <w:rsid w:val="003D2B06"/>
     <w:rsid w:val="003D51B6"/>
     <w:rsid w:val="003D758D"/>
     <w:rsid w:val="003D76D4"/>
     <w:rsid w:val="003E50F0"/>
     <w:rsid w:val="003E53D0"/>
     <w:rsid w:val="003F16D3"/>
     <w:rsid w:val="003F6CAB"/>
     <w:rsid w:val="004017DB"/>
     <w:rsid w:val="00402EF0"/>
     <w:rsid w:val="0040380E"/>
     <w:rsid w:val="00405073"/>
     <w:rsid w:val="00406996"/>
     <w:rsid w:val="00407AB5"/>
     <w:rsid w:val="00413066"/>
     <w:rsid w:val="0041589C"/>
     <w:rsid w:val="00415FA2"/>
     <w:rsid w:val="00420F77"/>
     <w:rsid w:val="00421684"/>
     <w:rsid w:val="004218D0"/>
@@ -3006,100 +3015,102 @@
     <w:rsid w:val="004561D9"/>
     <w:rsid w:val="00456BC4"/>
     <w:rsid w:val="0045714B"/>
     <w:rsid w:val="00457DCF"/>
     <w:rsid w:val="00462665"/>
     <w:rsid w:val="004669B9"/>
     <w:rsid w:val="00467AA7"/>
     <w:rsid w:val="00467B59"/>
     <w:rsid w:val="004713E8"/>
     <w:rsid w:val="004715FF"/>
     <w:rsid w:val="004733F3"/>
     <w:rsid w:val="00473B2A"/>
     <w:rsid w:val="00474588"/>
     <w:rsid w:val="0048146D"/>
     <w:rsid w:val="00485E57"/>
     <w:rsid w:val="00485FA4"/>
     <w:rsid w:val="00487B1C"/>
     <w:rsid w:val="004A17AA"/>
     <w:rsid w:val="004A1E29"/>
     <w:rsid w:val="004A25E1"/>
     <w:rsid w:val="004A2FB7"/>
     <w:rsid w:val="004B1198"/>
     <w:rsid w:val="004B4AD8"/>
     <w:rsid w:val="004B4FBC"/>
     <w:rsid w:val="004B5CA6"/>
+    <w:rsid w:val="004C50C5"/>
     <w:rsid w:val="004C58C1"/>
     <w:rsid w:val="004C6C6A"/>
     <w:rsid w:val="004C7990"/>
     <w:rsid w:val="004D1022"/>
     <w:rsid w:val="004D113B"/>
     <w:rsid w:val="004D1BFF"/>
     <w:rsid w:val="004D1DE1"/>
     <w:rsid w:val="004D1EA3"/>
     <w:rsid w:val="004D272F"/>
     <w:rsid w:val="004D2986"/>
     <w:rsid w:val="004D432D"/>
     <w:rsid w:val="004D5E97"/>
     <w:rsid w:val="004D634F"/>
     <w:rsid w:val="004D639F"/>
     <w:rsid w:val="004E080A"/>
     <w:rsid w:val="004E0B47"/>
     <w:rsid w:val="004E11F6"/>
     <w:rsid w:val="004E16EB"/>
     <w:rsid w:val="004E5268"/>
     <w:rsid w:val="004E67D9"/>
     <w:rsid w:val="004E77BF"/>
     <w:rsid w:val="004F0F5A"/>
     <w:rsid w:val="004F1EA6"/>
     <w:rsid w:val="004F3545"/>
     <w:rsid w:val="004F49CC"/>
     <w:rsid w:val="004F5F3B"/>
     <w:rsid w:val="00500B90"/>
     <w:rsid w:val="00500BCD"/>
     <w:rsid w:val="00503826"/>
     <w:rsid w:val="00506443"/>
     <w:rsid w:val="00511308"/>
     <w:rsid w:val="00511FE2"/>
     <w:rsid w:val="00513EAC"/>
     <w:rsid w:val="00515A17"/>
     <w:rsid w:val="00517E3D"/>
     <w:rsid w:val="0052250A"/>
     <w:rsid w:val="00523AF6"/>
     <w:rsid w:val="00526159"/>
     <w:rsid w:val="005274B0"/>
     <w:rsid w:val="00530847"/>
     <w:rsid w:val="00531FE1"/>
     <w:rsid w:val="005341ED"/>
     <w:rsid w:val="005343B4"/>
     <w:rsid w:val="00535E17"/>
     <w:rsid w:val="0053614B"/>
     <w:rsid w:val="00541B7C"/>
     <w:rsid w:val="00543FF4"/>
     <w:rsid w:val="00544BA1"/>
     <w:rsid w:val="0054557D"/>
     <w:rsid w:val="005458CF"/>
+    <w:rsid w:val="00547DC9"/>
     <w:rsid w:val="005506A1"/>
     <w:rsid w:val="005510E3"/>
     <w:rsid w:val="005548CA"/>
     <w:rsid w:val="00555736"/>
     <w:rsid w:val="00556D68"/>
     <w:rsid w:val="00561F91"/>
     <w:rsid w:val="00563697"/>
     <w:rsid w:val="00564365"/>
     <w:rsid w:val="00564C04"/>
     <w:rsid w:val="00565648"/>
     <w:rsid w:val="005661B6"/>
     <w:rsid w:val="00567085"/>
     <w:rsid w:val="0057287F"/>
     <w:rsid w:val="00574372"/>
     <w:rsid w:val="0057783D"/>
     <w:rsid w:val="00580D1A"/>
     <w:rsid w:val="00584FD6"/>
     <w:rsid w:val="00586EAA"/>
     <w:rsid w:val="00590FB6"/>
     <w:rsid w:val="00591B37"/>
     <w:rsid w:val="00593DD1"/>
     <w:rsid w:val="005977A5"/>
     <w:rsid w:val="00597EEA"/>
     <w:rsid w:val="005A09FD"/>
     <w:rsid w:val="005B0075"/>
@@ -3117,230 +3128,236 @@
     <w:rsid w:val="005D3B35"/>
     <w:rsid w:val="005D3D69"/>
     <w:rsid w:val="005E793A"/>
     <w:rsid w:val="005F35F7"/>
     <w:rsid w:val="005F5B87"/>
     <w:rsid w:val="005F63B7"/>
     <w:rsid w:val="0060403F"/>
     <w:rsid w:val="00605DF7"/>
     <w:rsid w:val="00607F76"/>
     <w:rsid w:val="0061358F"/>
     <w:rsid w:val="00616587"/>
     <w:rsid w:val="00622443"/>
     <w:rsid w:val="00625A23"/>
     <w:rsid w:val="00631244"/>
     <w:rsid w:val="00635697"/>
     <w:rsid w:val="00635A68"/>
     <w:rsid w:val="00635E31"/>
     <w:rsid w:val="0063711E"/>
     <w:rsid w:val="0064056B"/>
     <w:rsid w:val="00646129"/>
     <w:rsid w:val="00646DA9"/>
     <w:rsid w:val="006470C8"/>
     <w:rsid w:val="00651EC4"/>
     <w:rsid w:val="006542CD"/>
     <w:rsid w:val="00657E14"/>
+    <w:rsid w:val="00657F32"/>
     <w:rsid w:val="006618A5"/>
     <w:rsid w:val="006619C1"/>
     <w:rsid w:val="00661B1E"/>
     <w:rsid w:val="00661EC2"/>
     <w:rsid w:val="0066207C"/>
     <w:rsid w:val="006622CC"/>
     <w:rsid w:val="0066246B"/>
     <w:rsid w:val="00663BBD"/>
     <w:rsid w:val="00672EC1"/>
     <w:rsid w:val="00673DB5"/>
     <w:rsid w:val="0067554D"/>
     <w:rsid w:val="00681ADF"/>
     <w:rsid w:val="006843CB"/>
     <w:rsid w:val="00691837"/>
     <w:rsid w:val="00692624"/>
     <w:rsid w:val="00696227"/>
     <w:rsid w:val="00697FEF"/>
     <w:rsid w:val="006A0A29"/>
     <w:rsid w:val="006A2F82"/>
     <w:rsid w:val="006A6DB5"/>
     <w:rsid w:val="006B09F6"/>
     <w:rsid w:val="006B459D"/>
     <w:rsid w:val="006B63A3"/>
     <w:rsid w:val="006C1E1F"/>
     <w:rsid w:val="006C3F32"/>
     <w:rsid w:val="006C70EB"/>
     <w:rsid w:val="006D124E"/>
     <w:rsid w:val="006D37E0"/>
     <w:rsid w:val="006D48D4"/>
     <w:rsid w:val="006D5DE7"/>
     <w:rsid w:val="006E0720"/>
     <w:rsid w:val="006E0F90"/>
     <w:rsid w:val="006E1193"/>
     <w:rsid w:val="006E506C"/>
     <w:rsid w:val="006E6A82"/>
+    <w:rsid w:val="006E6DFC"/>
     <w:rsid w:val="006F39D1"/>
     <w:rsid w:val="006F4BB5"/>
     <w:rsid w:val="006F6F11"/>
     <w:rsid w:val="0070332D"/>
     <w:rsid w:val="00705F08"/>
     <w:rsid w:val="007074C9"/>
     <w:rsid w:val="00712A87"/>
     <w:rsid w:val="00713333"/>
     <w:rsid w:val="00716C71"/>
     <w:rsid w:val="00721168"/>
     <w:rsid w:val="00721FDB"/>
     <w:rsid w:val="00722D41"/>
     <w:rsid w:val="00722E2F"/>
     <w:rsid w:val="00725A81"/>
     <w:rsid w:val="007266D4"/>
     <w:rsid w:val="0073164E"/>
     <w:rsid w:val="00731BF6"/>
     <w:rsid w:val="007379F3"/>
     <w:rsid w:val="00737A0E"/>
     <w:rsid w:val="00741A41"/>
     <w:rsid w:val="0074217D"/>
     <w:rsid w:val="00742581"/>
     <w:rsid w:val="00743712"/>
     <w:rsid w:val="0074484B"/>
     <w:rsid w:val="00750EC0"/>
     <w:rsid w:val="007523C0"/>
     <w:rsid w:val="00753FF3"/>
     <w:rsid w:val="0075617B"/>
     <w:rsid w:val="00757ADA"/>
     <w:rsid w:val="0076069C"/>
     <w:rsid w:val="00763EA8"/>
     <w:rsid w:val="00765AC3"/>
     <w:rsid w:val="00766255"/>
     <w:rsid w:val="0076782B"/>
     <w:rsid w:val="007709C1"/>
     <w:rsid w:val="0077362A"/>
     <w:rsid w:val="0077446C"/>
     <w:rsid w:val="00775729"/>
     <w:rsid w:val="0078176C"/>
+    <w:rsid w:val="00782419"/>
     <w:rsid w:val="00782DC7"/>
     <w:rsid w:val="0078353A"/>
     <w:rsid w:val="007854F3"/>
     <w:rsid w:val="00792346"/>
     <w:rsid w:val="00793651"/>
     <w:rsid w:val="007954AB"/>
     <w:rsid w:val="007964B5"/>
     <w:rsid w:val="0079759D"/>
     <w:rsid w:val="007976D5"/>
     <w:rsid w:val="00797B7F"/>
     <w:rsid w:val="007A0002"/>
     <w:rsid w:val="007A10AF"/>
     <w:rsid w:val="007A1B5D"/>
     <w:rsid w:val="007A46DB"/>
     <w:rsid w:val="007A6292"/>
     <w:rsid w:val="007A674E"/>
     <w:rsid w:val="007A695A"/>
     <w:rsid w:val="007A6C2E"/>
     <w:rsid w:val="007A78D8"/>
     <w:rsid w:val="007B2EE8"/>
     <w:rsid w:val="007C234F"/>
     <w:rsid w:val="007C2A9F"/>
     <w:rsid w:val="007C2E8A"/>
     <w:rsid w:val="007C4EA9"/>
     <w:rsid w:val="007C60C3"/>
     <w:rsid w:val="007C63C8"/>
     <w:rsid w:val="007C7B18"/>
     <w:rsid w:val="007C7C0E"/>
     <w:rsid w:val="007C7FA8"/>
     <w:rsid w:val="007D1363"/>
     <w:rsid w:val="007D1939"/>
     <w:rsid w:val="007D3344"/>
     <w:rsid w:val="007D3695"/>
     <w:rsid w:val="007D6303"/>
     <w:rsid w:val="007D6373"/>
     <w:rsid w:val="007D7911"/>
     <w:rsid w:val="007E0221"/>
     <w:rsid w:val="007E5996"/>
     <w:rsid w:val="007E66F8"/>
     <w:rsid w:val="007E6F32"/>
     <w:rsid w:val="007F44F5"/>
     <w:rsid w:val="007F48CB"/>
     <w:rsid w:val="007F6238"/>
     <w:rsid w:val="007F6472"/>
     <w:rsid w:val="007F728F"/>
     <w:rsid w:val="00800773"/>
     <w:rsid w:val="00800D64"/>
+    <w:rsid w:val="008011E8"/>
     <w:rsid w:val="0080174E"/>
     <w:rsid w:val="008045AE"/>
     <w:rsid w:val="008066C3"/>
     <w:rsid w:val="008078D4"/>
     <w:rsid w:val="008078EB"/>
     <w:rsid w:val="00813233"/>
     <w:rsid w:val="00815C7B"/>
     <w:rsid w:val="0081617D"/>
     <w:rsid w:val="00816198"/>
     <w:rsid w:val="00817E88"/>
     <w:rsid w:val="00820D04"/>
     <w:rsid w:val="00820FC2"/>
     <w:rsid w:val="008211B4"/>
     <w:rsid w:val="00822339"/>
     <w:rsid w:val="0082318E"/>
     <w:rsid w:val="00823B59"/>
     <w:rsid w:val="00830F61"/>
     <w:rsid w:val="00833B3E"/>
     <w:rsid w:val="008348E0"/>
     <w:rsid w:val="00837910"/>
     <w:rsid w:val="00840C87"/>
     <w:rsid w:val="008423E1"/>
     <w:rsid w:val="0084496C"/>
     <w:rsid w:val="00847F08"/>
     <w:rsid w:val="008517D3"/>
     <w:rsid w:val="008537B6"/>
     <w:rsid w:val="00857EE8"/>
     <w:rsid w:val="00861BD3"/>
     <w:rsid w:val="008626D2"/>
     <w:rsid w:val="00863136"/>
     <w:rsid w:val="00863DBD"/>
     <w:rsid w:val="00864E96"/>
     <w:rsid w:val="0086620C"/>
     <w:rsid w:val="00870E7B"/>
     <w:rsid w:val="00871D03"/>
     <w:rsid w:val="008721E1"/>
     <w:rsid w:val="0087230A"/>
     <w:rsid w:val="00872992"/>
     <w:rsid w:val="00873373"/>
     <w:rsid w:val="008734DE"/>
+    <w:rsid w:val="008734FE"/>
     <w:rsid w:val="008734FF"/>
     <w:rsid w:val="00874674"/>
     <w:rsid w:val="008749E8"/>
     <w:rsid w:val="0087611B"/>
     <w:rsid w:val="0087643E"/>
     <w:rsid w:val="00880708"/>
     <w:rsid w:val="00881892"/>
     <w:rsid w:val="008840EE"/>
     <w:rsid w:val="0088509B"/>
     <w:rsid w:val="00885768"/>
     <w:rsid w:val="00885EFA"/>
     <w:rsid w:val="00887F27"/>
     <w:rsid w:val="008900B2"/>
     <w:rsid w:val="00891D56"/>
     <w:rsid w:val="00892396"/>
     <w:rsid w:val="008927F3"/>
     <w:rsid w:val="008941C9"/>
     <w:rsid w:val="00895B93"/>
     <w:rsid w:val="008A066F"/>
+    <w:rsid w:val="008A3571"/>
     <w:rsid w:val="008A6A32"/>
     <w:rsid w:val="008B046F"/>
     <w:rsid w:val="008B39D9"/>
     <w:rsid w:val="008B3C17"/>
     <w:rsid w:val="008B450E"/>
     <w:rsid w:val="008B4F99"/>
     <w:rsid w:val="008B530E"/>
     <w:rsid w:val="008B5DE6"/>
     <w:rsid w:val="008B6D82"/>
     <w:rsid w:val="008B74D3"/>
     <w:rsid w:val="008B7501"/>
     <w:rsid w:val="008C0A17"/>
     <w:rsid w:val="008C3EB7"/>
     <w:rsid w:val="008C43C6"/>
     <w:rsid w:val="008D0350"/>
     <w:rsid w:val="008D4D32"/>
     <w:rsid w:val="008D57AB"/>
     <w:rsid w:val="008D5D9F"/>
     <w:rsid w:val="008D762B"/>
     <w:rsid w:val="008E31B3"/>
     <w:rsid w:val="008E68A3"/>
     <w:rsid w:val="008E6F33"/>
     <w:rsid w:val="008E7D09"/>
     <w:rsid w:val="008F009C"/>
     <w:rsid w:val="008F014F"/>
@@ -3381,97 +3398,100 @@
     <w:rsid w:val="00972E14"/>
     <w:rsid w:val="009741A2"/>
     <w:rsid w:val="00975FEB"/>
     <w:rsid w:val="0098012F"/>
     <w:rsid w:val="0098347A"/>
     <w:rsid w:val="0098589E"/>
     <w:rsid w:val="00987B04"/>
     <w:rsid w:val="0099593A"/>
     <w:rsid w:val="009A41FB"/>
     <w:rsid w:val="009A4EE2"/>
     <w:rsid w:val="009B0C35"/>
     <w:rsid w:val="009B0C58"/>
     <w:rsid w:val="009B15E7"/>
     <w:rsid w:val="009B1B84"/>
     <w:rsid w:val="009B264C"/>
     <w:rsid w:val="009B4F22"/>
     <w:rsid w:val="009B7633"/>
     <w:rsid w:val="009B7EB0"/>
     <w:rsid w:val="009C1480"/>
     <w:rsid w:val="009C215E"/>
     <w:rsid w:val="009C2F37"/>
     <w:rsid w:val="009C7819"/>
     <w:rsid w:val="009D05DF"/>
     <w:rsid w:val="009D2DF6"/>
     <w:rsid w:val="009D4A5D"/>
+    <w:rsid w:val="009D552A"/>
     <w:rsid w:val="009D77DF"/>
     <w:rsid w:val="009E45CB"/>
     <w:rsid w:val="009E6638"/>
     <w:rsid w:val="009E6B2A"/>
     <w:rsid w:val="009F042A"/>
     <w:rsid w:val="009F3B9F"/>
     <w:rsid w:val="009F5692"/>
     <w:rsid w:val="009F60A4"/>
     <w:rsid w:val="00A009D4"/>
     <w:rsid w:val="00A00D85"/>
     <w:rsid w:val="00A03262"/>
     <w:rsid w:val="00A06472"/>
     <w:rsid w:val="00A06631"/>
     <w:rsid w:val="00A12403"/>
     <w:rsid w:val="00A13912"/>
     <w:rsid w:val="00A156F6"/>
     <w:rsid w:val="00A17945"/>
     <w:rsid w:val="00A21207"/>
     <w:rsid w:val="00A224CE"/>
     <w:rsid w:val="00A2251E"/>
     <w:rsid w:val="00A2368E"/>
     <w:rsid w:val="00A23B41"/>
     <w:rsid w:val="00A24CDD"/>
     <w:rsid w:val="00A32004"/>
     <w:rsid w:val="00A342DB"/>
     <w:rsid w:val="00A345AB"/>
     <w:rsid w:val="00A35CD5"/>
     <w:rsid w:val="00A36F14"/>
     <w:rsid w:val="00A36FE2"/>
     <w:rsid w:val="00A370C2"/>
     <w:rsid w:val="00A37F11"/>
     <w:rsid w:val="00A40A35"/>
     <w:rsid w:val="00A41990"/>
     <w:rsid w:val="00A42378"/>
     <w:rsid w:val="00A43152"/>
     <w:rsid w:val="00A465B5"/>
     <w:rsid w:val="00A4775C"/>
     <w:rsid w:val="00A52888"/>
     <w:rsid w:val="00A53C8E"/>
     <w:rsid w:val="00A54878"/>
+    <w:rsid w:val="00A63436"/>
     <w:rsid w:val="00A6447B"/>
     <w:rsid w:val="00A6685B"/>
     <w:rsid w:val="00A6726A"/>
     <w:rsid w:val="00A718D1"/>
     <w:rsid w:val="00A726BA"/>
     <w:rsid w:val="00A72F86"/>
     <w:rsid w:val="00A73494"/>
+    <w:rsid w:val="00A7388B"/>
     <w:rsid w:val="00A84F12"/>
     <w:rsid w:val="00A85347"/>
     <w:rsid w:val="00A86724"/>
     <w:rsid w:val="00A9088F"/>
     <w:rsid w:val="00A94546"/>
     <w:rsid w:val="00A959B2"/>
     <w:rsid w:val="00A96556"/>
     <w:rsid w:val="00AA4512"/>
     <w:rsid w:val="00AA5D04"/>
     <w:rsid w:val="00AB0EB3"/>
     <w:rsid w:val="00AB24D7"/>
     <w:rsid w:val="00AB40AE"/>
     <w:rsid w:val="00AB523E"/>
     <w:rsid w:val="00AB5378"/>
     <w:rsid w:val="00AB734A"/>
     <w:rsid w:val="00AC05F2"/>
     <w:rsid w:val="00AC3D75"/>
     <w:rsid w:val="00AC59E8"/>
     <w:rsid w:val="00AD497D"/>
     <w:rsid w:val="00AD4D6B"/>
     <w:rsid w:val="00AD72E3"/>
     <w:rsid w:val="00AD7AEE"/>
     <w:rsid w:val="00AE05A0"/>
     <w:rsid w:val="00AE15A1"/>
     <w:rsid w:val="00AE1628"/>
@@ -3622,50 +3642,51 @@
     <w:rsid w:val="00CD5709"/>
     <w:rsid w:val="00CD6451"/>
     <w:rsid w:val="00CD7C5A"/>
     <w:rsid w:val="00CE1FEC"/>
     <w:rsid w:val="00CE4D0D"/>
     <w:rsid w:val="00CE57B9"/>
     <w:rsid w:val="00CE704E"/>
     <w:rsid w:val="00CE769A"/>
     <w:rsid w:val="00CF0089"/>
     <w:rsid w:val="00CF0E81"/>
     <w:rsid w:val="00CF1272"/>
     <w:rsid w:val="00CF7093"/>
     <w:rsid w:val="00CF7E47"/>
     <w:rsid w:val="00D11C32"/>
     <w:rsid w:val="00D11CF4"/>
     <w:rsid w:val="00D17555"/>
     <w:rsid w:val="00D208B4"/>
     <w:rsid w:val="00D238B5"/>
     <w:rsid w:val="00D27217"/>
     <w:rsid w:val="00D2740E"/>
     <w:rsid w:val="00D30F82"/>
     <w:rsid w:val="00D37896"/>
     <w:rsid w:val="00D40BC6"/>
     <w:rsid w:val="00D4106C"/>
     <w:rsid w:val="00D41A8C"/>
+    <w:rsid w:val="00D449AC"/>
     <w:rsid w:val="00D44C46"/>
     <w:rsid w:val="00D505B4"/>
     <w:rsid w:val="00D506D3"/>
     <w:rsid w:val="00D54890"/>
     <w:rsid w:val="00D562EC"/>
     <w:rsid w:val="00D6527D"/>
     <w:rsid w:val="00D71C8D"/>
     <w:rsid w:val="00D72B09"/>
     <w:rsid w:val="00D72C39"/>
     <w:rsid w:val="00D732BD"/>
     <w:rsid w:val="00D74C0E"/>
     <w:rsid w:val="00D75DD9"/>
     <w:rsid w:val="00D76048"/>
     <w:rsid w:val="00D80EFD"/>
     <w:rsid w:val="00D835E6"/>
     <w:rsid w:val="00D875B5"/>
     <w:rsid w:val="00D90042"/>
     <w:rsid w:val="00D906B5"/>
     <w:rsid w:val="00D92BDD"/>
     <w:rsid w:val="00D931A7"/>
     <w:rsid w:val="00D93D40"/>
     <w:rsid w:val="00DA01E2"/>
     <w:rsid w:val="00DA04C7"/>
     <w:rsid w:val="00DA0C40"/>
     <w:rsid w:val="00DA2225"/>
@@ -3707,97 +3728,101 @@
     <w:rsid w:val="00E21CD4"/>
     <w:rsid w:val="00E27994"/>
     <w:rsid w:val="00E3676F"/>
     <w:rsid w:val="00E37AC6"/>
     <w:rsid w:val="00E40038"/>
     <w:rsid w:val="00E420CF"/>
     <w:rsid w:val="00E44D08"/>
     <w:rsid w:val="00E45701"/>
     <w:rsid w:val="00E45E3F"/>
     <w:rsid w:val="00E463F4"/>
     <w:rsid w:val="00E4793F"/>
     <w:rsid w:val="00E500A1"/>
     <w:rsid w:val="00E50F44"/>
     <w:rsid w:val="00E5115C"/>
     <w:rsid w:val="00E511B6"/>
     <w:rsid w:val="00E51FBC"/>
     <w:rsid w:val="00E53EDB"/>
     <w:rsid w:val="00E54881"/>
     <w:rsid w:val="00E55C52"/>
     <w:rsid w:val="00E55CF4"/>
     <w:rsid w:val="00E6013C"/>
     <w:rsid w:val="00E61600"/>
     <w:rsid w:val="00E62801"/>
     <w:rsid w:val="00E63A2E"/>
     <w:rsid w:val="00E63C71"/>
+    <w:rsid w:val="00E66348"/>
     <w:rsid w:val="00E66DA8"/>
     <w:rsid w:val="00E7017F"/>
+    <w:rsid w:val="00E70F9B"/>
     <w:rsid w:val="00E733BF"/>
     <w:rsid w:val="00E7348B"/>
     <w:rsid w:val="00E741ED"/>
     <w:rsid w:val="00E74E55"/>
     <w:rsid w:val="00E758E8"/>
     <w:rsid w:val="00E75D25"/>
     <w:rsid w:val="00E7608B"/>
     <w:rsid w:val="00E76527"/>
     <w:rsid w:val="00E76FE8"/>
     <w:rsid w:val="00E77AAD"/>
     <w:rsid w:val="00E77C64"/>
     <w:rsid w:val="00E77E3C"/>
     <w:rsid w:val="00E77E84"/>
     <w:rsid w:val="00E81F2B"/>
     <w:rsid w:val="00E82252"/>
     <w:rsid w:val="00E82EDA"/>
     <w:rsid w:val="00E83D81"/>
     <w:rsid w:val="00E90F4D"/>
     <w:rsid w:val="00E913D5"/>
     <w:rsid w:val="00E926C6"/>
     <w:rsid w:val="00E9413D"/>
     <w:rsid w:val="00E9487E"/>
     <w:rsid w:val="00E97ACE"/>
     <w:rsid w:val="00EA30FD"/>
     <w:rsid w:val="00EA5CF7"/>
     <w:rsid w:val="00EA6396"/>
     <w:rsid w:val="00EA66DC"/>
+    <w:rsid w:val="00EB063D"/>
     <w:rsid w:val="00EB1D62"/>
     <w:rsid w:val="00EB3462"/>
     <w:rsid w:val="00EB66EF"/>
     <w:rsid w:val="00EC24B8"/>
     <w:rsid w:val="00EC3337"/>
     <w:rsid w:val="00ED2A3B"/>
     <w:rsid w:val="00ED70EC"/>
     <w:rsid w:val="00EE151E"/>
     <w:rsid w:val="00EF1BCD"/>
     <w:rsid w:val="00EF34F2"/>
     <w:rsid w:val="00EF4FA8"/>
     <w:rsid w:val="00EF7688"/>
     <w:rsid w:val="00F010E7"/>
     <w:rsid w:val="00F06EDF"/>
     <w:rsid w:val="00F129BA"/>
     <w:rsid w:val="00F12F8A"/>
     <w:rsid w:val="00F14F5E"/>
     <w:rsid w:val="00F2104F"/>
+    <w:rsid w:val="00F210A5"/>
     <w:rsid w:val="00F263D8"/>
     <w:rsid w:val="00F2773E"/>
     <w:rsid w:val="00F27E48"/>
     <w:rsid w:val="00F36AAE"/>
     <w:rsid w:val="00F36DCD"/>
     <w:rsid w:val="00F37F32"/>
     <w:rsid w:val="00F407CF"/>
     <w:rsid w:val="00F41DF9"/>
     <w:rsid w:val="00F479DC"/>
     <w:rsid w:val="00F50581"/>
     <w:rsid w:val="00F5219B"/>
     <w:rsid w:val="00F534E2"/>
     <w:rsid w:val="00F53A26"/>
     <w:rsid w:val="00F5799E"/>
     <w:rsid w:val="00F61ECE"/>
     <w:rsid w:val="00F6226C"/>
     <w:rsid w:val="00F62459"/>
     <w:rsid w:val="00F63DBD"/>
     <w:rsid w:val="00F6518B"/>
     <w:rsid w:val="00F6572C"/>
     <w:rsid w:val="00F721A4"/>
     <w:rsid w:val="00F765EA"/>
     <w:rsid w:val="00F82FC8"/>
     <w:rsid w:val="00F84955"/>
     <w:rsid w:val="00F84975"/>
@@ -3822,78 +3847,78 @@
     <w:rsid w:val="00FC355F"/>
     <w:rsid w:val="00FC386C"/>
     <w:rsid w:val="00FC473C"/>
     <w:rsid w:val="00FD5BD0"/>
     <w:rsid w:val="00FE1032"/>
     <w:rsid w:val="00FE112E"/>
     <w:rsid w:val="00FE6C02"/>
     <w:rsid w:val="00FF017C"/>
     <w:rsid w:val="00FF0ADE"/>
     <w:rsid w:val="00FF44FC"/>
     <w:rsid w:val="00FF6BAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B66CA2B"/>
   <w15:docId w15:val="{D24E8559-3256-452A-9FBE-409763539C08}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4214,50 +4239,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F84955"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F84955"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120"/>
@@ -4479,62 +4509,62 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableTextChar">
     <w:name w:val="Table Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="TableText"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00056BCC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4794,87 +4824,167 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<metadata xmlns="http://www.objective.com/ecm/document/metadata/65F1F92071475276E05315230A0A9CBF" version="1.0.0">
+  <systemFields>
+    <field name="Objective-Id">
+      <value order="0">A95219345</value>
+    </field>
+    <field name="Objective-Title">
+      <value order="0">RSD-SRS-043</value>
+    </field>
+    <field name="Objective-Description">
+      <value order="0"/>
+    </field>
+    <field name="Objective-CreationStamp">
+      <value order="0">2025-07-23T01:55:15Z</value>
+    </field>
+    <field name="Objective-IsApproved">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-IsPublished">
+      <value order="0">true</value>
+    </field>
+    <field name="Objective-DatePublished">
+      <value order="0">2025-09-19T01:57:18Z</value>
+    </field>
+    <field name="Objective-ModificationStamp">
+      <value order="0">2025-09-19T01:57:18Z</value>
+    </field>
+    <field name="Objective-Owner">
+      <value order="0">FERGIE, Allison</value>
+    </field>
+    <field name="Objective-Path">
+      <value order="0">DEMIRS Global Folder:02 Corporate File Plan:LGIRS - Building, Energy Safety and Service Delivery Group:Service Delivery:Administrative:Strategic Management:Procedures:Licensing Services - Administration of Collie Regional Licence Processing Centre:Dangerous Goods:QMS documents updated July 2025:DG Licensing (SRS) - updated September 2025</value>
+    </field>
+    <field name="Objective-Parent">
+      <value order="0">DG Licensing (SRS) - updated September 2025</value>
+    </field>
+    <field name="Objective-State">
+      <value order="0">Published</value>
+    </field>
+    <field name="Objective-VersionId">
+      <value order="0">vA105212689</value>
+    </field>
+    <field name="Objective-Version">
+      <value order="0">3.0</value>
+    </field>
+    <field name="Objective-VersionNumber">
+      <value order="0">3</value>
+    </field>
+    <field name="Objective-VersionComment">
+      <value order="0">update logo</value>
+    </field>
+    <field name="Objective-FileNumber">
+      <value order="0">DMS0043/2020</value>
+    </field>
+    <field name="Objective-Classification">
+      <value order="0">OFFICIAL</value>
+    </field>
+    <field name="Objective-Caveats">
+      <value order="0"/>
+    </field>
+  </systemFields>
+  <catalogues>
+    <catalogue name="Divisional Document Type Catalogue" type="type" ori="id:cA39">
+      <field name="Objective-Divisional Document Types">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Warning">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Author">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Date of Document">
+        <value order="0"/>
+      </field>
+      <field name="Objective-External Reference">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Internal Reference">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Archive Box">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Migrated Id">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Foreign Barcode">
+        <value order="0"/>
+      </field>
+      <field name="Objective-PCI DSS Checked">
+        <value order="0"/>
+      </field>
+      <field name="Objective-End User">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Additional File Numbers">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Record Number">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Graphic Content">
+        <value order="0"/>
+      </field>
+    </catalogue>
+  </catalogues>
+</metadata>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...25 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="752b87b5ca0296cf543c0a90d0d7af0b" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="QMS Document" ma:contentTypeID="0x01010034869801477A44BA963EBC7CD35300A100580400D18D91764C97DBB95683AA521E" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c1683b6e5b45d8df19a2ca545516eb42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c8b4c07af5d193778cb4a82a758fe6cd" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:QmsBusinessAreasRef"/>
                 <xsd:element ref="ns2:QmsLibrariesRef"/>
                 <xsd:element ref="ns2:QmsSectionsRef"/>
                 <xsd:element ref="ns2:QmsSubSectionsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsVariationsRef" minOccurs="0"/>
                 <xsd:element ref="ns3:QmsDocumentPurpose" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsApproverPositionsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsReviewerPositionsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsRiskRatingsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsReviewFrequenciesRef" minOccurs="0"/>
                 <xsd:element ref="ns3:QmsReviewDate" minOccurs="0"/>
                 <xsd:element ref="ns3:QmsLastReview" minOccurs="0"/>
                 <xsd:element ref="ns1:QmsLastReviewBy" minOccurs="0"/>
                 <xsd:element ref="ns1:QmsLastReviewStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:QmsLastReviewComment" minOccurs="0"/>
                 <xsd:element ref="ns3:QmsLastApproval" minOccurs="0"/>
@@ -4912,66 +5022,66 @@
     <xsd:element name="QmsBusinessAreasRef" ma:index="8" ma:displayName="Business Area" ma:description="" ma:list="{b74c2d4a-83dd-45ab-a174-594d63e10121}" ma:internalName="QmsBusinessAreasRef" ma:readOnly="false" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="QmsLibrariesRef" ma:index="9" ma:displayName="Library" ma:description="" ma:list="{27e0decd-3a92-4bd2-a390-34759d5300c3}" ma:internalName="QmsLibrariesRef" ma:readOnly="false" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="QmsSectionsRef" ma:index="10" ma:displayName="Section" ma:description="" ma:list="{42022ce2-a7ba-4d0e-87a1-009d91bf5a69}" ma:internalName="QmsSectionsRef" ma:readOnly="false" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="QmsSubSectionsRef" ma:index="11" nillable="true" ma:displayName="Sub-Section" ma:description="" ma:list="{20e191d8-edd5-4c81-91f9-72267be22aff}" ma:internalName="QmsSubSectionsRef" ma:readOnly="false" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="QmsVariationsRef" ma:index="12" nillable="true" ma:displayName="Variation" ma:description="" ma:list="{163e3c99-54f0-457a-bf27-21517cb161ef}" ma:internalName="QmsVariationsRef" ma:readOnly="false" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="QmsApproverPositionsRef" ma:index="15" nillable="true" ma:displayName="Document Approver" ma:description="" ma:list="{60aba9e2-ee8a-4c24-8d0e-e62270be1130}" ma:internalName="QmsApproverPositionsRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
+    <xsd:element name="QmsApproverPositionsRef" ma:index="15" nillable="true" ma:displayName="Document Approver" ma:description="" ma:list="{66cd5e59-81b3-47f6-8fb4-171aa13aba79}" ma:internalName="QmsApproverPositionsRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="QmsReviewerPositionsRef" ma:index="16" nillable="true" ma:displayName="Document Reviewer" ma:description="" ma:list="{60aba9e2-ee8a-4c24-8d0e-e62270be1130}" ma:internalName="QmsReviewerPositionsRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
+    <xsd:element name="QmsReviewerPositionsRef" ma:index="16" nillable="true" ma:displayName="Document Reviewer" ma:description="" ma:list="{66cd5e59-81b3-47f6-8fb4-171aa13aba79}" ma:internalName="QmsReviewerPositionsRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="QmsRiskRatingsRef" ma:index="17" nillable="true" ma:displayName="Risk Rating" ma:description="" ma:list="{fe4fcdbe-cf0e-4050-9ac9-0a2d1f8babdd}" ma:internalName="QmsRiskRatingsRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
+    <xsd:element name="QmsRiskRatingsRef" ma:index="17" nillable="true" ma:displayName="Risk Rating" ma:description="" ma:list="{e1bf8681-fac2-49ea-8e56-c566f74d22bf}" ma:internalName="QmsRiskRatingsRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="QmsReviewFrequenciesRef" ma:index="18" nillable="true" ma:displayName="Review Frequency" ma:description="Months" ma:list="{f674187d-1a29-42d7-84f7-a663c8315aa1}" ma:internalName="QmsReviewFrequenciesRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
+    <xsd:element name="QmsReviewFrequenciesRef" ma:index="18" nillable="true" ma:displayName="Review Frequency" ma:description="Months" ma:list="{4daaf2ba-ee00-440c-b421-773fce273faf}" ma:internalName="QmsReviewFrequenciesRef" ma:showField="Title" ma:web="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="QmsDocumentPurpose" ma:index="13" nillable="true" ma:displayName="Purpose" ma:description="" ma:internalName="QmsDocumentPurpose">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="QmsReviewDate" ma:index="19" nillable="true" ma:displayName="Next Review Date" ma:description="" ma:format="DateOnly" ma:internalName="QmsReviewDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="QmsLastReview" ma:index="20" nillable="true" ma:displayName="Last Review" ma:description="" ma:format="DateOnly" ma:internalName="QmsLastReview">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="QmsLastReviewComment" ma:index="23" nillable="true" ma:displayName="Last Review Comment" ma:description="" ma:internalName="QmsLastReviewComment">
       <xsd:simpleType>
@@ -5066,148 +5176,283 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <QmsSubSectionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">409</QmsSubSectionsRef>
+    <QmsSectionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">202</QmsSectionsRef>
+    <QmsBusinessAreasRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">10</QmsBusinessAreasRef>
+    <QmsVariationsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
+    <QmsDocumentPurpose xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Dangerous goods licence medical certificate template</QmsDocumentPurpose>
+    <QmsLibrariesRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">40</QmsLibrariesRef>
+    <QmsApproverPositionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
+    <QmsReviewFrequenciesRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">2</QmsReviewFrequenciesRef>
+    <QmsRescinded xmlns="http://schemas.microsoft.com/sharepoint/v3">false</QmsRescinded>
+    <QmsReviewDate xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">2026-04-08T16:00:00+00:00</QmsReviewDate>
+    <QmsLastApprovalStatus xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <QmsLastReviewBy xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <QmsReviewerPositionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
+    <QmsLastApproval xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <QmsLastReviewComment xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <QmsRiskRatingsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
+    <QmsLastReview xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <QmsLastReviewStatus xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC9F2633-C7E7-43E5-90A5-851F6EEA9782}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/65F1F92071475276E05315230A0A9CBF"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{858D9F42-ECF5-4691-86C8-7A9DFBC2B6B9}">
-[...17 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BFE32D4-C890-40FA-8B7C-B7881369D811}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B84AE487-7F2C-4BC1-A283-151C6DA30CEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57FB5C94-E0D3-4F6B-9CA2-66F980C7A8DD}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00F9C6FB-FA9E-4892-9607-C4F7569C78FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC9F2633-C7E7-43E5-90A5-851F6EEA9782}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{858D9F42-ECF5-4691-86C8-7A9DFBC2B6B9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>570</Words>
-  <Characters>3065</Characters>
+  <Characters>3075</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Dangerous goods and explosives licences - Website medical certificate</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Mines and Petroleum</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3577</CharactersWithSpaces>
+  <CharactersWithSpaces>3588</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Dangerous goods and explosives licences - Website medical certificate</dc:title>
   <dc:creator>CHANG, Tse Yin</dc:creator>
   <dc:description>FileNo=&lt;!&gt;</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="File_No">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010034869801477A44BA963EBC7CD35300A100580400D18D91764C97DBB95683AA521E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Site">
     <vt:lpwstr>Cannington</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="SecType">
     <vt:lpwstr>Departmental Use Only</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-Id">
+    <vt:lpwstr>A95219345</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-Title">
+    <vt:lpwstr>RSD-SRS-043</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-CreationStamp">
+    <vt:filetime>2025-07-23T01:55:15Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-IsApproved">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-IsPublished">
+    <vt:bool>true</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-DatePublished">
+    <vt:filetime>2025-09-19T01:57:18Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-ModificationStamp">
+    <vt:filetime>2025-09-19T01:57:18Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Owner">
+    <vt:lpwstr>FERGIE, Allison</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Path">
+    <vt:lpwstr>DEMIRS Global Folder:02 Corporate File Plan:LGIRS - Building, Energy Safety and Service Delivery Group:Service Delivery:Administrative:Strategic Management:Procedures:Licensing Services - Administration of Collie Regional Licence Processing Centre:Dangerous Goods:QMS documents updated July 2025:DG Licensing (SRS) - updated September 2025</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Parent">
+    <vt:lpwstr>DG Licensing (SRS) - updated September 2025</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-State">
+    <vt:lpwstr>Published</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionId">
+    <vt:lpwstr>vA105212689</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-Version">
+    <vt:lpwstr>3.0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-VersionNumber">
+    <vt:r8>3</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-VersionComment">
+    <vt:lpwstr>update logo</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-FileNumber">
+    <vt:lpwstr>DMS0043/2020</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Classification">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Caveats">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Divisional Document Types">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Warning">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Author">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-Date of Document">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-External Reference">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Internal Reference">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Archive Box">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Migrated Id">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Foreign Barcode">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Objective-PCI DSS Checked">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Objective-End User">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="Objective-Additional File Numbers">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="Objective-Record Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="Objective-Graphic Content">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>