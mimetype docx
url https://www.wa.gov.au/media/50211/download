--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -1,49 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="36B89256" w14:textId="77777777" w:rsidR="00CE704E" w:rsidRDefault="00CE704E" w:rsidP="00E75D25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="60"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -256,53 +253,53 @@
         <w:t xml:space="preserve"> may delay</w:t>
       </w:r>
       <w:r w:rsidR="00692624">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> the processing of your applicaiton</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4544"/>
         <w:gridCol w:w="6083"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00731BF6" w:rsidRPr="00E54881" w14:paraId="6383D7DF" w14:textId="77777777" w:rsidTr="008A3571">
+      <w:tr w:rsidR="00731BF6" w:rsidRPr="00E54881" w14:paraId="6383D7DF" w14:textId="77777777" w:rsidTr="00A7388B">
         <w:trPr>
-          <w:trHeight w:val="1061"/>
+          <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10627" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="20384E6F" w14:textId="77777777" w:rsidR="009A4EE2" w:rsidRPr="00A84F12" w:rsidRDefault="00731BF6" w:rsidP="00E54881">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070332D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Full name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
@@ -1654,51 +1651,54 @@
               <w:t>Medical practitioner’s stamp</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3337" w14:paraId="1B084760" w14:textId="77777777" w:rsidTr="00E75D25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="197D9232" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00E36AD7" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:r w:rsidRPr="00E36AD7">
               <w:t>Practice address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="015E55A5" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3337" w14:paraId="4C7F24C7" w14:textId="77777777" w:rsidTr="00E75D25">
+      <w:tr w:rsidR="00EC3337" w14:paraId="4C7F24C7" w14:textId="77777777" w:rsidTr="00A7388B">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27A6FCB4" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00E36AD7" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:r w:rsidRPr="00E36AD7">
               <w:t>Practice email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4C3947AA" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3337" w14:paraId="21A00060" w14:textId="77777777" w:rsidTr="00E75D25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44B2CA8C" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00E36AD7" w:rsidRDefault="003625EE" w:rsidP="00BA0B2F">
@@ -1734,53 +1734,53 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC3A3C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Medical practitioner’s signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0025C8C0" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00BC3A3C" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3337" w14:paraId="1AFCF6E1" w14:textId="77777777" w:rsidTr="00E75D25">
+      <w:tr w:rsidR="00EC3337" w14:paraId="1AFCF6E1" w14:textId="77777777" w:rsidTr="00A7388B">
         <w:trPr>
-          <w:trHeight w:val="434"/>
+          <w:trHeight w:val="81"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B51C109" w14:textId="77777777" w:rsidR="00EC3337" w:rsidRPr="00BC3A3C" w:rsidRDefault="00EC3337" w:rsidP="00BA0B2F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC3A3C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Date of assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3486" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
@@ -1839,51 +1839,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>6107</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA1D991" w14:textId="708E6693" w:rsidR="007A6292" w:rsidRDefault="00A224CE" w:rsidP="00A224CE">
       <w:pPr>
         <w:pStyle w:val="TableText"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00056BCC" w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Postal address: </w:t>
       </w:r>
       <w:r w:rsidR="00E27994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Locked Bag </w:t>
       </w:r>
       <w:r w:rsidR="00056BCC" w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
@@ -1928,77 +1927,74 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">(08) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>6251 2300</w:t>
       </w:r>
       <w:r w:rsidRPr="00192984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00056BCC" w:rsidRPr="00192984" w:rsidSect="003623BC">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="11" w:right="720" w:bottom="0" w:left="720" w:header="850" w:footer="302" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74399839" w14:textId="77777777" w:rsidR="003241B3" w:rsidRDefault="003241B3">
+    <w:p w14:paraId="7D6F977A" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50517499" w14:textId="77777777" w:rsidR="003241B3" w:rsidRDefault="003241B3">
+    <w:p w14:paraId="1F1EE1D8" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2085,151 +2081,128 @@
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="002B059C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Dangerous goods and explosives licences medical certificate               </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                     Page 1 of 1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="29387228" w14:textId="77777777" w:rsidR="002B6AEB" w:rsidRDefault="002B6AEB">
-[...9 lines deleted...]
-  <w:p w14:paraId="624C9777" w14:textId="77777777" w:rsidR="00944B33" w:rsidRDefault="003E53D0" w:rsidP="00AD4D6B">
+  <w:p w14:paraId="624C9777" w14:textId="2EE87528" w:rsidR="00944B33" w:rsidRDefault="003E53D0" w:rsidP="00AD4D6B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3122"/>
         <w:tab w:val="left" w:pos="9276"/>
         <w:tab w:val="right" w:pos="10632"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>RSD-BUS-040</w:t>
+      <w:t>RSD-BUS-04</w:t>
+    </w:r>
+    <w:r w:rsidR="00A7388B">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00430405" w:rsidRPr="002B059C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r w:rsidR="00430405">
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="00A726BA">
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
     <w:r w:rsidR="00056BCC">
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                           </w:t>
     </w:r>
     <w:r w:rsidR="004D634F">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004D634F">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26A37A3B" w14:textId="77777777" w:rsidR="003241B3" w:rsidRDefault="003241B3">
+    <w:p w14:paraId="6667970E" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33083B84" w14:textId="77777777" w:rsidR="003241B3" w:rsidRDefault="003241B3">
+    <w:p w14:paraId="35CD4711" w14:textId="77777777" w:rsidR="003739AD" w:rsidRDefault="003739AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...18 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10762" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="284" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5380"/>
       <w:gridCol w:w="5382"/>
     </w:tblGrid>
     <w:tr w:rsidR="00430405" w:rsidRPr="00F6572C" w14:paraId="60A5903E" w14:textId="77777777" w:rsidTr="00E51FBC">
       <w:trPr>
         <w:trHeight w:val="851"/>
@@ -2673,51 +2646,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1812870476">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="773136408">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="342322420">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2955,50 +2928,51 @@
     <w:rsid w:val="00317E4E"/>
     <w:rsid w:val="003204AD"/>
     <w:rsid w:val="00320E97"/>
     <w:rsid w:val="00322C4C"/>
     <w:rsid w:val="003241B3"/>
     <w:rsid w:val="00327EBC"/>
     <w:rsid w:val="003300E5"/>
     <w:rsid w:val="00333BB6"/>
     <w:rsid w:val="003364EE"/>
     <w:rsid w:val="00336AFD"/>
     <w:rsid w:val="00336FFA"/>
     <w:rsid w:val="0033740A"/>
     <w:rsid w:val="003435B7"/>
     <w:rsid w:val="00351790"/>
     <w:rsid w:val="00353E52"/>
     <w:rsid w:val="00354B7A"/>
     <w:rsid w:val="003571A2"/>
     <w:rsid w:val="003578E4"/>
     <w:rsid w:val="003623BC"/>
     <w:rsid w:val="003625EE"/>
     <w:rsid w:val="00366942"/>
     <w:rsid w:val="00367300"/>
     <w:rsid w:val="003729C5"/>
     <w:rsid w:val="0037302C"/>
     <w:rsid w:val="00373059"/>
+    <w:rsid w:val="003739AD"/>
     <w:rsid w:val="0037463D"/>
     <w:rsid w:val="003758C4"/>
     <w:rsid w:val="00377427"/>
     <w:rsid w:val="00383805"/>
     <w:rsid w:val="00385D72"/>
     <w:rsid w:val="00386371"/>
     <w:rsid w:val="00386DC8"/>
     <w:rsid w:val="003906B1"/>
     <w:rsid w:val="0039199B"/>
     <w:rsid w:val="003936F6"/>
     <w:rsid w:val="003949C7"/>
     <w:rsid w:val="00395F15"/>
     <w:rsid w:val="00396CE4"/>
     <w:rsid w:val="003A09CF"/>
     <w:rsid w:val="003A2566"/>
     <w:rsid w:val="003A59C8"/>
     <w:rsid w:val="003A70ED"/>
     <w:rsid w:val="003B0B41"/>
     <w:rsid w:val="003B285C"/>
     <w:rsid w:val="003B340C"/>
     <w:rsid w:val="003B5312"/>
     <w:rsid w:val="003B77B4"/>
     <w:rsid w:val="003C19BD"/>
     <w:rsid w:val="003C1E33"/>
     <w:rsid w:val="003C5D96"/>
@@ -3092,50 +3066,51 @@
     <w:rsid w:val="004F5F3B"/>
     <w:rsid w:val="00500B90"/>
     <w:rsid w:val="00500BCD"/>
     <w:rsid w:val="00503826"/>
     <w:rsid w:val="00506443"/>
     <w:rsid w:val="00511308"/>
     <w:rsid w:val="00511FE2"/>
     <w:rsid w:val="00513EAC"/>
     <w:rsid w:val="00515A17"/>
     <w:rsid w:val="00517E3D"/>
     <w:rsid w:val="0052250A"/>
     <w:rsid w:val="00523AF6"/>
     <w:rsid w:val="00526159"/>
     <w:rsid w:val="005274B0"/>
     <w:rsid w:val="00530847"/>
     <w:rsid w:val="00531FE1"/>
     <w:rsid w:val="005341ED"/>
     <w:rsid w:val="005343B4"/>
     <w:rsid w:val="00535E17"/>
     <w:rsid w:val="0053614B"/>
     <w:rsid w:val="00541B7C"/>
     <w:rsid w:val="00543FF4"/>
     <w:rsid w:val="00544BA1"/>
     <w:rsid w:val="0054557D"/>
     <w:rsid w:val="005458CF"/>
+    <w:rsid w:val="00547DC9"/>
     <w:rsid w:val="005506A1"/>
     <w:rsid w:val="005510E3"/>
     <w:rsid w:val="005548CA"/>
     <w:rsid w:val="00555736"/>
     <w:rsid w:val="00556D68"/>
     <w:rsid w:val="00561F91"/>
     <w:rsid w:val="00563697"/>
     <w:rsid w:val="00564365"/>
     <w:rsid w:val="00564C04"/>
     <w:rsid w:val="00565648"/>
     <w:rsid w:val="005661B6"/>
     <w:rsid w:val="00567085"/>
     <w:rsid w:val="0057287F"/>
     <w:rsid w:val="00574372"/>
     <w:rsid w:val="0057783D"/>
     <w:rsid w:val="00580D1A"/>
     <w:rsid w:val="00584FD6"/>
     <w:rsid w:val="00586EAA"/>
     <w:rsid w:val="00590FB6"/>
     <w:rsid w:val="00591B37"/>
     <w:rsid w:val="00593DD1"/>
     <w:rsid w:val="005977A5"/>
     <w:rsid w:val="00597EEA"/>
     <w:rsid w:val="005A09FD"/>
     <w:rsid w:val="005B0075"/>
@@ -3472,50 +3447,51 @@
     <w:rsid w:val="00A32004"/>
     <w:rsid w:val="00A342DB"/>
     <w:rsid w:val="00A345AB"/>
     <w:rsid w:val="00A35CD5"/>
     <w:rsid w:val="00A36F14"/>
     <w:rsid w:val="00A36FE2"/>
     <w:rsid w:val="00A370C2"/>
     <w:rsid w:val="00A37F11"/>
     <w:rsid w:val="00A40A35"/>
     <w:rsid w:val="00A41990"/>
     <w:rsid w:val="00A42378"/>
     <w:rsid w:val="00A43152"/>
     <w:rsid w:val="00A465B5"/>
     <w:rsid w:val="00A4775C"/>
     <w:rsid w:val="00A52888"/>
     <w:rsid w:val="00A53C8E"/>
     <w:rsid w:val="00A54878"/>
     <w:rsid w:val="00A63436"/>
     <w:rsid w:val="00A6447B"/>
     <w:rsid w:val="00A6685B"/>
     <w:rsid w:val="00A6726A"/>
     <w:rsid w:val="00A718D1"/>
     <w:rsid w:val="00A726BA"/>
     <w:rsid w:val="00A72F86"/>
     <w:rsid w:val="00A73494"/>
+    <w:rsid w:val="00A7388B"/>
     <w:rsid w:val="00A84F12"/>
     <w:rsid w:val="00A85347"/>
     <w:rsid w:val="00A86724"/>
     <w:rsid w:val="00A9088F"/>
     <w:rsid w:val="00A94546"/>
     <w:rsid w:val="00A959B2"/>
     <w:rsid w:val="00A96556"/>
     <w:rsid w:val="00AA4512"/>
     <w:rsid w:val="00AA5D04"/>
     <w:rsid w:val="00AB0EB3"/>
     <w:rsid w:val="00AB24D7"/>
     <w:rsid w:val="00AB40AE"/>
     <w:rsid w:val="00AB523E"/>
     <w:rsid w:val="00AB5378"/>
     <w:rsid w:val="00AB734A"/>
     <w:rsid w:val="00AC05F2"/>
     <w:rsid w:val="00AC3D75"/>
     <w:rsid w:val="00AC59E8"/>
     <w:rsid w:val="00AD497D"/>
     <w:rsid w:val="00AD4D6B"/>
     <w:rsid w:val="00AD72E3"/>
     <w:rsid w:val="00AD7AEE"/>
     <w:rsid w:val="00AE05A0"/>
     <w:rsid w:val="00AE15A1"/>
     <w:rsid w:val="00AE1628"/>
@@ -4540,54 +4516,54 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableTextChar">
     <w:name w:val="Table Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="TableText"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00056BCC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4853,51 +4829,157 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<metadata xmlns="http://www.objective.com/ecm/document/metadata/65F1F92071475276E05315230A0A9CBF" version="1.0.0">
+  <systemFields>
+    <field name="Objective-Id">
+      <value order="0">A95219345</value>
+    </field>
+    <field name="Objective-Title">
+      <value order="0">RSD-SRS-043</value>
+    </field>
+    <field name="Objective-Description">
+      <value order="0"/>
+    </field>
+    <field name="Objective-CreationStamp">
+      <value order="0">2025-07-23T01:55:15Z</value>
+    </field>
+    <field name="Objective-IsApproved">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-IsPublished">
+      <value order="0">true</value>
+    </field>
+    <field name="Objective-DatePublished">
+      <value order="0">2025-09-19T01:57:18Z</value>
+    </field>
+    <field name="Objective-ModificationStamp">
+      <value order="0">2025-09-19T01:57:18Z</value>
+    </field>
+    <field name="Objective-Owner">
+      <value order="0">FERGIE, Allison</value>
+    </field>
+    <field name="Objective-Path">
+      <value order="0">DEMIRS Global Folder:02 Corporate File Plan:LGIRS - Building, Energy Safety and Service Delivery Group:Service Delivery:Administrative:Strategic Management:Procedures:Licensing Services - Administration of Collie Regional Licence Processing Centre:Dangerous Goods:QMS documents updated July 2025:DG Licensing (SRS) - updated September 2025</value>
+    </field>
+    <field name="Objective-Parent">
+      <value order="0">DG Licensing (SRS) - updated September 2025</value>
+    </field>
+    <field name="Objective-State">
+      <value order="0">Published</value>
+    </field>
+    <field name="Objective-VersionId">
+      <value order="0">vA105212689</value>
+    </field>
+    <field name="Objective-Version">
+      <value order="0">3.0</value>
+    </field>
+    <field name="Objective-VersionNumber">
+      <value order="0">3</value>
+    </field>
+    <field name="Objective-VersionComment">
+      <value order="0">update logo</value>
+    </field>
+    <field name="Objective-FileNumber">
+      <value order="0">DMS0043/2020</value>
+    </field>
+    <field name="Objective-Classification">
+      <value order="0">OFFICIAL</value>
+    </field>
+    <field name="Objective-Caveats">
+      <value order="0"/>
+    </field>
+  </systemFields>
+  <catalogues>
+    <catalogue name="Divisional Document Type Catalogue" type="type" ori="id:cA39">
+      <field name="Objective-Divisional Document Types">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Warning">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Author">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Date of Document">
+        <value order="0"/>
+      </field>
+      <field name="Objective-External Reference">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Internal Reference">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Archive Box">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Migrated Id">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Foreign Barcode">
+        <value order="0"/>
+      </field>
+      <field name="Objective-PCI DSS Checked">
+        <value order="0"/>
+      </field>
+      <field name="Objective-End User">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Additional File Numbers">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Record Number">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Graphic Content">
+        <value order="0"/>
+      </field>
+    </catalogue>
+  </catalogues>
+</metadata>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="QMS Document" ma:contentTypeID="0x01010034869801477A44BA963EBC7CD35300A100580400D18D91764C97DBB95683AA521E" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c1683b6e5b45d8df19a2ca545516eb42">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c8b4c07af5d193778cb4a82a758fe6cd" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:QmsBusinessAreasRef"/>
                 <xsd:element ref="ns2:QmsLibrariesRef"/>
                 <xsd:element ref="ns2:QmsSectionsRef"/>
                 <xsd:element ref="ns2:QmsSubSectionsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsVariationsRef" minOccurs="0"/>
                 <xsd:element ref="ns3:QmsDocumentPurpose" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsApproverPositionsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsReviewerPositionsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsRiskRatingsRef" minOccurs="0"/>
                 <xsd:element ref="ns2:QmsReviewFrequenciesRef" minOccurs="0"/>
                 <xsd:element ref="ns3:QmsReviewDate" minOccurs="0"/>
@@ -5095,279 +5177,173 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://www.objective.com/ecm/document/metadata/65F1F92071475276E05315230A0A9CBF" version="1.0.0">
-[...105 lines deleted...]
-</metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <QmsSubSectionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">409</QmsSubSectionsRef>
     <QmsSectionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">202</QmsSectionsRef>
     <QmsBusinessAreasRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">10</QmsBusinessAreasRef>
     <QmsVariationsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
     <QmsDocumentPurpose xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Dangerous goods licence medical certificate template</QmsDocumentPurpose>
     <QmsLibrariesRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">40</QmsLibrariesRef>
     <QmsApproverPositionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
     <QmsReviewFrequenciesRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d">2</QmsReviewFrequenciesRef>
     <QmsRescinded xmlns="http://schemas.microsoft.com/sharepoint/v3">false</QmsRescinded>
     <QmsReviewDate xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">2026-04-08T16:00:00+00:00</QmsReviewDate>
     <QmsLastApprovalStatus xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <QmsLastReviewBy xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <QmsReviewerPositionsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
     <QmsLastApproval xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <QmsLastReviewComment xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <QmsRiskRatingsRef xmlns="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d" xsi:nil="true"/>
     <QmsLastReview xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <QmsLastReviewStatus xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00F9C6FB-FA9E-4892-9607-C4F7569C78FC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/65F1F92071475276E05315230A0A9CBF"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B84AE487-7F2C-4BC1-A283-151C6DA30CEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00F9C6FB-FA9E-4892-9607-C4F7569C78FC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/65F1F92071475276E05315230A0A9CBF"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC9F2633-C7E7-43E5-90A5-851F6EEA9782}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{858D9F42-ECF5-4691-86C8-7A9DFBC2B6B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e7c7f6fc-0c1f-4db4-bdfb-1d5a5c7fbe5d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2483</Characters>
+  <Pages>1</Pages>
+  <Words>570</Words>
+  <Characters>3075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Dangerous goods and explosives licences - Website medical certificate</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Mines and Petroleum</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3215</CharactersWithSpaces>
+  <CharactersWithSpaces>3588</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Dangerous goods and explosives licences - Website medical certificate</dc:title>
   <dc:creator>CHANG, Tse Yin</dc:creator>
   <dc:description>FileNo=&lt;!&gt;</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="File_No">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">